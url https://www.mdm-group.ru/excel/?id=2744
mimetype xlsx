--- v0 (2025-12-08)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены Smart Headless (без головы)</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): стекло, круг, d-42 см. Крепление: в икру и в стопу. В качестве подставки для сидячих манекенов могут использоваться демонстрационные кубы и цилиндры Rotart.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 01-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.075.WH</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 01-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.075.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 02-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.076.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -231,51 +231,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 02-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.076.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -296,51 +296,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 03-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.077.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -361,51 +361,51 @@
       <t xml:space="preserve">
 Бедра, см: 98</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 03-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.077.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Бедра, см: 98</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 04-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.078.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 04-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.078.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -556,51 +556,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 05-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.079.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -621,51 +621,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 08-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.095.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -686,51 +686,51 @@
       <t xml:space="preserve">
 Бедра, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 05-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.079.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -751,51 +751,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 07-01M \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.094.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -832,51 +832,51 @@
       <t xml:space="preserve">
 В, см: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19605.00</t>
+      <t xml:space="preserve">19997.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 09-01M \ Манекен мужской, скульптурный (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.096.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -897,51 +897,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 09-02G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.096.BG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -962,51 +962,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 09-01G \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.096.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1027,51 +1027,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 30-01M \ Манекен женский скульптурный (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.097.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1092,51 +1092,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 30-02G \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.097.BG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1157,51 +1157,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CFWW 105T \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RVL.024.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1291,51 +1291,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23182.00</t>
+      <t xml:space="preserve">23646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 31-01M \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.098.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1356,51 +1356,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 31-02G \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.098.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1486,51 +1486,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 34-01M \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.103.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1551,51 +1551,51 @@
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 35-01M \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.104.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1616,51 +1616,51 @@
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 36-01M \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.105.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1681,51 +1681,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 33-01M \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.102.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1762,51 +1762,51 @@
       <t xml:space="preserve">
 В, см: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 33-02G \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.102.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1920,51 +1920,51 @@
       <t xml:space="preserve">
 В, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20929.00</t>
+      <t xml:space="preserve">21348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NS-7031-Type3 \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NS.7031.T3.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1985,51 +1985,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16161.00</t>
+      <t xml:space="preserve">16484.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NS-7031-Type4 \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NS.7031.T4.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -2050,51 +2050,51 @@
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16161.00</t>
+      <t xml:space="preserve">16484.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NS-7031-Type5 \ Манекен мужской (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NS.7031.T5.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -2115,51 +2115,51 @@
       <t xml:space="preserve">
 Бедра, см: 93</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16161.00</t>
+      <t xml:space="preserve">16484.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2219,1002 +2219,1032 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e5ff_6426_11e1_9332_0025902b3cc1_343BB99A_C091_47E1_9FE4_B3C96D3B44932.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a50_6463_11e1_9332_0025902b3cc1_60EC913A_DC10_4D24_A0BC_7D0A8DE538F63.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e604_6426_11e1_9332_0025902b3cc1_1391E6CA_A8AF_4BDD_9323_2FE0EF4D53FD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a55_6463_11e1_9332_0025902b3cc1_61EACBE6_C555_4CB0_B66C_8134B059DF035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e609_6426_11e1_9332_0025902b3cc1_E98C4F10_9679_4B46_A603_3654BAAE1C2C6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5a_6463_11e1_9332_0025902b3cc1_CCD70117_B2BF_43B4_9022_7DA041678C907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a41_6463_11e1_9332_0025902b3cc1_E6992298_6EF1_42E6_8CDE_9E4AE7A56F878.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5f_6463_11e1_9332_0025902b3cc1_10D167EE_51A4_4977_93D7_78E25C9F07629.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a46_6463_11e1_9332_0025902b3cc1_5351C70E_5FE5_4289_8C5A_B11C813A468810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f036_d0b4_11e1_906e_0025902b3cc1_00CCB966_ACFA_4887_B203_88E90979CCB711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a64_6463_11e1_9332_0025902b3cc1_1AFF0CD2_585D_4AA7_AD80_5B65BAFCAF9712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f031_d0b4_11e1_906e_0025902b3cc1_3E681155_BDA5_4E61_97E5_7BEEBBFFC3AF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a11593_d0b8_11e1_906e_0025902b3cc1_D90140B7_DCD4_46B9_9810_CB03C4DB2FD514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd95c_139d_11e2_99cf_0025902b3cc1_43352C40_EFDE_4BC4_AA10_147F7111424215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd957_139d_11e2_99cf_0025902b3cc1_A6822602_781F_4EC8_B96A_B6D26FEA26B016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd966_139d_11e2_99cf_0025902b3cc1_52F6AB3D_307E_4CEE_AC31_9BAEB13003CC17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd970_139d_11e2_99cf_0025902b3cc1_EE36167D_75B0_4A2C_80AC_05C5C050403218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a51a0_02ae_11e0_b16f_003048d0c7fe_B392177E_2E32_4FC0_9A9F_CA6F1CBF313F.resize219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd96b_139d_11e2_99cf_0025902b3cc1_93C6B68C_A4BF_4FC0_91F3_D6C580A6D95720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a1159e_d0b8_11e1_906e_0025902b3cc1_788BA4BB_9BDF_42F5_8EE0_CEB757EC9C1321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90a0d4a_45ec_11e3_baa0_0025902b3cc1_9CBCFFA0_AE24_4ACF_9E13_61BD3022692822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115a3_d0b8_11e1_906e_0025902b3cc1_30A7909A_0EB5_474D_995A_0A4D0DDA2A7523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b7_d0b8_11e1_906e_0025902b3cc1_9BD87789_8051_41F0_851F_2EE3F369547424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115bc_d0b8_11e1_906e_0025902b3cc1_C6238684_DE75_4659_9996_D4081C068E3D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115c1_d0b8_11e1_906e_0025902b3cc1_3FAD7A99_B14A_492E_84A1_C0D8457042A926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b2_d0b8_11e1_906e_0025902b3cc1_33845C59_7D74_49A8_968A_D2D063FDF31A27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b5da88_45ec_11e3_baa0_0025902b3cc1_BCFCE0CC_B059_4C31_8A49_A3D298D916B928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cca191_1759_11e2_99cf_0025902b3cc1_C07AF192_0A10_4D34_AC72_9792C1F695D829.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968e8aa3_0bcb_11e3_b453_0025902b3cc1_NS_7031_Type3_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf4a7c_0bcb_11e3_b453_0025902b3cc1_57C8F262_CEE4_4B30_804A_7111482EF87E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa2d93a_0bcb_11e3_b453_0025902b3cc1_1BE2CDEF_AA1B_494D_A76E_614A7D54C94232.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e775505_e214_11e6_9cf3_0025902b3cc1_C56E8FFB_EAA3_45A7_9ED6_DCFA3065EA8F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e5ff_6426_11e1_9332_0025902b3cc1_343BB99A_C091_47E1_9FE4_B3C96D3B44933.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a50_6463_11e1_9332_0025902b3cc1_60EC913A_DC10_4D24_A0BC_7D0A8DE538F64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e604_6426_11e1_9332_0025902b3cc1_1391E6CA_A8AF_4BDD_9323_2FE0EF4D53FD5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a55_6463_11e1_9332_0025902b3cc1_61EACBE6_C555_4CB0_B66C_8134B059DF036.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e609_6426_11e1_9332_0025902b3cc1_E98C4F10_9679_4B46_A603_3654BAAE1C2C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5a_6463_11e1_9332_0025902b3cc1_CCD70117_B2BF_43B4_9022_7DA041678C908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a41_6463_11e1_9332_0025902b3cc1_E6992298_6EF1_42E6_8CDE_9E4AE7A56F879.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5f_6463_11e1_9332_0025902b3cc1_10D167EE_51A4_4977_93D7_78E25C9F076210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a46_6463_11e1_9332_0025902b3cc1_5351C70E_5FE5_4289_8C5A_B11C813A468811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f036_d0b4_11e1_906e_0025902b3cc1_00CCB966_ACFA_4887_B203_88E90979CCB712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a64_6463_11e1_9332_0025902b3cc1_1AFF0CD2_585D_4AA7_AD80_5B65BAFCAF9713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f031_d0b4_11e1_906e_0025902b3cc1_3E681155_BDA5_4E61_97E5_7BEEBBFFC3AF14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a11593_d0b8_11e1_906e_0025902b3cc1_D90140B7_DCD4_46B9_9810_CB03C4DB2FD515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd95c_139d_11e2_99cf_0025902b3cc1_43352C40_EFDE_4BC4_AA10_147F7111424216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd957_139d_11e2_99cf_0025902b3cc1_A6822602_781F_4EC8_B96A_B6D26FEA26B017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd966_139d_11e2_99cf_0025902b3cc1_52F6AB3D_307E_4CEE_AC31_9BAEB13003CC18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd970_139d_11e2_99cf_0025902b3cc1_EE36167D_75B0_4A2C_80AC_05C5C050403219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a51a0_02ae_11e0_b16f_003048d0c7fe_B392177E_2E32_4FC0_9A9F_CA6F1CBF313F.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd96b_139d_11e2_99cf_0025902b3cc1_93C6B68C_A4BF_4FC0_91F3_D6C580A6D95721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a1159e_d0b8_11e1_906e_0025902b3cc1_788BA4BB_9BDF_42F5_8EE0_CEB757EC9C1322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90a0d4a_45ec_11e3_baa0_0025902b3cc1_9CBCFFA0_AE24_4ACF_9E13_61BD3022692823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115a3_d0b8_11e1_906e_0025902b3cc1_30A7909A_0EB5_474D_995A_0A4D0DDA2A7524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b7_d0b8_11e1_906e_0025902b3cc1_9BD87789_8051_41F0_851F_2EE3F369547425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115bc_d0b8_11e1_906e_0025902b3cc1_C6238684_DE75_4659_9996_D4081C068E3D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115c1_d0b8_11e1_906e_0025902b3cc1_3FAD7A99_B14A_492E_84A1_C0D8457042A927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b2_d0b8_11e1_906e_0025902b3cc1_33845C59_7D74_49A8_968A_D2D063FDF31A28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b5da88_45ec_11e3_baa0_0025902b3cc1_BCFCE0CC_B059_4C31_8A49_A3D298D916B929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cca191_1759_11e2_99cf_0025902b3cc1_C07AF192_0A10_4D34_AC72_9792C1F695D830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968e8aa3_0bcb_11e3_b453_0025902b3cc1_NS_7031_Type3_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf4a7c_0bcb_11e3_b453_0025902b3cc1_57C8F262_CEE4_4B30_804A_7111482EF87E32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa2d93a_0bcb_11e3_b453_0025902b3cc1_1BE2CDEF_AA1B_494D_A76E_614A7D54C94233.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="2962275" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="371475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="485775" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="285750" cy="952500"/>
+    <xdr:ext cx="485775" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="419100" cy="857250"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="419100" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="371475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="266700" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="266700" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="952500"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="600075" cy="952500"/>
+    <xdr:ext cx="400050" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="600075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="400050" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3481,2330 +3511,2337 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z22"/>
+  <dimension ref="A1:Z23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B22" sqref="B22"/>
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...135 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="62.25">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 02-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.076.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 01-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.075.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 100</t>
-[...7 lines deleted...]
-Бедра, см: 97</t>
+Грудь, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 02-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.076.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 01-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.075.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 100</t>
-[...7 lines deleted...]
-Бедра, см: 97</t>
+Грудь, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 03-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.077.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 02-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.076.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 102</t>
+Грудь, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 98</t>
+Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 03-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.077.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 02-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.076.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 102</t>
+Грудь, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 98</t>
+Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 04-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.078.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 03-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.077.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 99</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 102</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 04-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.078.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 03-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.077.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 99</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 102</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 05-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.079.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 04-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.078.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 174</t>
-[...7 lines deleted...]
-Талия, см: 78</t>
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 08-01M \ Манекен мужской (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 100</t>
+            <t xml:space="preserve">Smart (headless) Pose 04-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.078.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 05-02G \ Манекен мужской (без головы)</t>
-[...7 lines deleted...]
-Цвет: черный глянец</t>
+            <t xml:space="preserve">Smart (headless) Pose 05-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.079.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 174</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 101</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 78</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 07-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.094.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 08-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.095.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 118</t>
-[...3 lines deleted...]
-Грудь, см: 96</t>
+Высота, см: 170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 95</t>
-[...23 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+Бедра, см: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19605.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-01M \ Манекен мужской, скульптурный (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 96</t>
+            <t xml:space="preserve">Smart (headless) Pose 05-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.079.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 174</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 101</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-02G \ Манекен мужской (без головы)</t>
-[...31 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">Smart (headless) Pose 07-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.094.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 118</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 96</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 47</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">19997.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-01G \ Манекен мужской (без головы)</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-01M \ Манекен мужской, скульптурный (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 77</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-01M \ Манекен женский скульптурный (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 89</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-02G \ Манекен женский (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 89</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-01G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CFWW 105T \ Манекен женский, без головы</t>
-[...3 lines deleted...]
-Артикул: RVL.024.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-01M \ Манекен женский скульптурный (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 160</t>
-[...7 lines deleted...]
-Талия, см: 59</t>
+Высота, см: 162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Манекен из серии Reverie Line на квадратной стеклянной подставке.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11088.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-01G \ Манекен женский (без головы)</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23182.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 31-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.098.WH</t>
+            <t xml:space="preserve">CFWW 105T \ Манекен женский, без головы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RVL.024.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 164</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 160</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 79,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 59</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 89</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Манекен из серии Reverie Line на квадратной стеклянной подставке.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">11088.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 31-02G \ Манекен женский (без головы)</t>
-[...15 lines deleted...]
-Грудь, см: 86,5</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-01G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 87</t>
+Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 32-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.099.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 31-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.098.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 172</t>
-[...11 lines deleted...]
-Бедра, см: 90</t>
+Высота, см: 164</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 86,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 34-01M \ Манекен женский (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 92</t>
+            <t xml:space="preserve">Smart (headless) Pose 31-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.098.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 164</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 86,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20929.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 35-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.104.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 32-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.099.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 166</t>
-[...11 lines deleted...]
-Бедра, см: 92</t>
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 81,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 36-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.105.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 34-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.103.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 163</t>
+Высота, см: 166</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
-Талия, см: 65</t>
-[...3 lines deleted...]
-Бедра, см: 87</t>
+Талия, см: 64</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 33-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.102.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 35-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.104.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 109</t>
-[...35 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+Высота, см: 166</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 89</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 92</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 33-02G \ Манекен женский (без головы)</t>
-[...47 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+            <t xml:space="preserve">Smart (headless) Pose 36-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.105.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 163</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 39-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.106.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 33-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.102.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 109</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 91</t>
-[...27 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NS-7031-Type3 \ Манекен женский (без головы)</t>
-[...11 lines deleted...]
-Высота, см: 164</t>
+            <t xml:space="preserve">Smart (headless) Pose 33-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.102.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 109</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 84</t>
           </r>
           <r>
             <t xml:space="preserve">
-Талия, см: 61</t>
-[...11 lines deleted...]
-Производитель: Китай</t>
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16161.00</t>
+            <t xml:space="preserve">20929.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NS-7031-Type4 \ Манекен мужской (без головы)</t>
-[...31 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">Smart (headless) Pose 39-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.106.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 109</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 91</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16161.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">NS-7031-Type3 \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NS.7031.T3.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 164</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16484.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">NS-7031-Type4 \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NS.7031.T4.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 93,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 73,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 92</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16484.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" s="4"/>
+      <c r="B23" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">NS-7031-Type5 \ Манекен мужской (без головы)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NS.7031.T5.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 168</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 93</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16161.00</t>
+            <t xml:space="preserve">16484.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>