--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены Smart Headless (без головы)</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): стекло, круг, d-42 см. Крепление: в икру и в стопу. В качестве подставки для сидячих манекенов могут использоваться демонстрационные кубы и цилиндры Rotart.</t>
@@ -1158,119 +1158,50 @@
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">23646.00</t>
-    </r>
-[...67 lines deleted...]
-      <t xml:space="preserve">11088.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Smart (headless) Pose 30-01G \ Манекен женский (без головы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.097.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -2219,1032 +2150,972 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e775505_e214_11e6_9cf3_0025902b3cc1_C56E8FFB_EAA3_45A7_9ED6_DCFA3065EA8F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e5ff_6426_11e1_9332_0025902b3cc1_343BB99A_C091_47E1_9FE4_B3C96D3B44933.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a50_6463_11e1_9332_0025902b3cc1_60EC913A_DC10_4D24_A0BC_7D0A8DE538F64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e604_6426_11e1_9332_0025902b3cc1_1391E6CA_A8AF_4BDD_9323_2FE0EF4D53FD5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a55_6463_11e1_9332_0025902b3cc1_61EACBE6_C555_4CB0_B66C_8134B059DF036.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e609_6426_11e1_9332_0025902b3cc1_E98C4F10_9679_4B46_A603_3654BAAE1C2C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5a_6463_11e1_9332_0025902b3cc1_CCD70117_B2BF_43B4_9022_7DA041678C908.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a41_6463_11e1_9332_0025902b3cc1_E6992298_6EF1_42E6_8CDE_9E4AE7A56F879.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5f_6463_11e1_9332_0025902b3cc1_10D167EE_51A4_4977_93D7_78E25C9F076210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a46_6463_11e1_9332_0025902b3cc1_5351C70E_5FE5_4289_8C5A_B11C813A468811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f036_d0b4_11e1_906e_0025902b3cc1_00CCB966_ACFA_4887_B203_88E90979CCB712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a64_6463_11e1_9332_0025902b3cc1_1AFF0CD2_585D_4AA7_AD80_5B65BAFCAF9713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f031_d0b4_11e1_906e_0025902b3cc1_3E681155_BDA5_4E61_97E5_7BEEBBFFC3AF14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a11593_d0b8_11e1_906e_0025902b3cc1_D90140B7_DCD4_46B9_9810_CB03C4DB2FD515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd95c_139d_11e2_99cf_0025902b3cc1_43352C40_EFDE_4BC4_AA10_147F7111424216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd957_139d_11e2_99cf_0025902b3cc1_A6822602_781F_4EC8_B96A_B6D26FEA26B017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd966_139d_11e2_99cf_0025902b3cc1_52F6AB3D_307E_4CEE_AC31_9BAEB13003CC18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd970_139d_11e2_99cf_0025902b3cc1_EE36167D_75B0_4A2C_80AC_05C5C050403219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a51a0_02ae_11e0_b16f_003048d0c7fe_B392177E_2E32_4FC0_9A9F_CA6F1CBF313F.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd96b_139d_11e2_99cf_0025902b3cc1_93C6B68C_A4BF_4FC0_91F3_D6C580A6D95721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a1159e_d0b8_11e1_906e_0025902b3cc1_788BA4BB_9BDF_42F5_8EE0_CEB757EC9C1322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90a0d4a_45ec_11e3_baa0_0025902b3cc1_9CBCFFA0_AE24_4ACF_9E13_61BD3022692823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115a3_d0b8_11e1_906e_0025902b3cc1_30A7909A_0EB5_474D_995A_0A4D0DDA2A7524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b7_d0b8_11e1_906e_0025902b3cc1_9BD87789_8051_41F0_851F_2EE3F369547425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115bc_d0b8_11e1_906e_0025902b3cc1_C6238684_DE75_4659_9996_D4081C068E3D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115c1_d0b8_11e1_906e_0025902b3cc1_3FAD7A99_B14A_492E_84A1_C0D8457042A927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b2_d0b8_11e1_906e_0025902b3cc1_33845C59_7D74_49A8_968A_D2D063FDF31A28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b5da88_45ec_11e3_baa0_0025902b3cc1_BCFCE0CC_B059_4C31_8A49_A3D298D916B929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cca191_1759_11e2_99cf_0025902b3cc1_C07AF192_0A10_4D34_AC72_9792C1F695D830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968e8aa3_0bcb_11e3_b453_0025902b3cc1_NS_7031_Type3_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf4a7c_0bcb_11e3_b453_0025902b3cc1_57C8F262_CEE4_4B30_804A_7111482EF87E32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa2d93a_0bcb_11e3_b453_0025902b3cc1_1BE2CDEF_AA1B_494D_A76E_614A7D54C94233.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e5ff_6426_11e1_9332_0025902b3cc1_343BB99A_C091_47E1_9FE4_B3C96D3B44932.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a50_6463_11e1_9332_0025902b3cc1_60EC913A_DC10_4D24_A0BC_7D0A8DE538F63.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e604_6426_11e1_9332_0025902b3cc1_1391E6CA_A8AF_4BDD_9323_2FE0EF4D53FD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a55_6463_11e1_9332_0025902b3cc1_61EACBE6_C555_4CB0_B66C_8134B059DF035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c6e609_6426_11e1_9332_0025902b3cc1_E98C4F10_9679_4B46_A603_3654BAAE1C2C6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5a_6463_11e1_9332_0025902b3cc1_CCD70117_B2BF_43B4_9022_7DA041678C907.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a41_6463_11e1_9332_0025902b3cc1_E6992298_6EF1_42E6_8CDE_9E4AE7A56F878.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a5f_6463_11e1_9332_0025902b3cc1_10D167EE_51A4_4977_93D7_78E25C9F07629.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a46_6463_11e1_9332_0025902b3cc1_5351C70E_5FE5_4289_8C5A_B11C813A468810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f036_d0b4_11e1_906e_0025902b3cc1_00CCB966_ACFA_4887_B203_88E90979CCB711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0582a64_6463_11e1_9332_0025902b3cc1_1AFF0CD2_585D_4AA7_AD80_5B65BAFCAF9712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6434f031_d0b4_11e1_906e_0025902b3cc1_3E681155_BDA5_4E61_97E5_7BEEBBFFC3AF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a11593_d0b8_11e1_906e_0025902b3cc1_D90140B7_DCD4_46B9_9810_CB03C4DB2FD514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd95c_139d_11e2_99cf_0025902b3cc1_43352C40_EFDE_4BC4_AA10_147F7111424215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd957_139d_11e2_99cf_0025902b3cc1_A6822602_781F_4EC8_B96A_B6D26FEA26B016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd966_139d_11e2_99cf_0025902b3cc1_52F6AB3D_307E_4CEE_AC31_9BAEB13003CC17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd970_139d_11e2_99cf_0025902b3cc1_EE36167D_75B0_4A2C_80AC_05C5C050403218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86dd96b_139d_11e2_99cf_0025902b3cc1_93C6B68C_A4BF_4FC0_91F3_D6C580A6D95719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a1159e_d0b8_11e1_906e_0025902b3cc1_788BA4BB_9BDF_42F5_8EE0_CEB757EC9C1320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90a0d4a_45ec_11e3_baa0_0025902b3cc1_9CBCFFA0_AE24_4ACF_9E13_61BD3022692821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115a3_d0b8_11e1_906e_0025902b3cc1_30A7909A_0EB5_474D_995A_0A4D0DDA2A7522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b7_d0b8_11e1_906e_0025902b3cc1_9BD87789_8051_41F0_851F_2EE3F369547423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115bc_d0b8_11e1_906e_0025902b3cc1_C6238684_DE75_4659_9996_D4081C068E3D24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115c1_d0b8_11e1_906e_0025902b3cc1_3FAD7A99_B14A_492E_84A1_C0D8457042A925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a115b2_d0b8_11e1_906e_0025902b3cc1_33845C59_7D74_49A8_968A_D2D063FDF31A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b5da88_45ec_11e3_baa0_0025902b3cc1_BCFCE0CC_B059_4C31_8A49_A3D298D916B927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cca191_1759_11e2_99cf_0025902b3cc1_C07AF192_0A10_4D34_AC72_9792C1F695D828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968e8aa3_0bcb_11e3_b453_0025902b3cc1_NS_7031_Type3_b29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf4a7c_0bcb_11e3_b453_0025902b3cc1_57C8F262_CEE4_4B30_804A_7111482EF87E30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa2d93a_0bcb_11e3_b453_0025902b3cc1_1BE2CDEF_AA1B_494D_A76E_614A7D54C94231.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>57150</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2962275" cy="790575"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="371475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="485775" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="485775" cy="952500"/>
+    <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="285750" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="419100" cy="857250"/>
+    <xdr:ext cx="371475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="952500"/>
+    <xdr:ext cx="266700" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="266700" cy="952500"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="400050" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="600075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="600075" cy="952500"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="400050" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3511,54 +3382,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z23"/>
+  <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B23" sqref="B23"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -3579,2193 +3450,2113 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="62.25">
-[...3 lines deleted...]
-      <c r="D6"/>
+    <row r="7" spans="1:26">
+      <c r="A7" s="4"/>
+      <c r="B7" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Smart (headless) Pose 01-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.075.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21348.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Smart (headless) Pose 01-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.075.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23646.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 01-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.075.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 02-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.076.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 95</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 01-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.075.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 02-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.076.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 95</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 02-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.076.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 03-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.077.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 100</t>
+Грудь, см: 102</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 97</t>
+Бедра, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 02-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.076.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 03-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.077.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 100</t>
+Грудь, см: 102</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 97</t>
+Бедра, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 03-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.077.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 04-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.078.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 102</t>
-[...7 lines deleted...]
-Бедра, см: 98</t>
+Грудь, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 03-02G \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.077.BL</t>
+            <t xml:space="preserve">Smart (headless) Pose 04-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.078.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 102</t>
-[...7 lines deleted...]
-Бедра, см: 98</t>
+Грудь, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 04-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.078.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 05-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.079.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 172</t>
-[...7 lines deleted...]
-Талия, см: 77</t>
+Высота, см: 174</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 101</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 78</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 04-02G \ Манекен мужской (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 99</t>
+            <t xml:space="preserve">Smart (headless) Pose 08-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.095.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23646.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 05-01M \ Манекен мужской (без головы)</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+            <t xml:space="preserve">Smart (headless) Pose 05-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.079.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 174</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 101</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 78</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 08-01M \ Манекен мужской (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.095.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 07-01M \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.094.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 170</t>
-[...3 lines deleted...]
-Грудь, см: 95</t>
+Высота, см: 118</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 79</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 100</t>
-[...7 lines deleted...]
-Производитель: Китай</t>
+Бедра, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 47</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">19997.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 05-02G \ Манекен мужской (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 99</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-01M \ Манекен мужской, скульптурный (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23646.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 07-01M \ Манекен мужской (без головы)</t>
-[...47 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-02G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19997.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-01M \ Манекен мужской, скульптурный (без головы)</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+            <t xml:space="preserve">Smart (headless) Pose 09-01G \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.096.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 77</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-02G \ Манекен мужской (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 96</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-01M \ Манекен женский скульптурный (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23646.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 09-01G \ Манекен мужской (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 96</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-01M \ Манекен женский скульптурный (без головы)</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+            <t xml:space="preserve">Smart (headless) Pose 30-01G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.097.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">23646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-02G \ Манекен женский (без головы)</t>
-[...15 lines deleted...]
-Грудь, см: 87</t>
+            <t xml:space="preserve">Smart (headless) Pose 31-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.098.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 164</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 86,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 89</t>
+Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23646.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CFWW 105T \ Манекен женский, без головы</t>
-[...35 lines deleted...]
-Примечание: Манекен из серии Reverie Line на квадратной стеклянной подставке.</t>
+            <t xml:space="preserve">Smart (headless) Pose 31-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.098.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 164</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 86,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11088.00</t>
+            <t xml:space="preserve">20929.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 30-01G \ Манекен женский (без головы)</t>
-[...23 lines deleted...]
-Бедра, см: 89</t>
+            <t xml:space="preserve">Smart (headless) Pose 32-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.099.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 81,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23646.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 31-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.098.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 34-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.103.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 164</t>
-[...11 lines deleted...]
-Бедра, см: 87</t>
+Высота, см: 166</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 64</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 31-02G \ Манекен женский (без головы)</t>
-[...15 lines deleted...]
-Грудь, см: 86,5</t>
+            <t xml:space="preserve">Smart (headless) Pose 35-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.104.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 166</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 87</t>
+Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 32-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.099.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 36-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.105.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 172</t>
-[...11 lines deleted...]
-Бедра, см: 90</t>
+Высота, см: 163</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 34-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.103.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 33-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.102.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 166</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 109</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 35-01M \ Манекен женский (без головы)</t>
-[...31 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">Smart (headless) Pose 33-02G \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.102.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 109</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">20929.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 36-01M \ Манекен женский (без головы)</t>
-[...3 lines deleted...]
-Артикул: CLS.105.WH</t>
+            <t xml:space="preserve">Smart (headless) Pose 39-01M \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.106.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 163</t>
-[...3 lines deleted...]
-Грудь, см: 85</t>
+Высота, см: 109</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 91</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 65</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 87</t>
-[...7 lines deleted...]
-Производитель: Китай</t>
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 33-01M \ Манекен женский (без головы)</t>
-[...11 lines deleted...]
-Высота, см: 109</t>
+            <t xml:space="preserve">NS-7031-Type3 \ Манекен женский (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NS.7031.T3.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 164</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 84</t>
           </r>
           <r>
             <t xml:space="preserve">
-Талия, см: 63</t>
-[...27 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21348.00</t>
+            <t xml:space="preserve">16484.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Smart (headless) Pose 33-02G \ Манекен женский (без головы)</t>
-[...47 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+            <t xml:space="preserve">NS-7031-Type4 \ Манекен мужской (без головы)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NS.7031.T4.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 93,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 73,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 92</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20929.00</t>
+            <t xml:space="preserve">16484.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
-        <is>
-[...218 lines deleted...]
-      <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NS-7031-Type5 \ Манекен мужской (без головы)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NS.7031.T5.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 168</t>
           </r>
@@ -5797,51 +5588,50 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">16484.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
-    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>