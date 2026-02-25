--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Nova Plastic</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.027.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -98,51 +98,51 @@
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10306.00</t>
+      <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.027.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
@@ -163,51 +163,51 @@
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10306.00</t>
+      <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.014.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -228,51 +228,51 @@
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10306.00</t>
+      <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.014.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
@@ -293,51 +293,51 @@
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10306.00</t>
+      <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -891,51 +891,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -975,51 +975,51 @@
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10306.00</t>
+            <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPL.027.00</t>
           </r>
@@ -1043,51 +1043,51 @@
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10306.00</t>
+            <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1113,51 +1113,51 @@
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10306.00</t>
+            <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPL.014.00</t>
           </r>
@@ -1181,51 +1181,51 @@
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10306.00</t>
+            <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>