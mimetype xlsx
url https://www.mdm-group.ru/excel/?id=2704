--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -15,138 +15,73 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">05.04.2025</t>
     </r>
   </si>
   <si>
     <t>Манекены Tango</t>
-  </si>
-[...63 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TANGO 04F-01G \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TANGO.04F.01.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 125</t>
@@ -486,51 +421,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223f47bd_c68a_11e1_a8e8_0025902b3cc1_0029_TANGO_01F01G_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223f47ea_c68a_11e1_a8e8_0025902b3cc1_0021_TANGO_04F01G_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56830582_113b_11e2_99cf_0025902b3cc1_0016_TANGO_06F02G_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965dcf7e_c696_11e1_a8e8_0025902b3cc1_0014_TANGO_08F01G_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965dcf93_c696_11e1_a8e8_0025902b3cc1_0011_TANGO_10F01G_b6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223f47ea_c68a_11e1_a8e8_0025902b3cc1_0021_TANGO_04F01G_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56830582_113b_11e2_99cf_0025902b3cc1_0016_TANGO_06F02G_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965dcf7e_c696_11e1_a8e8_0025902b3cc1_0014_TANGO_08F01G_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965dcf93_c696_11e1_a8e8_0025902b3cc1_0011_TANGO_10F01G_b5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -628,80 +563,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -968,54 +873,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B9" sqref="B9"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -1046,335 +951,265 @@
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TANGO 01F-01G \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: TANGO.01F.01.WG</t>
+            <t xml:space="preserve">TANGO 04F-01G \ Манекен женский, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TANGO.04F.01.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 180</t>
-[...11 lines deleted...]
-Бедра, см: 87</t>
+Высота, см: 125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 82</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 88</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TANGO 04F-01G \ Манекен женский, сидячий</t>
-[...3 lines deleted...]
-Артикул: TANGO.04F.01.WG</t>
+            <t xml:space="preserve">TANGO 06F-02G \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TANGO.06F.02.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 88</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 34839 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26300.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">TANGO 08F-01G \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TANGO.08F.01.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 125</t>
-[...11 lines deleted...]
-Бедра, см: 88</t>
+Высота, см: 153</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 83</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
-          </r>
-[...18 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-    </row>
-[...72 lines deleted...]
-      </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
-        <is>
-[...68 lines deleted...]
-      <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TANGO 10F-01G \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TANGO.10F.01.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 180</t>
           </r>