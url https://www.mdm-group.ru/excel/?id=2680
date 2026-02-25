--- v0 (2025-12-08)
+++ v1 (2026-02-25)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Демоформы (Манекены головы, ног, рук, бюсты и др.)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">110 R \ Манекен нога женская (на подставке)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JMB.005.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
@@ -86,51 +86,51 @@
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3961.00</t>
+      <t xml:space="preserve">4040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">110 T \ Манекен нога женская (на подставке)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JMB.006.TR</t>
@@ -143,51 +143,51 @@
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4623.00</t>
+      <t xml:space="preserve">4715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO T50 \ Ноги женские</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.025.WH</t>
@@ -330,51 +330,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.70</t>
+      <t xml:space="preserve">68.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F-HD \ Голова женская, торс (с макияжем)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.018.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
@@ -391,51 +391,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: поворотная голова</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3448.00</t>
+      <t xml:space="preserve">3517.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HD-01 \ Манекен головы, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.049.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -448,51 +448,51 @@
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5418.00</t>
+      <t xml:space="preserve">5526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HD-01 \ Манекен головы, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.049.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -505,51 +505,51 @@
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5418.00</t>
+      <t xml:space="preserve">5526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-004 \ Манекен головы, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: H-004.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -562,51 +562,51 @@
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6080.00</t>
+      <t xml:space="preserve">6202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Head WW-224 \ Манекен головы, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RVL.083.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -737,50 +737,54 @@
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, см: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 10509 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -806,51 +810,51 @@
       <t xml:space="preserve">
 Высота, см: 44</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4358.00</t>
+      <t xml:space="preserve">4445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-02 \ Рука (ладонь веером)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.031.00</t>
@@ -863,51 +867,51 @@
       <t xml:space="preserve">
 Высота, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4358.00</t>
+      <t xml:space="preserve">4445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ARM-A \ Рука (короткая)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.020.00</t>
@@ -920,51 +924,51 @@
       <t xml:space="preserve">
 Высота, см: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">834.00</t>
+      <t xml:space="preserve">851.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ARM-B \ Рука (длинная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.021.00</t>
@@ -977,51 +981,51 @@
       <t xml:space="preserve">
 Высота, см: 37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">914.00</t>
+      <t xml:space="preserve">932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SH 22 \ Торс женский (подвесной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MPR.005.WH</t>
@@ -1034,51 +1038,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок входит в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.90</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SH 27 \ Бюст женский (с крючком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MPR.008.TR</t>
@@ -2113,51 +2117,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -2185,51 +2189,51 @@
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3961.00</t>
+            <t xml:space="preserve">4040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110 T \ Манекен нога женская (на подставке)</t>
           </r>
@@ -2245,51 +2249,51 @@
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4623.00</t>
+            <t xml:space="preserve">4715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2445,51 +2449,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.70</t>
+            <t xml:space="preserve">68.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F-HD \ Голова женская, торс (с макияжем)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPL.018.00</t>
           </r>
@@ -2509,51 +2513,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: поворотная голова</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3448.00</t>
+            <t xml:space="preserve">3517.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HD-01 \ Манекен головы, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2571,51 +2575,51 @@
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5418.00</t>
+            <t xml:space="preserve">5526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HD-01 \ Манекен головы, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.049.WH</t>
           </r>
@@ -2631,51 +2635,51 @@
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5418.00</t>
+            <t xml:space="preserve">5526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-004 \ Манекен головы, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2693,51 +2697,51 @@
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6080.00</t>
+            <t xml:space="preserve">6202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Head WW-224 \ Манекен головы, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RVL.083.WH</t>
           </r>
@@ -2879,50 +2883,54 @@
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, см: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 10509 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
@@ -2953,51 +2961,51 @@
             <t xml:space="preserve">
 Высота, см: 44</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4358.00</t>
+            <t xml:space="preserve">4445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-02 \ Рука (ладонь веером)</t>
           </r>
@@ -3013,51 +3021,51 @@
             <t xml:space="preserve">
 Высота, см: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4358.00</t>
+            <t xml:space="preserve">4445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3075,51 +3083,51 @@
             <t xml:space="preserve">
 Высота, см: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">834.00</t>
+            <t xml:space="preserve">851.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ARM-B \ Рука (длинная)</t>
           </r>
@@ -3135,51 +3143,51 @@
             <t xml:space="preserve">
 Высота, см: 37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">914.00</t>
+            <t xml:space="preserve">932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3197,51 +3205,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок входит в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.90</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SH 27 \ Бюст женский (с крючком)</t>
           </r>