--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы Stile</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STILE 04-01M \ Торс мужской, укороченный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TORS.007.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -326,51 +326,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -383,51 +383,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -440,51 +440,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -497,51 +497,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -554,51 +554,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2252.00</t>
+      <t xml:space="preserve">2297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
@@ -611,51 +611,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
@@ -668,51 +668,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1484,51 +1484,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -1812,51 +1812,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1872,51 +1872,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1934,51 +1934,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1994,51 +1994,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2056,51 +2056,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2252.00</t>
+            <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2116,51 +2116,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2178,51 +2178,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>