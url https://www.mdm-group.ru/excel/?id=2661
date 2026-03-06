--- v0 (2025-12-05)
+++ v1 (2026-03-06)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы Energy</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9460 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.007.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -102,51 +102,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7153.00</t>
+      <t xml:space="preserve">7296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9470 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.011.SL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный</t>
@@ -163,51 +163,51 @@
       <t xml:space="preserve">
 Грудь, см: 95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 77</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 9453 руб.</t>
+Старая цена: 9903 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5942.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -248,51 +248,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10333.00</t>
+      <t xml:space="preserve">10540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9471 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.026.BR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светло-коричневый</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10333.00</t>
+      <t xml:space="preserve">10540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.013.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11302.00</t>
+      <t xml:space="preserve">11528.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.015.CH</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 620-880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9190.00</t>
+      <t xml:space="preserve">9374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96520E \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.022.CH</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Высота, мм: 590-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.018.CH</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8875.00</t>
+      <t xml:space="preserve">9053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.051.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350-680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8213.00</t>
+      <t xml:space="preserve">8377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MNN.006.CH</t>
@@ -651,51 +651,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3047.00</t>
+      <t xml:space="preserve">3108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 800-2 \ Стойка (прямоугольник) для торсов BU, PERFORMANCE, МВ</t>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1524,51 +1524,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -1612,51 +1612,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7153.00</t>
+            <t xml:space="preserve">7296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9470 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.011.SL</t>
           </r>
@@ -1676,51 +1676,51 @@
             <t xml:space="preserve">
 Грудь, см: 95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 77</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 9453 руб.</t>
+Старая цена: 9903 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5942.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
@@ -1766,51 +1766,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10333.00</t>
+            <t xml:space="preserve">10540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9471 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.026.BR</t>
           </r>
@@ -1838,51 +1838,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10333.00</t>
+            <t xml:space="preserve">10540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1896,51 +1896,51 @@
             <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11302.00</t>
+            <t xml:space="preserve">11528.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
           </r>
@@ -1956,51 +1956,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 620-880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9190.00</t>
+            <t xml:space="preserve">9374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2018,51 +2018,51 @@
             <t xml:space="preserve">
 Высота, мм: 590-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
           </r>
@@ -2082,51 +2082,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8875.00</t>
+            <t xml:space="preserve">9053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2140,51 +2140,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350-680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8213.00</t>
+            <t xml:space="preserve">8377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
           </r>
@@ -2196,51 +2196,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3047.00</t>
+            <t xml:space="preserve">3108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2258,51 +2258,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>