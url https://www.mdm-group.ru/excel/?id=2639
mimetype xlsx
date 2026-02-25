--- v0 (2025-12-06)
+++ v1 (2026-02-25)
@@ -15,475 +15,280 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.10.2023</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены Smart White</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Tom Pose 01 \ Манекен мужской, скульптурный</t>
-[...3 lines deleted...]
-Артикул: CLS.064.WH</t>
+      <t xml:space="preserve">Tom Pose 02 \Манекен мужской, скульптурный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CLS.065.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 187</t>
     </r>
     <r>
       <t xml:space="preserve">
-Грудь, см: 95</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 98</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Талия, см: 79</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Бедра, см: 103</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22387.00</t>
+      <t xml:space="preserve">22835.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Tom Pose 02 \Манекен мужской, скульптурный</t>
-[...3 lines deleted...]
-Артикул: CLS.065.WH</t>
+      <t xml:space="preserve">Tom Pose 04 \ Манекен мужской, скульптурный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CLS.067.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 187</t>
     </r>
     <r>
       <t xml:space="preserve">
-Грудь, см: 98</t>
+Грудь, см: 102</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 79</t>
     </r>
     <r>
       <t xml:space="preserve">
-Бедра, см: 103</t>
+Бедра, см: 98</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22387.00</t>
+      <t xml:space="preserve">22835.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Tom Pose 03 \ Манекен мужской, скульптурный</t>
-[...3 lines deleted...]
-Артикул: CLS.066.WH</t>
+      <t xml:space="preserve">Tom Pose 07 \ Манекен мужской, скульптурный, сидячий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CLS.082.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, см: 187</t>
-[...11 lines deleted...]
-Бедра, см: 99</t>
+Высота, см: 136</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Грудь, см: 96</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Талия, см: 80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Бедра, см: 94</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+А, см: 47</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+В, см: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+С, см: 66</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22387.00</t>
-[...210 lines deleted...]
-      <t xml:space="preserve">22387.00</t>
+      <t xml:space="preserve">22835.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -543,51 +348,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bb0_2d2f_11e1_b40e_003048f27c5f_0000_tom_01_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bb5_2d2f_11e1_b40e_003048f27c5f_0004_tom_02_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bba_2d2f_11e1_b40e_003048f27c5f_0001_tom_03_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bbf_2d2f_11e1_b40e_003048f27c5f_0003_tom_04_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bc4_2d2f_11e1_b40e_003048f27c5f_0002_tom_05_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8c6ca81_9b32_11e1_8376_0025902b3cc1_27.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bb5_2d2f_11e1_b40e_003048f27c5f_0004_tom_02_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40730bbf_2d2f_11e1_b40e_003048f27c5f_0003_tom_04_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8c6ca81_9b32_11e1_8376_0025902b3cc1_24.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -655,140 +460,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1055,323 +770,185 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.10.2023</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Tom Pose 01 \ Манекен мужской, скульптурный</t>
-[...3 lines deleted...]
-Артикул: CLS.064.WH</t>
+            <t xml:space="preserve">Tom Pose 02 \Манекен мужской, скульптурный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CLS.065.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 187</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 95</t>
-[...7 lines deleted...]
-Бедра, см: 99</t>
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 103</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22387.00</t>
+            <t xml:space="preserve">22835.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
-        <is>
-[...136 lines deleted...]
-      <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tom Pose 04 \ Манекен мужской, скульптурный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.067.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 187</t>
           </r>
@@ -1387,129 +964,61 @@
             <t xml:space="preserve">
 Бедра, см: 98</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22387.00</t>
+            <t xml:space="preserve">22835.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:26">
-[...69 lines deleted...]
-      <c r="D9" s="5" t="inlineStr">
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tom Pose 07 \ Манекен мужской, скульптурный, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.082.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 136</t>
           </r>
@@ -1541,51 +1050,51 @@
             <t xml:space="preserve">
 В, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 66</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22387.00</t>
+            <t xml:space="preserve">22835.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>