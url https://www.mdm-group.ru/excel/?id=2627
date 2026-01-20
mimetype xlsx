--- v0 (2026-01-20)
+++ v1 (2026-01-20)
@@ -50,55 +50,55 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены мужские портновские</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.N.BL</t>
+      <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 81</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 35</t>
     </r>
@@ -127,55 +127,55 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.BL</t>
+      <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.066.N.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 81</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 35</t>
     </r>
@@ -804,123 +804,123 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e90d7a_ae7b_11eb_80bc_0025902b3cc1_mujmal2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32b099_f5c2_11e2_b453_0025902b3cc1_9BEF489C_24BC_4DA0_8681_D73148FF97453.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174d7381_f5c4_11e2_b453_0025902b3cc1_28ED1F04_59A5_4117_813E_A87915A0EF204.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf7e4b2_d482_11e5_ba27_0025902b3cc0_B27772A5_A4F6_4956_9092_FE90888539B95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233504_4581_11e1_ac6e_003048f27c5f_A7E9B07C_A8CB_45DC_B499_F8E8023177D36.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233507_4581_11e1_ac6e_003048f27c5f_51F45B5C_A9F7_4ED5_B483_B9A3B3C710237.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ac98f_2565_11e1_b5e0_003048f27c5f_6E3F928E_A2C1_4444_B6E9_745099231E388.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c978ae_ff9a_11e0_833e_003048f27c5f_2252AFDE_4360_4785_A39F_59079D1413B49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdc2788_32cb_11e2_99cf_0025902b3cc1_37F036ED_34D0_476C_B8F2_204A5715DF7210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92c284e_b7d3_11e2_952b_0025902b3cc1_97CD9DD2_3BBF_4A0E_B7C8_8A4D893A9D6C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c949a44_0965_11e3_b453_0025902b3cc1_MNN01112.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32b099_f5c2_11e2_b453_0025902b3cc1_9BEF489C_24BC_4DA0_8681_D73148FF97452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e90d7a_ae7b_11eb_80bc_0025902b3cc1_mujmal3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174d7381_f5c4_11e2_b453_0025902b3cc1_28ED1F04_59A5_4117_813E_A87915A0EF204.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf7e4b2_d482_11e5_ba27_0025902b3cc0_B27772A5_A4F6_4956_9092_FE90888539B95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233504_4581_11e1_ac6e_003048f27c5f_A7E9B07C_A8CB_45DC_B499_F8E8023177D36.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233507_4581_11e1_ac6e_003048f27c5f_51F45B5C_A9F7_4ED5_B483_B9A3B3C710237.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ac98f_2565_11e1_b5e0_003048f27c5f_6E3F928E_A2C1_4444_B6E9_745099231E388.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c978ae_ff9a_11e0_833e_003048f27c5f_2252AFDE_4360_4785_A39F_59079D1413B49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdc2788_32cb_11e2_99cf_0025902b3cc1_37F036ED_34D0_476C_B8F2_204A5715DF7210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92c284e_b7d3_11e2_952b_0025902b3cc1_97CD9DD2_3BBF_4A0E_B7C8_8A4D893A9D6C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c949a44_0965_11e3_b453_0025902b3cc1_MNN01112.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="219075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="219075" cy="952500"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -1544,55 +1544,55 @@
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.N.BL</t>
+            <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.066.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 81</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 35</t>
           </r>
@@ -1624,55 +1624,55 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.BL</t>
+            <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.066.N.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 81</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 35</t>
           </r>