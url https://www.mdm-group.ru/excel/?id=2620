--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики для юбок и брюк с зажимами (прищепками)</t>
   </si>
   <si>
     <t>Вешалки и плечики для юбок и брюк с зажимами (прищепками) – плечики и вешалки особой формы, позволяющие удобно размещать и демонстрировать брюки и юбки, эффективно используя пространство.
 В нашем ассортименте представлены как вешалки «перекладины», крючки-зажимы так и классические вешалки с плечиками для одежды. Вы можете подобрать необходимый вариант как отдельно для брюк или юбок, так вариант совмещенного использования вместе с верхней одеждой.
 Как правило, такие вешалки имеют не большую ширину, что позволяет организовать компактное размещение, при этом сохраняя возможность удобно рассматривать представленные на них модели.
 У нас вы можете купить пластиковые, металлические и деревянные вешалки и плечики для юбок и брюк с зажимами оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \  Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
@@ -100,51 +100,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -238,51 +238,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -299,51 +299,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -360,51 +360,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -421,51 +421,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -482,51 +482,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -539,51 +539,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -596,51 +596,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -657,51 +657,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -718,51 +718,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -787,51 +787,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -856,51 +856,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -913,51 +913,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.203.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -970,51 +970,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.204.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -1031,51 +1031,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.166.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1088,51 +1088,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.165.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1149,51 +1149,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.228.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1210,51 +1210,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1271,51 +1271,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1332,51 +1332,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.36.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1393,51 +1393,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.00</t>
+      <t xml:space="preserve">67.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1454,51 +1454,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1515,51 +1515,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">133.00</t>
+      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1576,51 +1576,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1637,51 +1637,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1698,51 +1698,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1759,51 +1759,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3077,51 +3077,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3161,51 +3161,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
@@ -3307,51 +3307,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
           </r>
@@ -3371,51 +3371,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3437,51 +3437,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
           </r>
@@ -3501,51 +3501,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3567,51 +3567,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
           </r>
@@ -3627,51 +3627,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3689,51 +3689,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
           </r>
@@ -3753,51 +3753,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3819,51 +3819,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
           </r>
@@ -3891,51 +3891,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3965,51 +3965,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
           </r>
@@ -4025,51 +4025,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4087,51 +4087,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.204.OPL</t>
           </r>
@@ -4151,51 +4151,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179.00</t>
+            <t xml:space="preserve">183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4213,51 +4213,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.165.BL</t>
           </r>
@@ -4277,51 +4277,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4343,51 +4343,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.30.BL</t>
           </r>
@@ -4407,51 +4407,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4473,51 +4473,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.36.WH</t>
           </r>
@@ -4537,51 +4537,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.00</t>
+            <t xml:space="preserve">67.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4603,51 +4603,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.093.WD</t>
           </r>
@@ -4667,51 +4667,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">133.00</t>
+            <t xml:space="preserve">136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4733,51 +4733,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
           </r>
@@ -4797,51 +4797,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4863,51 +4863,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
           </r>
@@ -4927,51 +4927,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>