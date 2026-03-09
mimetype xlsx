--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -145,54 +145,50 @@
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">19.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -214,54 +210,50 @@
       <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -763,54 +755,50 @@
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -829,54 +817,50 @@
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60.18</t>
     </r>
@@ -3209,54 +3193,50 @@
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">19.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -3283,54 +3263,50 @@
             <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -3867,54 +3843,50 @@
             <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -3938,54 +3910,50 @@
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">60.18</t>
           </r>