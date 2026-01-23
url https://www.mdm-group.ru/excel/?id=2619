--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики для нижнего белья и купальников</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">В 22 \  Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.153.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -90,51 +90,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.30</t>
+      <t xml:space="preserve">12.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PPL 42 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.230.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -147,51 +147,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 17 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.231.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -204,51 +204,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 31 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.151.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 310</t>
@@ -257,51 +257,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.60</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BNV 005 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.206.TR</t>
@@ -318,51 +318,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.00</t>
+      <t xml:space="preserve">27.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L 27 \ Вешалки-плечики для нижнего белья и купальников (Италия)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.062.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.00</t>
+      <t xml:space="preserve">64.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.NL.29.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -489,51 +489,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.80</t>
+      <t xml:space="preserve">18.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.NL.29.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -546,51 +546,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.70</t>
+      <t xml:space="preserve">21.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.SL.29.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -603,51 +603,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.SL.29.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -660,51 +660,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41.00</t>
+      <t xml:space="preserve">41.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 061 \ Вешалка кольцо</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.088.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -717,51 +717,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 057 \ Контурная вешалка для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.103.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -778,51 +778,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">424.00</t>
+      <t xml:space="preserve">432.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 058 \ Контур для купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.226.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -843,51 +843,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">410.00</t>
+      <t xml:space="preserve">418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1741,51 +1741,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -1821,51 +1821,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.30</t>
+            <t xml:space="preserve">12.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PPL 42 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.230.TR</t>
           </r>
@@ -1881,51 +1881,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 17 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1943,51 +1943,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 31 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.151.00</t>
           </r>
@@ -1999,51 +1999,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.60</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2065,51 +2065,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.00</t>
+            <t xml:space="preserve">27.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L 27 \ Вешалки-плечики для нижнего белья и купальников (Италия)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.062.TR</t>
           </r>
@@ -2187,51 +2187,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.00</t>
+            <t xml:space="preserve">64.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.NL.29.BL</t>
           </r>
@@ -2247,51 +2247,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.80</t>
+            <t xml:space="preserve">18.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2309,51 +2309,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.70</t>
+            <t xml:space="preserve">21.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.SL.29.BL</t>
           </r>
@@ -2369,51 +2369,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2431,51 +2431,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41.00</t>
+            <t xml:space="preserve">41.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 061 \ Вешалка кольцо</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.088.BL</t>
           </r>
@@ -2491,51 +2491,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 057 \ Контурная вешалка для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2557,51 +2557,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">424.00</t>
+            <t xml:space="preserve">432.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 058 \ Контур для купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.226.02698.MGV13</t>
           </r>
@@ -2625,51 +2625,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">410.00</t>
+            <t xml:space="preserve">418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>