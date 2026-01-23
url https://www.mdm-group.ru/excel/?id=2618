--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики для верхней одежды</t>
   </si>
   <si>
     <t>Вешалки и плечики для верхней одежды – крепкие, надежные, часто с увеличенной шириной плеча. Такая форма позволяет поддерживать естественное состояние плеча и не создает заломов.
 Часто они усилены дополнительной нижней перекладиной, что позволяет выдерживать значительно больший вес. Ширина плечиков для верхней одежды в нашем каталоге начинается от 340 мм и может достигать 460 мм. Это позволяет выбрать вешалки практически под любой вид верхней одежды.
 В нашем ассортименте представлены деревянные и пластиковые вешалки белого и черного цвета, есть плечики из темного и светлого дерева.
 Такой ассортимент дает возможность подобрать необходимые плечики для шубы, для костюма, пальто и любого другого вида верхней одежды.
 У нас вы можете купить плечики для верхней одежды оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.138.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.111.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -329,51 +329,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -386,51 +386,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.191.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -443,51 +443,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -500,51 +500,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.084.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -557,51 +557,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -614,51 +614,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -671,51 +671,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -728,51 +728,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешалка стальная из проволоки 6мм L420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.268.9006.20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый матовый</t>
@@ -785,51 +785,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешалка стальная из проволоки 8мм L420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.269.9006.20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый матовый</t>
@@ -842,51 +842,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -903,51 +903,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -964,51 +964,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1025,51 +1025,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1086,51 +1086,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.00</t>
+      <t xml:space="preserve">69.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AT 40 \ Плечики (L-400)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.071.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1261,51 +1261,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1322,51 +1322,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.00</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.157.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1383,51 +1383,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.158.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1444,51 +1444,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.162.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1501,51 +1501,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.00</t>
+      <t xml:space="preserve">17.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1562,51 +1562,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1623,51 +1623,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1684,51 +1684,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.00</t>
+      <t xml:space="preserve">42.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1745,51 +1745,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1806,51 +1806,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1867,51 +1867,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1928,51 +1928,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1989,51 +1989,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2050,51 +2050,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2111,51 +2111,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2172,51 +2172,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2233,51 +2233,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2294,51 +2294,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
@@ -2355,51 +2355,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2416,51 +2416,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -2477,51 +2477,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2538,51 +2538,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2599,173 +2599,173 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2847,112 +2847,112 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.90</t>
+      <t xml:space="preserve">98.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.196.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2969,51 +2969,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3030,51 +3030,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -3091,51 +3091,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3152,51 +3152,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -3213,51 +3213,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3317,51 +3317,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1082.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA962674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD66304665.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D45426.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB3299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH14.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663e_0100_11e0_b16f_003048d0c7fe_AT_4020.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_121.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5f488b_ad67_11e5_a43a_0025902b3cc1_19922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_19923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC526.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_141.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_146.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00953.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473454.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1082.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA962674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD66304665.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D45426.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB3299.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH14.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663e_0100_11e0_b16f_003048d0c7fe_AT_4020.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_121.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5f488b_ad67_11e5_a43a_0025902b3cc1_19922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_19923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC526.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_141.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00953.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473454.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5281,51 +5281,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5365,51 +5365,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.138.WH</t>
           </r>
@@ -5425,51 +5425,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5487,51 +5487,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
           </r>
@@ -5547,51 +5547,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5609,51 +5609,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
           </r>
@@ -5669,51 +5669,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5731,51 +5731,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
           </r>
@@ -5791,51 +5791,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5853,51 +5853,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
           </r>
@@ -5913,51 +5913,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5975,51 +5975,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
           </r>
@@ -6035,51 +6035,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешалка стальная из проволоки 6мм L420</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6097,51 +6097,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешалка стальная из проволоки 8мм L420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.269.9006.20</t>
           </r>
@@ -6157,51 +6157,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6223,51 +6223,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MN.41.WH</t>
           </r>
@@ -6287,51 +6287,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6353,51 +6353,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MNP.41.WH</t>
           </r>
@@ -6417,51 +6417,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.00</t>
+            <t xml:space="preserve">69.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AT 40 \ Плечики (L-400)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6605,51 +6605,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
           </r>
@@ -6669,51 +6669,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.00</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6735,51 +6735,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.158.BL</t>
           </r>
@@ -6799,51 +6799,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6861,51 +6861,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.00</t>
+            <t xml:space="preserve">17.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.31.BL</t>
           </r>
@@ -6925,51 +6925,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6991,51 +6991,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.39.BL</t>
           </r>
@@ -7055,51 +7055,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.00</t>
+            <t xml:space="preserve">42.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7121,51 +7121,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.44.BL</t>
           </r>
@@ -7185,51 +7185,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7251,51 +7251,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
           </r>
@@ -7315,51 +7315,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7381,51 +7381,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.39.WH</t>
           </r>
@@ -7445,51 +7445,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7511,51 +7511,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.44.WH</t>
           </r>
@@ -7575,51 +7575,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7641,51 +7641,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.BL</t>
           </r>
@@ -7705,51 +7705,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7771,51 +7771,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
           </r>
@@ -7835,51 +7835,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7901,51 +7901,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
           </r>
@@ -7965,51 +7965,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8031,181 +8031,181 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
           </r>
@@ -8295,115 +8295,115 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.90</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8425,51 +8425,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
           </r>
@@ -8489,51 +8489,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8555,51 +8555,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
           </r>
@@ -8619,51 +8619,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8685,51 +8685,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>