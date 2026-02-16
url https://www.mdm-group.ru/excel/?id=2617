--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Плечики и вешалки для шарфов, платков, палантинов</t>
   </si>
   <si>
     <t>Плечики и вешалки для шарфов, платков, палантинов служат для демонстрации и развешивания в магазинах текстильных аксессуаров.
 Вешалки бывают разных видов, такие как вешалка-кольцо для шарфа, овальные вешалки, с поролоном, прямоугольные и плечики с прищепками.
 У нас вы можете купить плечики и вешалки для шарфов и платков оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -107,51 +107,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -237,51 +237,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -298,51 +298,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -359,51 +359,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -420,51 +420,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -489,51 +489,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -558,51 +558,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 061 \ Вешалка кольцо</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.088.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -615,51 +615,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.106.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -733,51 +733,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -790,51 +790,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.166.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -847,116 +847,112 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 26 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.50</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.226.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -973,51 +969,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.00</t>
+      <t xml:space="preserve">25.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.226.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полупрозрачный</t>
@@ -1034,51 +1030,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. Поставляются под заказ.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1992,51 +1988,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2084,51 +2080,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
@@ -2222,51 +2218,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
           </r>
@@ -2286,51 +2282,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2352,51 +2348,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
           </r>
@@ -2416,51 +2412,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2490,51 +2486,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
           </r>
@@ -2562,51 +2558,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 061 \ Вешалка кольцо</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2624,51 +2620,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.106.BL</t>
           </r>
@@ -2750,51 +2746,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
           </r>
@@ -2810,51 +2806,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2872,51 +2868,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
           </r>
@@ -2924,67 +2920,63 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 26 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.50</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3006,51 +2998,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.00</t>
+            <t xml:space="preserve">25.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.226.00</t>
           </r>
@@ -3070,51 +3062,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. Поставляются под заказ.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>