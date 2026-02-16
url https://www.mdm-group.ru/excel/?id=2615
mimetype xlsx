--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики с прищепками (зажимами)</t>
   </si>
   <si>
     <t>Вешалки и плечики с прищепками (зажимами) – чаще всего представлены вешалками, состоящими из перекладины, по краям которой расположены зажимы, для удобной фиксации одежды и аксессуаров, с двух краев.
 Помимо вешалок «перекладин», в нашем ассортименте есть классические вешалки для одежды с зажимами, позволяющие дополнительно фиксировать необходимые предметы одежды и аксессуары. Такие плечики могут служить вешалкой для носков, юбок, брюк и многого другого.
 Имея небольшую ширину, вешалки и плечики с прищепками удобно размещаются в ряд, сохраняя понятную структуру и давая полный доступ к выставленным предметам одежды.
 У нас вы можете купить вешалки с зажимом из пластика, металла и дерева, оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \  Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
@@ -100,51 +100,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -238,51 +238,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -299,51 +299,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -360,51 +360,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -421,51 +421,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -482,51 +482,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -539,51 +539,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -596,51 +596,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -657,51 +657,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -718,51 +718,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -787,51 +787,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -856,51 +856,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.106.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -974,51 +974,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.203.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1031,51 +1031,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.204.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -1092,51 +1092,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UV 004 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.207.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1149,51 +1149,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.00</t>
+      <t xml:space="preserve">64.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.165.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1210,51 +1210,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.228.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1271,51 +1271,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1332,51 +1332,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.36.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1393,51 +1393,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">58.00</t>
+      <t xml:space="preserve">59.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-39 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1454,51 +1454,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1515,51 +1515,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.36.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1576,51 +1576,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.00</t>
+      <t xml:space="preserve">67.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1641,51 +1641,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1706,51 +1706,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">139.00</t>
+      <t xml:space="preserve">142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.36.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1763,51 +1763,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.36.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1820,51 +1820,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">127.00</t>
+      <t xml:space="preserve">130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1881,51 +1881,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1942,51 +1942,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">133.00</t>
+      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2003,173 +2003,173 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2186,51 +2186,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2290,51 +2290,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd3b697_e1e7_11ee_a821_0050569cf81d_HNG093320WH-_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_0023.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_0824.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_0047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ed652f_ad6a_11e5_a43a_0025902b3cc1_87490ED3_0D62_477E_A29B_AAC45C8E92E216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ecc2c7_ad68_11e5_a43a_0025902b3cc1_20317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73dcf7_ad68_11e5_a43a_0025902b3cc1_20418.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766302a9_ad6a_11e5_a43a_0025902b3cc1_HNG207TR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116cd_0100_11e0_b16f_003048d0c7fe_88FE17F3_8AB8_44C9_8258_0BE27FC4FF7A20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22821.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bf8c7_3047_11ed_b95a_ac1f6b40b531_HNGFL30BL.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78fd544c_3047_11ed_b95a_ac1f6b40b531_HNGFL36BL23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c2e17c_3047_11ed_b95a_ac1f6b40b531_HNGFL39BL.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed91a1ef_deab_11ed_bba1_ac1f6b40b531_HNGFL36WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0da9f1_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36WH.resize229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4be29_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36BL30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca9ad4a_5026_11e3_baa0_0025902b3cc1_0675F806_A108_43C7_8507_42206CDC227C31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec40313_e373_11ed_85bb_ac1f6b40b531_HNG093WD32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20197900_5026_11e3_baa0_0025902b3cc1_D1A97F53_237A_4FD5_9F48_452478F39B1A33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00936.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd3b697_e1e7_11ee_a821_0050569cf81d_HNG093320WH-_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_0023.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_0824.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_0035.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_0047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ed652f_ad6a_11e5_a43a_0025902b3cc1_87490ED3_0D62_477E_A29B_AAC45C8E92E216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ecc2c7_ad68_11e5_a43a_0025902b3cc1_20317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73dcf7_ad68_11e5_a43a_0025902b3cc1_20418.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766302a9_ad6a_11e5_a43a_0025902b3cc1_HNG207TR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116cd_0100_11e0_b16f_003048d0c7fe_88FE17F3_8AB8_44C9_8258_0BE27FC4FF7A20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22821.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bf8c7_3047_11ed_b95a_ac1f6b40b531_HNGFL30BL.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78fd544c_3047_11ed_b95a_ac1f6b40b531_HNGFL36BL23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c2e17c_3047_11ed_b95a_ac1f6b40b531_HNGFL39BL.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed91a1ef_deab_11ed_bba1_ac1f6b40b531_HNGFL36WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0da9f1_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36WH.resize229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4be29_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36BL30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca9ad4a_5026_11e3_baa0_0025902b3cc1_0675F806_A108_43C7_8507_42206CDC227C31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec40313_e373_11ed_85bb_ac1f6b40b531_HNG093WD32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20197900_5026_11e3_baa0_0025902b3cc1_D1A97F53_237A_4FD5_9F48_452478F39B1A33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00936.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3714,51 +3714,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3798,51 +3798,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
@@ -3944,51 +3944,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
           </r>
@@ -4008,51 +4008,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4074,51 +4074,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
           </r>
@@ -4138,51 +4138,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4204,51 +4204,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
           </r>
@@ -4264,51 +4264,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4326,51 +4326,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
           </r>
@@ -4390,51 +4390,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4456,51 +4456,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
           </r>
@@ -4528,51 +4528,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4602,51 +4602,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.106.BL</t>
           </r>
@@ -4728,51 +4728,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.203.BL</t>
           </r>
@@ -4788,51 +4788,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4854,51 +4854,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179.00</t>
+            <t xml:space="preserve">183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UV 004 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.207.TR</t>
           </r>
@@ -4914,51 +4914,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.00</t>
+            <t xml:space="preserve">64.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4980,51 +4980,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.228.BL</t>
           </r>
@@ -5044,51 +5044,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5110,51 +5110,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.36.BL</t>
           </r>
@@ -5174,51 +5174,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">58.00</t>
+            <t xml:space="preserve">59.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-39 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5240,51 +5240,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
           </r>
@@ -5304,51 +5304,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5370,51 +5370,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.00</t>
+            <t xml:space="preserve">67.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ML.30.BL</t>
           </r>
@@ -5438,51 +5438,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5508,51 +5508,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">139.00</t>
+            <t xml:space="preserve">142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ML.36.WH</t>
           </r>
@@ -5568,51 +5568,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5630,51 +5630,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">127.00</t>
+            <t xml:space="preserve">130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.093.BL</t>
           </r>
@@ -5694,51 +5694,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5760,51 +5760,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">133.00</t>
+            <t xml:space="preserve">136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.093.WH</t>
           </r>
@@ -5824,181 +5824,181 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6020,51 +6020,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>