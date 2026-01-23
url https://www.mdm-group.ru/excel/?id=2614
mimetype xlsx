--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Детские вешалки и плечики для одежды</t>
   </si>
   <si>
     <t>Детские вешалки и плечики для одежды – отличаются от остальных плечиков размерами и цветовыми решениями. Предназначены для хранения и демонстрации детской и подростковой одежды. Длина варьируется от 250 мм (контурные) до 340 мм (деревянные с перекладиной).
 Вешалки плечики для детской одежды используются чаще всего в специализированных магазинах, супермаркетах, бутиках, детских садах, школах и других детских учреждениях.
 В нашем ассортименте представлены моделями для детей всех возрастных категорий. Вы можете найти в данном разделе вешалки с зажимами для юбок и брюк, детские вешалки из обрезиненного металла, деревянные и пластиковые различных форм и цветов.
 У нас вы можете купить детские вешалки и плечики оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
     </r>
     <r>
@@ -104,51 +104,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производсво в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -169,51 +169,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производство в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.00</t>
+      <t xml:space="preserve">65.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -234,51 +234,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -299,51 +299,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">139.00</t>
+      <t xml:space="preserve">142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 029-30 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.222.CH.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/синий</t>
@@ -425,51 +425,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -490,51 +490,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -555,112 +555,116 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -746,51 +750,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -815,51 +819,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -876,51 +880,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -937,51 +941,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.228.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -998,51 +1002,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1059,51 +1063,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DV 03-263 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.212.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1116,51 +1120,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.00</t>
+      <t xml:space="preserve">28.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.210.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1173,51 +1177,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 250шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.211.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -1230,51 +1234,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 1000 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CNS 31 \ Плечики детские (Италия)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.254.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1405,51 +1409,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1466,51 +1470,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1527,51 +1531,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1588,51 +1592,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.161.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1645,51 +1649,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.00</t>
+      <t xml:space="preserve">27.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.161.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1702,51 +1706,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.50</t>
+      <t xml:space="preserve">24.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.171.TQ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бирюзовый</t>
@@ -2007,51 +2011,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.232.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2569,152 +2573,152 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">27.03</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2796,51 +2800,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.90</t>
+      <t xml:space="preserve">98.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2900,51 +2904,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e55c2e_d614_11ee_a821_0050569cf81d_HNGMNP35BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268e7c94_d614_11ee_a821_0050569cf81d_HNGMNP35WH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22816.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e83b91d_ad6b_11e5_a43a_0025902b3cc1_C76DF34F_9F56_4EDB_8F40_EF4234353DFF18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c861644d_ad6a_11e5_a43a_0025902b3cc1_21019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a6445_ad6b_11e5_a43a_0025902b3cc1_21120.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0ed7cf_3ee4_11e8_ade2_0025902b3cc1_HNG_254_WH_221.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff88c80_3ee4_11e8_ade2_0025902b3cc1_HNG_255_WH_222.JPG"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fad_fdef_11df_b16f_003048d0c7fe_4E96D2A5_C336_4CB3_AC1E_970775F737CC27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf792ae_fdef_11df_b16f_003048d0c7fe_B3582E87_91DA_41FE_BD7D_D70F122C169A28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d17f34_0563_11e7_9cf3_0025902b3cc1_te_05_gr29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dbb2a6_0562_11e7_9cf3_0025902b3cc1_te_0530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddc517_3dfb_11e2_99cf_0025902b3cc1_17131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cdb03f_b55d_11e7_93ca_0025902b3cc1_23232.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be14a_b55d_11e7_93ca_0025902b3cc1_23233.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e13fe7_b55d_11e7_93ca_0025902b3cc1_23234.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0114d6e1_b55e_11e7_93ca_0025902b3cc1_23235.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df246f5_b55e_11e7_93ca_0025902b3cc1_23236.JPG"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbab41b_b55e_11e7_93ca_0025902b3cc1_23237.JPG"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00637786_3ee4_11e8_ade2_0025902b3cc1_138.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12be597e_3ee4_11e8_ade2_0025902b3cc1_139.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab69093e_b55e_11e7_93ca_0025902b3cc1_HNG_233_YE40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c8f13_b55e_11e7_93ca_0025902b3cc1_HNG_233_WH41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020965a5_b55f_11e7_93ca_0025902b3cc1_HNG_233_OR42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD46.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e55c2e_d614_11ee_a821_0050569cf81d_HNGMNP35BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268e7c94_d614_11ee_a821_0050569cf81d_HNGMNP35WH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2226.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22816.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e83b91d_ad6b_11e5_a43a_0025902b3cc1_C76DF34F_9F56_4EDB_8F40_EF4234353DFF18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c861644d_ad6a_11e5_a43a_0025902b3cc1_21019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a6445_ad6b_11e5_a43a_0025902b3cc1_21120.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0ed7cf_3ee4_11e8_ade2_0025902b3cc1_HNG_254_WH_221.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff88c80_3ee4_11e8_ade2_0025902b3cc1_HNG_255_WH_222.JPG"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fad_fdef_11df_b16f_003048d0c7fe_4E96D2A5_C336_4CB3_AC1E_970775F737CC27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf792ae_fdef_11df_b16f_003048d0c7fe_B3582E87_91DA_41FE_BD7D_D70F122C169A28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d17f34_0563_11e7_9cf3_0025902b3cc1_te_05_gr29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dbb2a6_0562_11e7_9cf3_0025902b3cc1_te_0530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddc517_3dfb_11e2_99cf_0025902b3cc1_17131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cdb03f_b55d_11e7_93ca_0025902b3cc1_23232.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be14a_b55d_11e7_93ca_0025902b3cc1_23233.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e13fe7_b55d_11e7_93ca_0025902b3cc1_23234.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0114d6e1_b55e_11e7_93ca_0025902b3cc1_23235.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df246f5_b55e_11e7_93ca_0025902b3cc1_23236.JPG"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbab41b_b55e_11e7_93ca_0025902b3cc1_23237.JPG"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00637786_3ee4_11e8_ade2_0025902b3cc1_138.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12be597e_3ee4_11e8_ade2_0025902b3cc1_139.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab69093e_b55e_11e7_93ca_0025902b3cc1_HNG_233_YE40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c8f13_b55e_11e7_93ca_0025902b3cc1_HNG_233_WH41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020965a5_b55f_11e7_93ca_0025902b3cc1_HNG_233_OR42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD46.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4624,51 +4628,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4712,51 +4716,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производсво в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MNP.35.WH</t>
           </r>
@@ -4780,51 +4784,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производство в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.00</t>
+            <t xml:space="preserve">65.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4850,51 +4854,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ML.30.WH</t>
           </r>
@@ -4918,51 +4922,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">139.00</t>
+            <t xml:space="preserve">142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 029-30 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5052,51 +5056,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5122,51 +5126,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
           </r>
@@ -5190,117 +5194,121 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
@@ -5394,51 +5402,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
           </r>
@@ -5466,51 +5474,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5532,51 +5540,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
           </r>
@@ -5596,51 +5604,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5662,51 +5670,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
           </r>
@@ -5726,51 +5734,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DV 03-263 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5788,51 +5796,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.00</t>
+            <t xml:space="preserve">28.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.210.BL</t>
           </r>
@@ -5848,51 +5856,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 250шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5910,51 +5918,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 1000 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CNS 31 \ Плечики детские (Италия)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.254.WH</t>
           </r>
@@ -6096,51 +6104,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6162,51 +6170,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
           </r>
@@ -6226,51 +6234,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6292,51 +6300,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.161.WH</t>
           </r>
@@ -6352,51 +6360,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.00</t>
+            <t xml:space="preserve">27.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6414,51 +6422,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.50</t>
+            <t xml:space="preserve">24.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.171.TQ</t>
           </r>
@@ -6738,51 +6746,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7340,157 +7348,157 @@
             </rPr>
             <t xml:space="preserve">27.03</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
           </r>
@@ -7580,51 +7588,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.90</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>