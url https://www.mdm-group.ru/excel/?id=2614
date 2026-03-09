--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -401,54 +401,50 @@
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -466,54 +462,50 @@
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -531,54 +523,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -596,54 +584,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -665,54 +649,50 @@
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">19.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -792,54 +772,50 @@
       <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.60</t>
     </r>
@@ -5032,54 +5008,50 @@
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5102,54 +5074,50 @@
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5167,54 +5135,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
@@ -5240,54 +5204,50 @@
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5309,54 +5269,50 @@
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">19.38</t>
           </r>
@@ -5447,54 +5403,50 @@
             <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.60</t>
           </r>