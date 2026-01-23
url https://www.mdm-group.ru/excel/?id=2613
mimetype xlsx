--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Плечики для рубашек, блузок, трикотажа</t>
   </si>
   <si>
     <t>Вешалки и плечики для одежды</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH 028-42 \Плечики бархатные (L-410мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.289.BL</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.02</t>
+      <t xml:space="preserve">53.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -154,51 +154,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH 028-42 \ Плечики бархатные (L-410мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.289.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Длина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.02</t>
+      <t xml:space="preserve">53.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 029-30 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.222.CH.BU</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.223BL.CH.WH</t>
@@ -439,51 +439,51 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.223.CH.BL</t>
@@ -496,51 +496,51 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
@@ -565,51 +565,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -630,51 +630,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.100.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -687,51 +687,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">70.38</t>
+      <t xml:space="preserve">71.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.132.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -744,51 +744,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -809,51 +809,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.12</t>
+      <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -874,51 +874,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -939,112 +939,116 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.134.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1057,51 +1061,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.105.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1114,51 +1118,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.135.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1171,51 +1175,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.104.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1228,51 +1232,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.258.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1285,51 +1289,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 028 - 41 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.086.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1342,51 +1346,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1399,51 +1403,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1456,51 +1460,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.138.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1513,51 +1517,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.111.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1570,51 +1574,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1627,51 +1631,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1684,51 +1688,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.191.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1741,51 +1745,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1798,51 +1802,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1855,51 +1859,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.084.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1912,51 +1916,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1969,51 +1973,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2030,51 +2034,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2091,51 +2095,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2152,51 +2156,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2213,51 +2217,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.00</t>
+      <t xml:space="preserve">69.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NEQ 45 \ Плечики с бархатным (велюровым) плечом (Италия)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.243.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2734,51 +2738,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 300шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.159.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2795,51 +2799,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.157.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2856,51 +2860,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.158.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2917,51 +2921,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.162.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2974,51 +2978,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.00</t>
+      <t xml:space="preserve">17.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3035,51 +3039,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3096,51 +3100,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3157,51 +3161,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.00</t>
+      <t xml:space="preserve">42.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3218,51 +3222,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3279,51 +3283,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3340,51 +3344,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3401,51 +3405,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3462,51 +3466,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3523,51 +3527,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3584,51 +3588,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3645,51 +3649,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3706,51 +3710,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.208.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3767,51 +3771,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.209.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -3828,51 +3832,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.00</t>
+      <t xml:space="preserve">58.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.160.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3889,51 +3893,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 1000шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.215.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3958,51 +3962,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.00</t>
+      <t xml:space="preserve">34.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4015,51 +4019,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.50</t>
+      <t xml:space="preserve">16.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -4072,51 +4076,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.PK</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: розовый</t>
@@ -4304,51 +4308,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
@@ -4365,51 +4369,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -4426,51 +4430,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -4487,51 +4491,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4548,51 +4552,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -4609,173 +4613,173 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -4857,112 +4861,112 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.90</t>
+      <t xml:space="preserve">98.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.196.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -4979,173 +4983,173 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -5162,51 +5166,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -5223,51 +5227,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -5327,51 +5331,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeeb62b1_d85d_11ed_b62a_ac1f6b40b531_HNG289BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1083.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324946e4_d85e_11ed_b62a_ac1f6b40b531_HNG289GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2225.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_139.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_240.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_241.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_142.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_243.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_144.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_146.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202965.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_175.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_179.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00987.JPG"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473488.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeeb62b1_d85d_11ed_b62a_ac1f6b40b531_HNG289BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1083.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324946e4_d85e_11ed_b62a_ac1f6b40b531_HNG289GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2225.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_139.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_240.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_241.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_142.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_243.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_144.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_146.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202965.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_175.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_180.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00987.JPG"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473488.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8311,51 +8315,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -8391,51 +8395,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.02</t>
+            <t xml:space="preserve">53.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
           </r>
@@ -8455,51 +8459,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH 028-42 \ Плечики бархатные (L-410мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8513,51 +8517,51 @@
             <t xml:space="preserve">
 Длина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.02</t>
+            <t xml:space="preserve">53.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 029-30 \ Вешалки-плечики для детской одежды</t>
           </r>
@@ -8699,51 +8703,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8761,51 +8765,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
           </r>
@@ -8821,51 +8825,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8895,51 +8899,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
           </r>
@@ -8963,51 +8967,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9025,51 +9029,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70.38</t>
+            <t xml:space="preserve">71.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.132.WH</t>
           </r>
@@ -9085,51 +9089,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9155,51 +9159,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.12</t>
+            <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
           </r>
@@ -9223,51 +9227,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9293,115 +9297,119 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9419,51 +9427,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.105.BL</t>
           </r>
@@ -9479,51 +9487,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9541,51 +9549,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.104.BL</t>
           </r>
@@ -9601,51 +9609,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9663,51 +9671,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 028 - 41 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.086.BL</t>
           </r>
@@ -9723,51 +9731,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9785,51 +9793,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
           </r>
@@ -9845,51 +9853,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9907,51 +9915,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.111.BL</t>
           </r>
@@ -9967,51 +9975,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10029,51 +10037,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
           </r>
@@ -10089,51 +10097,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10151,51 +10159,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
           </r>
@@ -10211,51 +10219,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10273,51 +10281,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.084.BL</t>
           </r>
@@ -10333,51 +10341,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10395,51 +10403,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MN.41.BL</t>
           </r>
@@ -10459,51 +10467,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10525,51 +10533,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MNP.41.BL</t>
           </r>
@@ -10589,51 +10597,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10655,51 +10663,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.00</t>
+            <t xml:space="preserve">69.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NEQ 45 \ Плечики с бархатным (велюровым) плечом (Италия)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.243.BL</t>
           </r>
@@ -11211,51 +11219,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 300шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11277,51 +11285,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.157.BL</t>
           </r>
@@ -11341,51 +11349,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11407,51 +11415,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.162.BL</t>
           </r>
@@ -11467,51 +11475,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.00</t>
+            <t xml:space="preserve">17.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11533,51 +11541,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
           </r>
@@ -11597,51 +11605,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11663,51 +11671,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.00</t>
+            <t xml:space="preserve">42.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.42.BL</t>
           </r>
@@ -11727,51 +11735,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11793,51 +11801,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
           </r>
@@ -11857,51 +11865,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11923,51 +11931,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
           </r>
@@ -11987,51 +11995,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12053,51 +12061,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.42.WH</t>
           </r>
@@ -12117,51 +12125,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12183,51 +12191,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
           </r>
@@ -12247,51 +12255,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12313,51 +12321,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.209.OPL</t>
           </r>
@@ -12377,51 +12385,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.00</t>
+            <t xml:space="preserve">58.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12443,51 +12451,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 1000шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.215.BL</t>
           </r>
@@ -12515,51 +12523,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.00</t>
+            <t xml:space="preserve">34.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12577,51 +12585,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.50</t>
+            <t xml:space="preserve">16.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.152.TR</t>
           </r>
@@ -12637,51 +12645,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12885,51 +12893,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12951,51 +12959,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
           </r>
@@ -13015,51 +13023,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13081,51 +13089,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
           </r>
@@ -13145,51 +13153,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13211,181 +13219,181 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
           </r>
@@ -13475,115 +13483,115 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.90</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13605,181 +13613,181 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
           </r>
@@ -13799,51 +13807,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13865,51 +13873,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>