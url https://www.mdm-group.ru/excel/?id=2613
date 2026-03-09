--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Плечики для рубашек, блузок, трикотажа</t>
   </si>
   <si>
     <t>Вешалки и плечики для одежды</t>
@@ -73,74 +73,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH 028-42 \Плечики бархатные (L-410мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.289.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">53.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -541,54 +541,50 @@
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -606,54 +602,50 @@
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -785,54 +777,50 @@
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -850,54 +838,50 @@
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -915,54 +899,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -980,54 +960,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2234,2333 +2210,2333 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">69.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NEQ 45 \ Плечики с бархатным (велюровым) плечом (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.243.BL</t>
+      <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.246.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 450</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 60</t>
+Длина, мм: 390</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: пластиковые</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">38.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.246.BL</t>
+      <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.075.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 390</t>
+Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 220</t>
+Кол-во в упаковке, шт.: 190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.76</t>
+      <t xml:space="preserve">49.98</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.075.BL</t>
+      <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RMK.110.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 450</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 380</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 190</t>
+Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.98</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.110.BL</t>
+      <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.077.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 380</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина плеча, мм: 30</t>
+Ширина плеча, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 300</t>
+Кол-во в упаковке, шт.: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.06</t>
+      <t xml:space="preserve">45.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
-[...3 lines deleted...]
-Артикул: HNG.077.BL</t>
+      <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.250.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 380</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 10</t>
+Длина, мм: 430</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 350</t>
+Кол-во в упаковке, шт.: 270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">38.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.250.BL</t>
+      <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.078.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 430</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 12</t>
+Длина, мм: 380</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 270</t>
+Кол-во в упаковке, шт.: 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.76</t>
+      <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.078.BL</t>
+      <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RMK.109.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 380</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина плеча, мм: 7</t>
+Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 530</t>
+Примечание: зацеп на плече прорезинен</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">49.98</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.109.BL</t>
+      <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.200.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 380</t>
+Длина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: зацеп на плече прорезинен</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 320</t>
+Примечание: Поставляются под заказ от 300шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.98</t>
+      <t xml:space="preserve">52.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.200.BL</t>
+      <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.159.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 440</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 11</t>
+Длина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ от 300шт.</t>
+Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.159.BL</t>
+      <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.157.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина плеча, мм: 12</t>
+Ширина плеча, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: возможна установка перекладины PE-37</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 300</t>
+Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.157.BL</t>
+      <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.158.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 420</t>
+Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 120</t>
+Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.158.BL</t>
+      <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.162.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 450</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 50</t>
+Длина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 110</t>
+Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">70.40</t>
+      <t xml:space="preserve">17.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
-[...3 lines deleted...]
-Артикул: HNG.162.BL</t>
+      <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.31.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 370</t>
+Длина, мм: 310</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.30</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.31.BL</t>
+      <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 310</t>
+Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 180</t>
+Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.80</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.35.BL</t>
+      <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 350</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 390</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 160</t>
+Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">42.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.39.BL</t>
+      <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.42.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 390</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 30</t>
+Длина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 35</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 130</t>
+Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.80</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.42.BL</t>
+      <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.44.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 420</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 35</t>
+Длина, мм: 440</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 120</t>
+Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.90</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
-[...3 lines deleted...]
-Артикул: HNG.MR.44.BL</t>
+      <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.46.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 440</t>
+Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.90</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 40</t>
+      <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.31.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 310</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 110</t>
+Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.31.WH</t>
+      <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 310</t>
+Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 180</t>
+Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.90</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.35.WH</t>
+      <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.39.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 350</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 390</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 160</t>
+Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.90</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.39.WH</t>
+      <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.42.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 390</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 30</t>
+Длина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 35</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 130</t>
+Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.42.WH</t>
+      <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.44.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 420</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 35</t>
+Длина, мм: 440</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 120</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
-[...3 lines deleted...]
-Артикул: HNG.MR.44.WH</t>
+      <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.MR.46.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 440</t>
+Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.10</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 40</t>
+      <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.208.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 410</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 110</t>
+Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.10</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.208.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.209.OPL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: опал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">58.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
-[...7 lines deleted...]
-Цвет: опал</t>
+      <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.160.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина плеча, мм: 9</t>
+Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 400</t>
+Примечание: Поставляются под заказ от 1000шт. </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">58.10</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.160.BL</t>
+      <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.215.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 410</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 5</t>
+Длина, мм: 435</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ от 1000шт. </t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 250</t>
+Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 48,3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.70</t>
+      <t xml:space="preserve">34.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.215.BL</t>
+      <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.152.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 435</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 14</t>
+Длина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 48,3 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.70</t>
+      <t xml:space="preserve">16.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.152.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.152.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 150</t>
+Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.80</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.152.TR</t>
-[...3 lines deleted...]
-Цвет: прозрачный</t>
+Артикул: HNG.152.PK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: розовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина плеча, мм: 9</t>
+Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.80</t>
+      <t xml:space="preserve">22.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.152.PK</t>
-[...3 lines deleted...]
-Цвет: розовый</t>
+Артикул: HNG.152.BE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: голубой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
-Материал: пластиковые</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">22.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.152.BE</t>
-[...3 lines deleted...]
-Цвет: голубой</t>
+Артикул: HNG.152.GN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
+Материал: пластиковые</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">22.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 180</t>
+      <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.110.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 460</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 56</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: деревянные</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.50</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.110.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.110.TD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: темное дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 56</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.110.TD</t>
-[...3 lines deleted...]
-Цвет: темное дерево</t>
+Артикул: HNG.110.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 56</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">255.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 56</t>
+      <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.118.WD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: светлое дерево</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
-[...7 lines deleted...]
-Цвет: светлое дерево</t>
+      <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.179.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 96</t>
+Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.179.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.179.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
@@ -4569,181 +4545,120 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
-[...11 lines deleted...]
-Длина, мм: 450</t>
+      <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.224.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.224.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
-    </r>
-[...59 lines deleted...]
-Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
@@ -5331,51 +5246,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeeb62b1_d85d_11ed_b62a_ac1f6b40b531_HNG289BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1083.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324946e4_d85e_11ed_b62a_ac1f6b40b531_HNG289GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2225.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_139.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_240.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_241.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_142.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_243.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_144.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_146.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20864.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202965.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_175.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_180.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E884.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00987.JPG"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473488.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeeb62b1_d85d_11ed_b62a_ac1f6b40b531_HNG289BL2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1083.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324946e4_d85e_11ed_b62a_ac1f6b40b531_HNG289GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2225.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_239.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_240.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_141.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_242.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_143.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_144.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C2499749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize251.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize256.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize262.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202964.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15268.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15269.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15271.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_174.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_178.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_279.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00986.JPG"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473487.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7593,81 +7508,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="866775"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -7946,80 +7861,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -8273,54 +8158,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z50"/>
+  <dimension ref="A1:Z49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B50" sqref="B50"/>
+      <selection activeCell="D49" sqref="D49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -8375,74 +8260,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH 028-42 \Плечики бархатные (L-410мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.289.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">53.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -8875,54 +8760,50 @@
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -8940,54 +8821,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
@@ -9135,54 +9012,50 @@
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9200,54 +9073,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>
@@ -9273,54 +9142,50 @@
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9338,54 +9203,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
@@ -10683,2485 +10544,2485 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">69.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NEQ 45 \ Плечики с бархатным (велюровым) плечом (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.243.BL</t>
+            <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.246.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 450</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 60</t>
+Длина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластиковые</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">38.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.246.BL</t>
+            <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.075.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 390</t>
+Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 220</t>
+Кол-во в упаковке, шт.: 190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">49.98</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.075.BL</t>
+            <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMK.110.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 450</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 380</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 190</t>
+Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.98</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.110.BL</t>
+            <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.077.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 30</t>
+Ширина плеча, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 300</t>
+Кол-во в упаковке, шт.: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.06</t>
+            <t xml:space="preserve">45.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
-[...3 lines deleted...]
-Артикул: HNG.077.BL</t>
+            <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.250.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 380</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 10</t>
+Длина, мм: 430</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 350</t>
+Кол-во в упаковке, шт.: 270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">38.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.250.BL</t>
+            <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.078.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 430</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 12</t>
+Длина, мм: 380</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 270</t>
+Кол-во в упаковке, шт.: 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.078.BL</t>
+            <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMK.109.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 7</t>
+Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 530</t>
+Примечание: зацеп на плече прорезинен</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">49.98</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.109.BL</t>
+            <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.200.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 380</t>
+Длина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: зацеп на плече прорезинен</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 320</t>
+Примечание: Поставляются под заказ от 300шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.98</t>
+            <t xml:space="preserve">52.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.200.BL</t>
+            <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.159.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 440</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 11</t>
+Длина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ от 300шт.</t>
+Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.159.BL</t>
+            <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.157.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 12</t>
+Ширина плеча, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: возможна установка перекладины PE-37</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 300</t>
+Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.157.BL</t>
+            <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.158.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 420</t>
+Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 120</t>
+Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.158.BL</t>
+            <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.162.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 450</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 50</t>
+Длина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 110</t>
+Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70.40</t>
+            <t xml:space="preserve">17.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
-[...3 lines deleted...]
-Артикул: HNG.162.BL</t>
+            <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.31.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 370</t>
+Длина, мм: 310</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.30</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.31.BL</t>
+            <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.35.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 310</t>
+Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 180</t>
+Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.80</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.35.BL</t>
+            <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.39.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 350</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 160</t>
+Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">42.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.39.BL</t>
+            <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.42.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 390</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 30</t>
+Длина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 35</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 130</t>
+Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.80</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.42.BL</t>
+            <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.44.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 420</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 35</t>
+Длина, мм: 440</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 120</t>
+Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.90</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
-[...3 lines deleted...]
-Артикул: HNG.MR.44.BL</t>
+            <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.46.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 440</t>
+Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.90</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 40</t>
+            <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.31.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 310</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 110</t>
+Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.31.WH</t>
+            <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.35.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 310</t>
+Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 180</t>
+Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.90</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.35.WH</t>
+            <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.39.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 350</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 160</t>
+Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.90</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.39.WH</t>
+            <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.42.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 390</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 30</t>
+Длина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 35</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 130</t>
+Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
-[...3 lines deleted...]
-Артикул: HNG.MR.42.WH</t>
+            <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.44.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 420</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 35</t>
+Длина, мм: 440</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 120</t>
+Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
-[...3 lines deleted...]
-Артикул: HNG.MR.44.WH</t>
+            <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.MR.46.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 440</t>
+Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.10</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 40</t>
+            <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.208.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 410</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 110</t>
+Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.10</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.208.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.209.OPL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: опал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">58.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
-[...7 lines deleted...]
-Цвет: опал</t>
+            <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.160.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 9</t>
+Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 400</t>
+Примечание: Поставляются под заказ от 1000шт. </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">58.10</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.160.BL</t>
+            <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.215.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 410</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 5</t>
+Длина, мм: 435</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ от 1000шт. </t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 250</t>
+Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 48,3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.70</t>
+            <t xml:space="preserve">34.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
-[...3 lines deleted...]
-Артикул: HNG.215.BL</t>
+            <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.152.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 435</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 14</t>
+Длина, мм: 415</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 48,3 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.70</t>
+            <t xml:space="preserve">16.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.152.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.152.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 150</t>
+Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.80</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.152.TR</t>
-[...3 lines deleted...]
-Цвет: прозрачный</t>
+Артикул: HNG.152.PK</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: розовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 9</t>
+Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.80</t>
+            <t xml:space="preserve">22.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.152.PK</t>
-[...3 lines deleted...]
-Цвет: розовый</t>
+Артикул: HNG.152.BE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: голубой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
-Материал: пластиковые</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">22.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.152.BE</t>
-[...3 lines deleted...]
-Цвет: голубой</t>
+Артикул: HNG.152.GN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
+Материал: пластиковые</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">22.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 180</t>
+            <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.110.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 56</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: деревянные</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.50</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.110.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.110.TD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: темное дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 56</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.110.TD</t>
-[...3 lines deleted...]
-Цвет: темное дерево</t>
+Артикул: HNG.110.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 56</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">255.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 56</t>
+            <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.118.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
-[...7 lines deleted...]
-Цвет: светлое дерево</t>
+            <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.179.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 96</t>
+Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.179.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.179.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
@@ -13175,95 +13036,95 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
-[...11 lines deleted...]
-Длина, мм: 450</t>
+            <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.224.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.224.WH</t>
           </r>
@@ -13305,563 +13166,497 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B.HNG.224.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
-Материал: деревянные</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 96</t>
+Материал: Деревянные</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: имеются дефекты покрытия, уточняйте у менеджеров и см. на фото.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 107 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">48.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+            <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.224.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
-Материал: Деревянные</t>
-[...11 lines deleted...]
-Старая цена: 107 руб.</t>
+Материал: деревянные</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
-[...11 lines deleted...]
-Длина, мм: 340</t>
+            <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.184.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.184.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.196.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 120</t>
+Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
-[...15 lines deleted...]
-Ширина плеча, мм: 12</t>
+            <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.091.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 96</t>
+Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">193.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
-        <is>
-[...64 lines deleted...]
-      <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>