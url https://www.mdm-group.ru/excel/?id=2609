--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.06.2025</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Крючки на решетки (сетки) 50х50, кронштейны, корзины, полки</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 289 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.375.CH</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 290 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.376.CH</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 291 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.377.CH</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 292 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.378.CH</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 293 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.379.CH</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.76</t>
+      <t xml:space="preserve">39.78</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 294 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.380.CH</t>
@@ -374,172 +374,172 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
-[...23 lines deleted...]
-Диаметр прутка, мм: 9</t>
+      <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: N70.090.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">23.46</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 200*</t>
+      <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DSN.007.300.9.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.46</t>
+      <t xml:space="preserve">245.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 708.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.124.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 710.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.091.CH</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 341 \ Крючок на решетку с ценникодержателем L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.391.CH</t>
@@ -724,51 +724,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.06</t>
+      <t xml:space="preserve">55.08</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 342 \ Крючок на решетку с ценникодержателем L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.392.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -785,51 +785,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.22</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.031.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -911,51 +911,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.292S.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -972,51 +972,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.00</t>
+      <t xml:space="preserve">38.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.001.100.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1033,51 +1033,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8080097</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.00</t>
+      <t xml:space="preserve">77.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.001.150.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1090,51 +1090,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.002.100.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1147,51 +1147,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.002.150.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1204,51 +1204,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 301 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.301.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1257,51 +1257,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 302 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.302.CH</t>
@@ -1314,51 +1314,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">71.40</t>
+      <t xml:space="preserve">72.42</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 303 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.303.CH</t>
@@ -1371,51 +1371,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">84.66</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 300 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.385.CH</t>
@@ -1428,51 +1428,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 301 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.386.CH</t>
@@ -1485,51 +1485,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.10</t>
+      <t xml:space="preserve">57.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 302 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.387.CH</t>
@@ -1542,51 +1542,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60.18</t>
+      <t xml:space="preserve">61.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 303 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.388.CH</t>
@@ -1599,51 +1599,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">70.38</t>
+      <t xml:space="preserve">71.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 304 \ Крючок двойной на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.389.CH</t>
@@ -1656,51 +1656,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18101T \ Корзина на решетку (590х300х100)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.18101T.ZN</t>
@@ -1721,51 +1721,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Диаметр прутка 5 и 2,4мм. Возможна поставка в любом цвете под заказ от 200шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">680.00</t>
+      <t xml:space="preserve">694.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18101S \ Корзина на торговую решетку (сетку) (600х300х100)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.157S.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -2192,51 +2192,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">295.00</t>
+      <t xml:space="preserve">301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.023.200.1.8.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2245,51 +2245,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.023.200R \ Полкодержатель правый (L200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.023.200.1.8.R.22450.4N100</t>
@@ -2302,51 +2302,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 701.YN \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.329.CH</t>
@@ -2506,201 +2506,201 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GW 013 \ Кронштейн на торговую решетку (сетку) 7 штырьков</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+      <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DSN.005.300.9.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.36</t>
+      <t xml:space="preserve">291.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">GW 013 \ Кронштейн на торговую решетку (сетку) 7 штырьков</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: N50.382.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">285.00</t>
+      <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GW 011 \ Кронштейн на торговую решетку (сетку) 7 шариков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.384.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87.72</t>
+      <t xml:space="preserve">89.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GW 701 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CF.077.CH</t>
@@ -2774,165 +2774,165 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
-[...23 lines deleted...]
-Старая цена: 200 руб.</t>
+      <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DSN.006.250.9.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: N50.112.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 105 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.105.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3462,51 +3462,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.80</t>
+      <t xml:space="preserve">5.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 114-550 \ Штанга на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.371.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3576,51 +3576,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GW 105.YN \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.152.CH</t>
@@ -3747,51 +3747,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4.5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 117 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.117.CH</t>
@@ -3979,100 +3979,100 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 706 \ Колпак для головного убора</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.377.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GWH \ Крючок на торговую решетку (сетку)</t>
@@ -4081,51 +4081,51 @@
       <t xml:space="preserve">
 Артикул: N70.055.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.86</t>
+      <t xml:space="preserve">44.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4150,100 +4150,100 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 500 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TH.4.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.60</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-5 \ Заглушка для крючка диаметром 5мм</t>
@@ -4256,51 +4256,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.70</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-6 \ Заглушка для крючка диаметром 6мм</t>
@@ -4313,51 +4313,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4425,51 +4425,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5177_02ae_11e0_b16f_003048d0c7fe_DDBFF08E_9940_4B0A_9AEE_B3D21C71041E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97ff_068c_11e0_99a4_003048f27c5f_83AE1DB3_A82F_4EE5_A2A0_2D21F015C5A93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418a_fdef_11df_b16f_003048d0c7fe_F3A7C515_81EE_43AE_BE8B_2A148F170E404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9ab_01cb_11e0_b16f_003048d0c7fe_E5A32656_8D71_4910_86AE_3B2D90BBEB565.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418d_fdef_11df_b16f_003048d0c7fe_E8CE0F32_B8B0_4823_A7D5_09AF9E9E71E96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e8b_0e70_11e0_99a4_003048f27c5f_DB3B9AB1_D728_4BB1_B481_8F8E6BE3F2287.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3236_fdef_11df_b16f_003048d0c7fe_58D21062_E03E_4AD4_9061_7A252E8B4E729.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9f_fdef_11df_b16f_003048d0c7fe_A43638CE_60D9_4A34_B112_C9C273EA099410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178fc_fea3_11df_b16f_003048d0c7fe_5FEA9FCF_0BD2_4A94_A6E1_BD9637EE08D611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178f9_fea3_11df_b16f_003048d0c7fe_8C2B5F4D_217B_48B1_B044_A9D31EFB7CE412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a145b2c_2a60_11ef_a821_0050569cf81d_N50-391-CH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fd47d2_2a60_11ef_a821_0050569cf81d_N50-392-CH-214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47d9_3fe9_11e0_86e2_003048f27c5f_19B11B50_1172_4228_8E6F_FA3AD2C4007615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd46b22_08dd_11e0_99a4_003048f27c5f_9DD94DDB_2FA0_4626_96C3_5D88546297B122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60aa_01cb_11e0_b16f_003048d0c7fe_FFFC12B0_3918_4050_A33E_F15D4EC4222123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a7996_074c_11e0_99a4_003048f27c5f_0CD419A2_5E8C_437E_9A97_F77A237D66DC24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dab67e9_60d2_11e7_9a19_0025902b3cc1_KP30025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94357fd9_60d2_11e7_9a19_0025902b3cc1_KP30126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fa0503_60d2_11e7_9a19_0025902b3cc1_KP30227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60ed51b_60d2_11e7_9a19_0025902b3cc1_KP30328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a193ed_60d2_11e7_9a19_0025902b3cc1_KP30429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640076ec_74c1_11ee_907c_ac1f6b40b531_N7018101TZN30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8d92c_d53c_11ed_b8c7_ac1f6b40b531_N7018101TZN31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7335533_d53c_11ed_b8c7_ac1f6b40b531_N70158S02698MGV1333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205166cd_d53d_11ed_b8c7_ac1f6b40b531_N70165SCH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9c_fdef_11df_b16f_003048d0c7fe_C95C1D4E_A49A_4CFC_AA7F_44DFCFB69BA240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc73_fea3_11df_b16f_003048d0c7fe_57F30B27_2D13_43D0_8592_C4B2166CA00841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df153925_ad6d_11e5_a43a_0025902b3cc1_4E81C5EF_0F08_4188_91DB_9F953A1DD1D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d282df5_60d2_11e7_9a19_0025902b3cc1_gw01343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2bb427_60d2_11e7_9a19_0025902b3cc1_gw01145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84646f5_ad6e_11e5_a43a_0025902b3cc1_B7EA735D_15EB_4308_91C0_ECB986CB70C846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e88_0e70_11e0_99a4_003048f27c5f_AD0CFEA5_5C75_4678_A9FA_DDF61F7FE3FA48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad26_074c_11e0_99a4_003048f27c5f_D0B5292F_906A_41FF_B42F_BBB2543CCBA750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb4b_01cb_11e0_b16f_003048d0c7fe_4A7C618D_06AD_426B_90CE_9D3F067A448E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d69886_2859_11e0_99a4_003048f27c5f_827AB001_3E67_4B4A_86C1_CF97777F0D8952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea5093f_ff1b_11e0_833e_003048f27c5f_2127B86B_3172_4039_85B1_330EDD74E73E53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d236a_0100_11e0_b16f_003048d0c7fe_2F0D52CF_5BE9_4734_8148_71204100710254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e85_0e70_11e0_99a4_003048f27c5f_A7412869_553E_431C_8CE4_FAC6F615219555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bcf_0100_11e0_b16f_003048d0c7fe_36D43657_0B90_4DAF_9D91_895DDB9EB6CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d0d865_ff1c_11e0_833e_003048f27c5f_B80EB213_D549_4C33_A53B_8C5971B455E357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6c59f7_5062_11e0_86e2_003048f27c5f_193DFC49_7FE5_462A_AA76_A99E8D93688558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_159.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72241b_081d_11e0_99a4_003048f27c5f_90A772A3_B417_4393_87DD_1D6ECDDC7FA260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528b1a6d_60d2_11e7_9a19_0025902b3cc1_gw01061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2f16cd_02ae_11e0_b16f_003048d0c7fe_F74D65C1_1B4D_45B1_83F7_E9182ABD26D162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75af15cc_074c_11e0_99a4_003048f27c5f_75af15cc_074c_11e0_99a4_003048f27c5f_dfa31965_3b65_4e11_a7ab_699800e372363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07a397f_60d2_11e7_9a19_0025902b3cc1_KP01664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6f7_0100_11e0_b16f_003048d0c7fe_DC2D5CC7_B926_4B15_965D_22539A40988B65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8bd_01cb_11e0_b16f_003048d0c7fe_B63A512C_DDDD_4C66_8C2C_D0B8726A535C66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb53_01cb_11e0_b16f_003048d0c7fe_34ADCC87_8FD5_4947_B318_157D6AB6942767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cefe15_8f96_11e5_81c1_0025902b3cc1_4FA44674_4C57_43F1_828B_C3A7E41653C769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f98e82_1fa7_11e0_99a4_003048f27c5f_F5AACA11_5966_47BE_B803_500E2426E31670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d2386_0100_11e0_b16f_003048d0c7fe_4CD2097F_612C_41DC_A04B_9E56DCC6A05D71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdefad7_91af_11e9_80b7_0025902b3cc1_472.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6026d8a_91af_11e9_80b7_0025902b3cc1_573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c399a9_91af_11e9_80b7_0025902b3cc1_674.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5177_02ae_11e0_b16f_003048d0c7fe_DDBFF08E_9940_4B0A_9AEE_B3D21C71041E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97ff_068c_11e0_99a4_003048f27c5f_83AE1DB3_A82F_4EE5_A2A0_2D21F015C5A93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418a_fdef_11df_b16f_003048d0c7fe_F3A7C515_81EE_43AE_BE8B_2A148F170E404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9ab_01cb_11e0_b16f_003048d0c7fe_E5A32656_8D71_4910_86AE_3B2D90BBEB565.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418d_fdef_11df_b16f_003048d0c7fe_E8CE0F32_B8B0_4823_A7D5_09AF9E9E71E96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e8b_0e70_11e0_99a4_003048f27c5f_DB3B9AB1_D728_4BB1_B481_8F8E6BE3F2287.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3236_fdef_11df_b16f_003048d0c7fe_58D21062_E03E_4AD4_9061_7A252E8B4E728.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_029.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9f_fdef_11df_b16f_003048d0c7fe_A43638CE_60D9_4A34_B112_C9C273EA099410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178fc_fea3_11df_b16f_003048d0c7fe_5FEA9FCF_0BD2_4A94_A6E1_BD9637EE08D611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178f9_fea3_11df_b16f_003048d0c7fe_8C2B5F4D_217B_48B1_B044_A9D31EFB7CE412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a145b2c_2a60_11ef_a821_0050569cf81d_N50-391-CH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fd47d2_2a60_11ef_a821_0050569cf81d_N50-392-CH-214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47d9_3fe9_11e0_86e2_003048f27c5f_19B11B50_1172_4228_8E6F_FA3AD2C4007615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd46b22_08dd_11e0_99a4_003048f27c5f_9DD94DDB_2FA0_4626_96C3_5D88546297B122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60aa_01cb_11e0_b16f_003048d0c7fe_FFFC12B0_3918_4050_A33E_F15D4EC4222123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a7996_074c_11e0_99a4_003048f27c5f_0CD419A2_5E8C_437E_9A97_F77A237D66DC24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dab67e9_60d2_11e7_9a19_0025902b3cc1_KP30025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94357fd9_60d2_11e7_9a19_0025902b3cc1_KP30126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fa0503_60d2_11e7_9a19_0025902b3cc1_KP30227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60ed51b_60d2_11e7_9a19_0025902b3cc1_KP30328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a193ed_60d2_11e7_9a19_0025902b3cc1_KP30429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640076ec_74c1_11ee_907c_ac1f6b40b531_N7018101TZN30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8d92c_d53c_11ed_b8c7_ac1f6b40b531_N7018101TZN31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7335533_d53c_11ed_b8c7_ac1f6b40b531_N70158S02698MGV1333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205166cd_d53d_11ed_b8c7_ac1f6b40b531_N70165SCH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9c_fdef_11df_b16f_003048d0c7fe_C95C1D4E_A49A_4CFC_AA7F_44DFCFB69BA240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc73_fea3_11df_b16f_003048d0c7fe_57F30B27_2D13_43D0_8592_C4B2166CA00841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df153925_ad6d_11e5_a43a_0025902b3cc1_4E81C5EF_0F08_4188_91DB_9F953A1DD1D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d282df5_60d2_11e7_9a19_0025902b3cc1_gw01344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2bb427_60d2_11e7_9a19_0025902b3cc1_gw01145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84646f5_ad6e_11e5_a43a_0025902b3cc1_B7EA735D_15EB_4308_91C0_ECB986CB70C846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e88_0e70_11e0_99a4_003048f27c5f_AD0CFEA5_5C75_4678_A9FA_DDF61F7FE3FA49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad26_074c_11e0_99a4_003048f27c5f_D0B5292F_906A_41FF_B42F_BBB2543CCBA750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb4b_01cb_11e0_b16f_003048d0c7fe_4A7C618D_06AD_426B_90CE_9D3F067A448E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d69886_2859_11e0_99a4_003048f27c5f_827AB001_3E67_4B4A_86C1_CF97777F0D8952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea5093f_ff1b_11e0_833e_003048f27c5f_2127B86B_3172_4039_85B1_330EDD74E73E53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d236a_0100_11e0_b16f_003048d0c7fe_2F0D52CF_5BE9_4734_8148_71204100710254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e85_0e70_11e0_99a4_003048f27c5f_A7412869_553E_431C_8CE4_FAC6F615219555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bcf_0100_11e0_b16f_003048d0c7fe_36D43657_0B90_4DAF_9D91_895DDB9EB6CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d0d865_ff1c_11e0_833e_003048f27c5f_B80EB213_D549_4C33_A53B_8C5971B455E357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6c59f7_5062_11e0_86e2_003048f27c5f_193DFC49_7FE5_462A_AA76_A99E8D93688558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_159.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72241b_081d_11e0_99a4_003048f27c5f_90A772A3_B417_4393_87DD_1D6ECDDC7FA260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528b1a6d_60d2_11e7_9a19_0025902b3cc1_gw01061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2f16cd_02ae_11e0_b16f_003048d0c7fe_F74D65C1_1B4D_45B1_83F7_E9182ABD26D162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75af15cc_074c_11e0_99a4_003048f27c5f_75af15cc_074c_11e0_99a4_003048f27c5f_dfa31965_3b65_4e11_a7ab_699800e372363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07a397f_60d2_11e7_9a19_0025902b3cc1_KP01664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6f7_0100_11e0_b16f_003048d0c7fe_DC2D5CC7_B926_4B15_965D_22539A40988B65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8bd_01cb_11e0_b16f_003048d0c7fe_B63A512C_DDDD_4C66_8C2C_D0B8726A535C66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb53_01cb_11e0_b16f_003048d0c7fe_34ADCC87_8FD5_4947_B318_157D6AB6942767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cefe15_8f96_11e5_81c1_0025902b3cc1_4FA44674_4C57_43F1_828B_C3A7E41653C769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f98e82_1fa7_11e0_99a4_003048f27c5f_F5AACA11_5966_47BE_B803_500E2426E31670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d2386_0100_11e0_b16f_003048d0c7fe_4CD2097F_612C_41DC_A04B_9E56DCC6A05D71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdefad7_91af_11e9_80b7_0025902b3cc1_472.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6026d8a_91af_11e9_80b7_0025902b3cc1_573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c399a9_91af_11e9_80b7_0025902b3cc1_674.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6989,51 +6989,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.06.2025</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7065,51 +7065,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 290 \ Крючок на торговую решетку (сетку)</t>
           </r>
@@ -7125,51 +7125,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7187,51 +7187,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 292 \ Крючок на торговую решетку (сетку)</t>
           </r>
@@ -7247,51 +7247,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7309,51 +7309,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">39.78</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 294 \ Крючок на торговую решетку (сетку)</t>
           </r>
@@ -7369,180 +7369,180 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
-[...23 lines deleted...]
-Диаметр прутка, мм: 9</t>
+            <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N70.090.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">23.46</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 200*</t>
+            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.007.300.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.46</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KP 708.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N70.124.CH</t>
           </r>
           <r>
@@ -7613,51 +7613,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7675,51 +7675,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 341 \ Крючок на решетку с ценникодержателем L-150мм</t>
           </r>
@@ -7743,51 +7743,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.06</t>
+            <t xml:space="preserve">55.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 342 \ Крючок на решетку с ценникодержателем L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7809,51 +7809,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.22</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.031.CH</t>
           </r>
@@ -7943,51 +7943,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.292S.9005.MU</t>
           </r>
@@ -8007,51 +8007,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.00</t>
+            <t xml:space="preserve">38.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8073,51 +8073,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8080097</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.00</t>
+            <t xml:space="preserve">77.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.001.150.5.22450.4N100</t>
           </r>
@@ -8133,51 +8133,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8195,51 +8195,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.002.150.5.22450.4N100</t>
           </r>
@@ -8255,51 +8255,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 301 \ Крючок двойной на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8313,51 +8313,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 302 \ Крючок двойной на торговую решетку (сетку)</t>
           </r>
@@ -8373,51 +8373,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">71.40</t>
+            <t xml:space="preserve">72.42</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8435,51 +8435,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">84.66</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KP 300 \ Крючок двойной на торговую решетку (сетку)</t>
           </r>
@@ -8495,51 +8495,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8557,51 +8557,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.10</t>
+            <t xml:space="preserve">57.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KP 302 \ Крючок двойной на торговую решетку (сетку)</t>
           </r>
@@ -8617,51 +8617,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60.18</t>
+            <t xml:space="preserve">61.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8679,51 +8679,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70.38</t>
+            <t xml:space="preserve">71.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KP 304 \ Крючок двойной на торговую решетку (сетку)</t>
           </r>
@@ -8739,51 +8739,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8809,51 +8809,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Диаметр прутка 5 и 2,4мм. Возможна поставка в любом цвете под заказ от 200шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">680.00</t>
+            <t xml:space="preserve">694.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18101S \ Корзина на торговую решетку (сетку) (600х300х100)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N70.157S.02698.MGV13</t>
           </r>
@@ -9307,51 +9307,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295.00</t>
+            <t xml:space="preserve">301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9365,51 +9365,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.023.200R \ Полкодержатель правый (L200мм)</t>
           </r>
@@ -9425,51 +9425,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9645,156 +9645,156 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GW 013 \ Кронштейн на торговую решетку (сетку) 7 штырьков</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.005.300.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.36</t>
+            <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">GW 013 \ Кронштейн на торговую решетку (сетку) 7 штырьков</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N50.382.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285.00</t>
+            <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GW 011 \ Кронштейн на торговую решетку (сетку) 7 шариков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.384.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
@@ -9803,51 +9803,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87.72</t>
+            <t xml:space="preserve">89.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9929,173 +9929,173 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
-[...23 lines deleted...]
-Старая цена: 200 руб.</t>
+            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.006.250.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N50.112.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 105 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10665,51 +10665,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.80</t>
+            <t xml:space="preserve">5.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 114-550 \ Штанга на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10787,51 +10787,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10971,51 +10971,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4.5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 117 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
@@ -11219,51 +11219,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 706 \ Колпак для головного убора</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.377.BL</t>
           </r>
@@ -11271,51 +11271,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11329,51 +11329,51 @@
             <t xml:space="preserve">
 Артикул: N70.055.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.86</t>
+            <t xml:space="preserve">44.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11401,51 +11401,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 500 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11455,51 +11455,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.60</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11515,51 +11515,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.70</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11577,51 +11577,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>