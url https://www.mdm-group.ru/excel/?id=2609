--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.01.2026</t>
+      <t xml:space="preserve">06.03.2026</t>
     </r>
   </si>
   <si>
     <t>Крючки на решетки (сетки) 50х50, кронштейны, корзины, полки</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 289 \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.375.CH</t>
     </r>
@@ -395,151 +395,151 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 200*</t>
+      <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DSN.007.300.9.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.46</t>
+      <t xml:space="preserve">245.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
-[...23 lines deleted...]
-Диаметр прутка, мм: 9</t>
+      <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: N70.090.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">245.00</t>
+      <t xml:space="preserve">23.46</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KP 708.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.124.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -822,54 +822,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.031.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Количество товаров по специальной цене ограничено</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">90.00</t>
@@ -2404,115 +2400,107 @@
       </rPr>
       <t xml:space="preserve">521 D69 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.374.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:04:59</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 142 руб.</t>
+Старая цена: 152 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C-521 D69 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CF.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 130 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2791,208 +2779,208 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: N50.112.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153.00</t>
+      <t xml:space="preserve">130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
-[...23 lines deleted...]
-Старая цена: 200 руб.</t>
+      <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DSN.006.250.9.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 105 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.105.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 258 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GW 5H \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.135.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3263,78 +3251,78 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 222 \ Кронштейн на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.222.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 165 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.031.MA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: мокрый асфальт</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3377,54 +3365,50 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 034 \ Кронштейн ступенчатый на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.034.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 325</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 250 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">150.00</t>
@@ -3499,59 +3483,55 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TZ 114-550 \ Штанга на торговую решетку (сетку)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N50.371.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 640 руб.</t>
+Старая цена: 633 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">380.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4097,107 +4077,50 @@
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">44.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
-    </r>
-[...55 lines deleted...]
-      <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TH.4.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4425,51 +4348,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5177_02ae_11e0_b16f_003048d0c7fe_DDBFF08E_9940_4B0A_9AEE_B3D21C71041E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97ff_068c_11e0_99a4_003048f27c5f_83AE1DB3_A82F_4EE5_A2A0_2D21F015C5A93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418a_fdef_11df_b16f_003048d0c7fe_F3A7C515_81EE_43AE_BE8B_2A148F170E404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9ab_01cb_11e0_b16f_003048d0c7fe_E5A32656_8D71_4910_86AE_3B2D90BBEB565.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418d_fdef_11df_b16f_003048d0c7fe_E8CE0F32_B8B0_4823_A7D5_09AF9E9E71E96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e8b_0e70_11e0_99a4_003048f27c5f_DB3B9AB1_D728_4BB1_B481_8F8E6BE3F2287.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3236_fdef_11df_b16f_003048d0c7fe_58D21062_E03E_4AD4_9061_7A252E8B4E728.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_029.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9f_fdef_11df_b16f_003048d0c7fe_A43638CE_60D9_4A34_B112_C9C273EA099410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178fc_fea3_11df_b16f_003048d0c7fe_5FEA9FCF_0BD2_4A94_A6E1_BD9637EE08D611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178f9_fea3_11df_b16f_003048d0c7fe_8C2B5F4D_217B_48B1_B044_A9D31EFB7CE412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a145b2c_2a60_11ef_a821_0050569cf81d_N50-391-CH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fd47d2_2a60_11ef_a821_0050569cf81d_N50-392-CH-214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47d9_3fe9_11e0_86e2_003048f27c5f_19B11B50_1172_4228_8E6F_FA3AD2C4007615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd46b22_08dd_11e0_99a4_003048f27c5f_9DD94DDB_2FA0_4626_96C3_5D88546297B122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60aa_01cb_11e0_b16f_003048d0c7fe_FFFC12B0_3918_4050_A33E_F15D4EC4222123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a7996_074c_11e0_99a4_003048f27c5f_0CD419A2_5E8C_437E_9A97_F77A237D66DC24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dab67e9_60d2_11e7_9a19_0025902b3cc1_KP30025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94357fd9_60d2_11e7_9a19_0025902b3cc1_KP30126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fa0503_60d2_11e7_9a19_0025902b3cc1_KP30227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60ed51b_60d2_11e7_9a19_0025902b3cc1_KP30328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a193ed_60d2_11e7_9a19_0025902b3cc1_KP30429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640076ec_74c1_11ee_907c_ac1f6b40b531_N7018101TZN30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8d92c_d53c_11ed_b8c7_ac1f6b40b531_N7018101TZN31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7335533_d53c_11ed_b8c7_ac1f6b40b531_N70158S02698MGV1333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205166cd_d53d_11ed_b8c7_ac1f6b40b531_N70165SCH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9c_fdef_11df_b16f_003048d0c7fe_C95C1D4E_A49A_4CFC_AA7F_44DFCFB69BA240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc73_fea3_11df_b16f_003048d0c7fe_57F30B27_2D13_43D0_8592_C4B2166CA00841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df153925_ad6d_11e5_a43a_0025902b3cc1_4E81C5EF_0F08_4188_91DB_9F953A1DD1D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d282df5_60d2_11e7_9a19_0025902b3cc1_gw01344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2bb427_60d2_11e7_9a19_0025902b3cc1_gw01145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84646f5_ad6e_11e5_a43a_0025902b3cc1_B7EA735D_15EB_4308_91C0_ECB986CB70C846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e88_0e70_11e0_99a4_003048f27c5f_AD0CFEA5_5C75_4678_A9FA_DDF61F7FE3FA49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad26_074c_11e0_99a4_003048f27c5f_D0B5292F_906A_41FF_B42F_BBB2543CCBA750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb4b_01cb_11e0_b16f_003048d0c7fe_4A7C618D_06AD_426B_90CE_9D3F067A448E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d69886_2859_11e0_99a4_003048f27c5f_827AB001_3E67_4B4A_86C1_CF97777F0D8952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea5093f_ff1b_11e0_833e_003048f27c5f_2127B86B_3172_4039_85B1_330EDD74E73E53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d236a_0100_11e0_b16f_003048d0c7fe_2F0D52CF_5BE9_4734_8148_71204100710254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e85_0e70_11e0_99a4_003048f27c5f_A7412869_553E_431C_8CE4_FAC6F615219555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bcf_0100_11e0_b16f_003048d0c7fe_36D43657_0B90_4DAF_9D91_895DDB9EB6CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d0d865_ff1c_11e0_833e_003048f27c5f_B80EB213_D549_4C33_A53B_8C5971B455E357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6c59f7_5062_11e0_86e2_003048f27c5f_193DFC49_7FE5_462A_AA76_A99E8D93688558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_159.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72241b_081d_11e0_99a4_003048f27c5f_90A772A3_B417_4393_87DD_1D6ECDDC7FA260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528b1a6d_60d2_11e7_9a19_0025902b3cc1_gw01061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2f16cd_02ae_11e0_b16f_003048d0c7fe_F74D65C1_1B4D_45B1_83F7_E9182ABD26D162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75af15cc_074c_11e0_99a4_003048f27c5f_75af15cc_074c_11e0_99a4_003048f27c5f_dfa31965_3b65_4e11_a7ab_699800e372363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07a397f_60d2_11e7_9a19_0025902b3cc1_KP01664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6f7_0100_11e0_b16f_003048d0c7fe_DC2D5CC7_B926_4B15_965D_22539A40988B65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8bd_01cb_11e0_b16f_003048d0c7fe_B63A512C_DDDD_4C66_8C2C_D0B8726A535C66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb53_01cb_11e0_b16f_003048d0c7fe_34ADCC87_8FD5_4947_B318_157D6AB6942767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cefe15_8f96_11e5_81c1_0025902b3cc1_4FA44674_4C57_43F1_828B_C3A7E41653C769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f98e82_1fa7_11e0_99a4_003048f27c5f_F5AACA11_5966_47BE_B803_500E2426E31670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d2386_0100_11e0_b16f_003048d0c7fe_4CD2097F_612C_41DC_A04B_9E56DCC6A05D71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdefad7_91af_11e9_80b7_0025902b3cc1_472.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6026d8a_91af_11e9_80b7_0025902b3cc1_573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c399a9_91af_11e9_80b7_0025902b3cc1_674.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5177_02ae_11e0_b16f_003048d0c7fe_DDBFF08E_9940_4B0A_9AEE_B3D21C71041E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97ff_068c_11e0_99a4_003048f27c5f_83AE1DB3_A82F_4EE5_A2A0_2D21F015C5A93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418a_fdef_11df_b16f_003048d0c7fe_F3A7C515_81EE_43AE_BE8B_2A148F170E404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9ab_01cb_11e0_b16f_003048d0c7fe_E5A32656_8D71_4910_86AE_3B2D90BBEB565.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0418d_fdef_11df_b16f_003048d0c7fe_E8CE0F32_B8B0_4823_A7D5_09AF9E9E71E96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e8b_0e70_11e0_99a4_003048f27c5f_DB3B9AB1_D728_4BB1_B481_8F8E6BE3F2287.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3236_fdef_11df_b16f_003048d0c7fe_58D21062_E03E_4AD4_9061_7A252E8B4E729.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9f_fdef_11df_b16f_003048d0c7fe_A43638CE_60D9_4A34_B112_C9C273EA099410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178fc_fea3_11df_b16f_003048d0c7fe_5FEA9FCF_0BD2_4A94_A6E1_BD9637EE08D611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f178f9_fea3_11df_b16f_003048d0c7fe_8C2B5F4D_217B_48B1_B044_A9D31EFB7CE412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a145b2c_2a60_11ef_a821_0050569cf81d_N50-391-CH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fd47d2_2a60_11ef_a821_0050569cf81d_N50-392-CH-214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47d9_3fe9_11e0_86e2_003048f27c5f_19B11B50_1172_4228_8E6F_FA3AD2C4007615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd46b22_08dd_11e0_99a4_003048f27c5f_9DD94DDB_2FA0_4626_96C3_5D88546297B122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60aa_01cb_11e0_b16f_003048d0c7fe_FFFC12B0_3918_4050_A33E_F15D4EC4222123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a7996_074c_11e0_99a4_003048f27c5f_0CD419A2_5E8C_437E_9A97_F77A237D66DC24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dab67e9_60d2_11e7_9a19_0025902b3cc1_KP30025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94357fd9_60d2_11e7_9a19_0025902b3cc1_KP30126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fa0503_60d2_11e7_9a19_0025902b3cc1_KP30227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60ed51b_60d2_11e7_9a19_0025902b3cc1_KP30328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a193ed_60d2_11e7_9a19_0025902b3cc1_KP30429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640076ec_74c1_11ee_907c_ac1f6b40b531_N7018101TZN30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8d92c_d53c_11ed_b8c7_ac1f6b40b531_N7018101TZN31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7335533_d53c_11ed_b8c7_ac1f6b40b531_N70158S02698MGV1333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205166cd_d53d_11ed_b8c7_ac1f6b40b531_N70165SCH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f9c_fdef_11df_b16f_003048d0c7fe_C95C1D4E_A49A_4CFC_AA7F_44DFCFB69BA240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc73_fea3_11df_b16f_003048d0c7fe_57F30B27_2D13_43D0_8592_C4B2166CA00841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df153925_ad6d_11e5_a43a_0025902b3cc1_4E81C5EF_0F08_4188_91DB_9F953A1DD1D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d282df5_60d2_11e7_9a19_0025902b3cc1_gw01344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2bb427_60d2_11e7_9a19_0025902b3cc1_gw01145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84646f5_ad6e_11e5_a43a_0025902b3cc1_B7EA735D_15EB_4308_91C0_ECB986CB70C846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e88_0e70_11e0_99a4_003048f27c5f_AD0CFEA5_5C75_4678_A9FA_DDF61F7FE3FA48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad26_074c_11e0_99a4_003048f27c5f_D0B5292F_906A_41FF_B42F_BBB2543CCBA750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb4b_01cb_11e0_b16f_003048d0c7fe_4A7C618D_06AD_426B_90CE_9D3F067A448E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d69886_2859_11e0_99a4_003048f27c5f_827AB001_3E67_4B4A_86C1_CF97777F0D8952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea5093f_ff1b_11e0_833e_003048f27c5f_2127B86B_3172_4039_85B1_330EDD74E73E53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d236a_0100_11e0_b16f_003048d0c7fe_2F0D52CF_5BE9_4734_8148_71204100710254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291e85_0e70_11e0_99a4_003048f27c5f_A7412869_553E_431C_8CE4_FAC6F615219555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bcf_0100_11e0_b16f_003048d0c7fe_36D43657_0B90_4DAF_9D91_895DDB9EB6CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d0d865_ff1c_11e0_833e_003048f27c5f_B80EB213_D549_4C33_A53B_8C5971B455E357.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6c59f7_5062_11e0_86e2_003048f27c5f_193DFC49_7FE5_462A_AA76_A99E8D93688558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_159.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72241b_081d_11e0_99a4_003048f27c5f_90A772A3_B417_4393_87DD_1D6ECDDC7FA260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528b1a6d_60d2_11e7_9a19_0025902b3cc1_gw01061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2f16cd_02ae_11e0_b16f_003048d0c7fe_F74D65C1_1B4D_45B1_83F7_E9182ABD26D162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75af15cc_074c_11e0_99a4_003048f27c5f_75af15cc_074c_11e0_99a4_003048f27c5f_dfa31965_3b65_4e11_a7ab_699800e372363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07a397f_60d2_11e7_9a19_0025902b3cc1_KP01664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6f7_0100_11e0_b16f_003048d0c7fe_DC2D5CC7_B926_4B15_965D_22539A40988B65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8bd_01cb_11e0_b16f_003048d0c7fe_B63A512C_DDDD_4C66_8C2C_D0B8726A535C66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb53_01cb_11e0_b16f_003048d0c7fe_34ADCC87_8FD5_4947_B318_157D6AB6942767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cefe15_8f96_11e5_81c1_0025902b3cc1_4FA44674_4C57_43F1_828B_C3A7E41653C769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f98e82_1fa7_11e0_99a4_003048f27c5f_F5AACA11_5966_47BE_B803_500E2426E31670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdefad7_91af_11e9_80b7_0025902b3cc1_471.JPG"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6026d8a_91af_11e9_80b7_0025902b3cc1_572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c399a9_91af_11e9_80b7_0025902b3cc1_673.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6620,80 +6543,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6947,93 +6840,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z43"/>
+  <dimension ref="A1:Z42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B43" sqref="B43"/>
+      <selection activeCell="D42" sqref="D42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.01.2026</t>
+            <t xml:space="preserve">06.03.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7395,154 +7288,154 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 200*</t>
+            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.007.300.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.46</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
-[...23 lines deleted...]
-Диаметр прутка, мм: 9</t>
+            <t xml:space="preserve">KP 707.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N70.090.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">245.00</t>
+            <t xml:space="preserve">23.46</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KP 708.YN(463 d=3) \ Крючок на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N70.124.CH</t>
           </r>
           <r>
@@ -7849,54 +7742,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.031.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Количество товаров по специальной цене ограничено</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">90.00</t>
@@ -9535,120 +9424,112 @@
             </rPr>
             <t xml:space="preserve">521 D69 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.374.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:04:59</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 142 руб.</t>
+Старая цена: 152 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">151.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C-521 D69 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CF.064.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 130 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9951,216 +9832,216 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N50.112.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TZ 112 \ Кронштейн наклонный на торговую решетку (сетку)</t>
-[...23 lines deleted...]
-Старая цена: 200 руб.</t>
+            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.006.250.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 105 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.105.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 258 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GW 5H \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N70.135.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
@@ -10455,78 +10336,78 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 222 \ Кронштейн на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.222.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 165 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 031 \ Кронштейн горизонтальный на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.031.MA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: мокрый асфальт</t>
@@ -10577,54 +10458,50 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 034 \ Кронштейн ступенчатый на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.034.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 325</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 250 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150.00</t>
@@ -10707,59 +10584,55 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TZ 114-550 \ Штанга на торговую решетку (сетку)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: N50.371.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 640 руб.</t>
+Старая цена: 633 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
@@ -11361,223 +11234,161 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GW 770 \ Полка на торговую решетку (сетку)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TH.4.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ПВХ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
-[...3 lines deleted...]
-Артикул: TH.4.BL</t>
+            <t xml:space="preserve">TH-5 \ Заглушка для крючка диаметром 5мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TH.5.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр прутка, мм: 4</t>
+Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
-        <is>
-[...60 lines deleted...]
-      <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TH-6 \ Заглушка для крючка диаметром 6мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TH.6.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>