--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.08.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Пуфики, пуфы, банкетки для примерки обуви</t>
   </si>
   <si>
     <t>Возможно изготовление банкеток в нестандартных цветах (за нестандартный цвет взымается доплата +30%, сроки и минимальная партия обсуждается индивидуально с менеджером).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.BN \ Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.030.BN.GR</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Глубина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1599.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.BN \  Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.030.BN.BL</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1599.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комфорт.BN \Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.049.BN.GR</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2909.00</t>
+      <t xml:space="preserve">2967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.049.BN.BL</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2909.00</t>
+      <t xml:space="preserve">2967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.ТК \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.030.BG.T</t>
@@ -797,51 +797,51 @@
       <t xml:space="preserve">
 Ширина, мм: 670</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8230628</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2909.00</t>
+      <t xml:space="preserve">2967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.017.GR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1765,51 +1765,51 @@
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1955.00</t>
+      <t xml:space="preserve">1994.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.BSH.098.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1826,181 +1826,181 @@
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4300.00</t>
+      <t xml:space="preserve">4386.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: S.BSH.098.BR</t>
+Артикул: S.BSH.098.3255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6800.00</t>
+      <t xml:space="preserve">16400.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: S.BSH.098.3255</t>
+Артикул: S.BSH.098.BR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 7100 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16400.00</t>
+      <t xml:space="preserve">6800.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: S.BSH.098.1112</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: металлик</t>
@@ -2078,51 +2078,51 @@
       <t xml:space="preserve">
 Высота, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2047.00</t>
+      <t xml:space="preserve">2088.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-10.1 \ Опора банкетки трапеция (комплект)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.BSH.4503.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2139,51 +2139,51 @@
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: окрашенный металл </t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В комплект входит 2 опоры и набор фурнитуры. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2850.00</t>
+      <t xml:space="preserve">2907.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-10 \ Сиденье банкетки HQ-10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: S.BSH.111.BG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бежевый</t>
@@ -2304,51 +2304,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec529fe9_cef1_11ee_a821_0050569cf81d_BSH030BNGR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1d9ea_cef2_11ee_a821_0050569cf81d_BSH030BNBL3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ac3ae_cef1_11ee_a821_0050569cf81d_BSH049BNGR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86207e4a_cef1_11ee_a821_0050569cf81d_BSH049BNBL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a29826_af66_11e3_ba4d_0025902b3cc1_bejevii6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc62_fea3_11df_b16f_003048d0c7fe_oranjevii7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9d3a84_af67_11e3_ba4d_0025902b3cc1_chernii8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5350d8c_af68_11e3_ba4d_0025902b3cc1_sinii9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c404c_af65_11e3_ba4d_0025902b3cc1_krasnii10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oranj11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56be3816_af63_11e3_ba4d_0025902b3cc1_bejevii12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/belii113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BSH.033.WH_inv14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e90b4a9_552a_11e8_ade2_0025902b3cc1_serii15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dcbddf_650a_11e6_9c74_0025902b3cc0_chern16.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c01c2b_8986_11e3_baa0_0025902b3cc1_goluboi17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ebcd1f_c6c0_11e3_a2c8_0025902b3cc1_oranjevii18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd5519f_6ebc_11e6_9c74_0025902b3cc0_bejevii19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/086225e4_161f_11e4_9ca4_0025902b3cc1_bejevii20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eccb0bce_7bf5_11e2_952b_0025902b3cc1_jeltii21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3399b01c_49fd_11e4_9ca4_0025902b3cc1_sinii22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babd3a50_49fc_11e4_9ca4_0025902b3cc1_chernii23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4803c75c_49fa_11e4_9ca4_0025902b3cc1_krasnii24.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fde298_7b18_11e2_b911_0025902b3cc1_orasjevii25.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde33658_335d_11e8_ade2_0025902b3cc1_B46C374C_FBB4_46AC_92BC_4BCB022D216A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de03efb_335d_11e8_ade2_0025902b3cc1_BA55A4B6_54CE_402C_B715_8FD8FFBD95FD27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f2ea4e_d41c_11e7_b78c_0025902b3cc1_metall28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ddd5d_d8bc_11e7_b78c_0025902b3cc1_kor29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030aca88_22cf_11e0_99a4_003048f27c5f_chrom30.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433f80c0_ff17_11e0_833e_003048f27c5f_satin31.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5364dc5b_3fe9_11e0_86e2_003048f27c5f_kor32.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee374c_d4fc_11e7_b78c_0025902b3cc1_kor33.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d219e1c4_d595_11e7_b78c_0025902b3cc1_metal34.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72243c_081d_11e0_99a4_003048f27c5f_BFDC0C02_A8AC_414A_9A8B_405A8512E65235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c1cd4ca_43b3_11eb_80bc_0025902b3cc1_HQ_10136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43c3b2a_4223_11e4_9ca4_0025902b3cc1_137.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec529fe9_cef1_11ee_a821_0050569cf81d_BSH030BNGR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1d9ea_cef2_11ee_a821_0050569cf81d_BSH030BNBL3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ac3ae_cef1_11ee_a821_0050569cf81d_BSH049BNGR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86207e4a_cef1_11ee_a821_0050569cf81d_BSH049BNBL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a29826_af66_11e3_ba4d_0025902b3cc1_bejevii6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc62_fea3_11df_b16f_003048d0c7fe_oranjevii7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9d3a84_af67_11e3_ba4d_0025902b3cc1_chernii8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5350d8c_af68_11e3_ba4d_0025902b3cc1_sinii9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c404c_af65_11e3_ba4d_0025902b3cc1_krasnii10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oranj11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56be3816_af63_11e3_ba4d_0025902b3cc1_bejevii12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/belii113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BSH.033.WH_inv14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e90b4a9_552a_11e8_ade2_0025902b3cc1_serii15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dcbddf_650a_11e6_9c74_0025902b3cc0_chern16.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c01c2b_8986_11e3_baa0_0025902b3cc1_goluboi17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ebcd1f_c6c0_11e3_a2c8_0025902b3cc1_oranjevii18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd5519f_6ebc_11e6_9c74_0025902b3cc0_bejevii19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/086225e4_161f_11e4_9ca4_0025902b3cc1_bejevii20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eccb0bce_7bf5_11e2_952b_0025902b3cc1_jeltii21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3399b01c_49fd_11e4_9ca4_0025902b3cc1_sinii22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babd3a50_49fc_11e4_9ca4_0025902b3cc1_chernii23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4803c75c_49fa_11e4_9ca4_0025902b3cc1_krasnii24.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fde298_7b18_11e2_b911_0025902b3cc1_orasjevii25.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde33658_335d_11e8_ade2_0025902b3cc1_B46C374C_FBB4_46AC_92BC_4BCB022D216A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de03efb_335d_11e8_ade2_0025902b3cc1_BA55A4B6_54CE_402C_B715_8FD8FFBD95FD27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f2ea4e_d41c_11e7_b78c_0025902b3cc1_metall28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ddd5d_d8bc_11e7_b78c_0025902b3cc1_kor29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030aca88_22cf_11e0_99a4_003048f27c5f_chrom30.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433f80c0_ff17_11e0_833e_003048f27c5f_satin31.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee374c_d4fc_11e7_b78c_0025902b3cc1_kor32.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5364dc5b_3fe9_11e0_86e2_003048f27c5f_kor33.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d219e1c4_d595_11e7_b78c_0025902b3cc1_metal34.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72243c_081d_11e0_99a4_003048f27c5f_BFDC0C02_A8AC_414A_9A8B_405A8512E65235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c1cd4ca_43b3_11eb_80bc_0025902b3cc1_HQ_10136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43c3b2a_4223_11e4_9ca4_0025902b3cc1_137.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3758,51 +3758,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.08.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3834,51 +3834,51 @@
             <t xml:space="preserve">
 Глубина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1599.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">КУБ.BN \  Банкетка</t>
           </r>
@@ -3894,51 +3894,51 @@
             <t xml:space="preserve">
 Глубина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1599.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3956,51 +3956,51 @@
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2909.00</t>
+            <t xml:space="preserve">2967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
           </r>
@@ -4016,51 +4016,51 @@
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2909.00</t>
+            <t xml:space="preserve">2967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4590,51 +4590,51 @@
             <t xml:space="preserve">
 Ширина, мм: 670</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8230628</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2909.00</t>
+            <t xml:space="preserve">2967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BSH.017.GR.T</t>
           </r>
@@ -5622,51 +5622,51 @@
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1955.00</t>
+            <t xml:space="preserve">1994.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.BSH.098.SA</t>
           </r>
@@ -5686,189 +5686,189 @@
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4300.00</t>
+            <t xml:space="preserve">4386.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: S.BSH.098.BR</t>
+Артикул: S.BSH.098.3255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6800.00</t>
+            <t xml:space="preserve">16400.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: S.BSH.098.3255</t>
+Артикул: S.BSH.098.BR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 7100 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16400.00</t>
+            <t xml:space="preserve">6800.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5954,51 +5954,51 @@
             <t xml:space="preserve">
 Высота, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2047.00</t>
+            <t xml:space="preserve">2088.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-10.1 \ Опора банкетки трапеция (комплект)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6020,51 +6020,51 @@
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: окрашенный металл </t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В комплект входит 2 опоры и набор фурнитуры. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2850.00</t>
+            <t xml:space="preserve">2907.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-10 \ Сиденье банкетки HQ-10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: S.BSH.111.BG</t>
           </r>