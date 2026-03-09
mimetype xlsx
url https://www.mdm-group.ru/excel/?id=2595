--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">30.01.2026</t>
     </r>
   </si>
   <si>
     <t>Пуфики, пуфы, банкетки для примерки обуви</t>
   </si>
   <si>
     <t>Возможно изготовление банкеток в нестандартных цветах (за нестандартный цвет взымается доплата +30%, сроки и минимальная партия обсуждается индивидуально с менеджером).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.BN \ Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.030.BN.GR</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Глубина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1631.00</t>
+      <t xml:space="preserve">1690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.BN \  Банкетка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BSH.030.BN.BL</t>
@@ -146,1207 +146,1203 @@
       <t xml:space="preserve">
 Глубина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1631.00</t>
+      <t xml:space="preserve">1690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт.BN \Банкетка</t>
-[...19 lines deleted...]
-Высота, мм: 410</t>
+      <t xml:space="preserve">КУБ.BN \  Банкетка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.030.BN.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">1690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+      <t xml:space="preserve">Комфорт.BN \Банкетка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.049.BN.GR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3199.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">КУБ.ТК \ Банкетка (пуфик)</t>
-[...27 lines deleted...]
-Примечание: Поставляется со склада</t>
+      <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.049.BN.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2960.00</t>
+      <t xml:space="preserve">3199.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: оранжевый</t>
+      <t xml:space="preserve">КУБ.ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.030.BG.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: бежевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1899.00</t>
+      <t xml:space="preserve">2960.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: BSH.030.BL.T</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: BSH.030.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2960.00</t>
+      <t xml:space="preserve">1899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цилиндр.ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: синий</t>
+      <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.030.BL.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр, мм: 400</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3370.00</t>
+      <t xml:space="preserve">2960.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+      <t xml:space="preserve">Цилиндр.ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.032.BU.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
-Радиус, мм: 400</t>
+Диаметр, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3300.00</t>
+      <t xml:space="preserve">3370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: BSH.031.OR</t>
-[...3 lines deleted...]
-Цвет: оранжевый</t>
+Артикул: BSH.031.RD.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Радиус, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1849.00</t>
+      <t xml:space="preserve">3300.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Ширина, мм: 760</t>
+      <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.031.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
+Радиус, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4100.00</t>
+      <t xml:space="preserve">1849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: BSH.033.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: BSH.033.BG.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: бежевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 760</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2209.00</t>
+      <t xml:space="preserve">4100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Прямоугольник.BN \ Банкетка </t>
-[...23 lines deleted...]
-Картинка анонса: 8230628</t>
+      <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.033.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 760</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 370</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: кожзам</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">2209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
-[...27 lines deleted...]
-Примечание: Поставляется под заказ</t>
+      <t xml:space="preserve">Прямоугольник.BN \ Банкетка </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.033.BN.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 340</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 670</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8230628</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4900.00</t>
+      <t xml:space="preserve">3199.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Овал ТК \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Ширина, мм: 550</t>
+      <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.017.GR.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3660.00</t>
+      <t xml:space="preserve">4900.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Диаметр, мм: 800</t>
+      <t xml:space="preserve">Овал ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.010.BL.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8700.00</t>
+      <t xml:space="preserve">3660.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: BSH.052.OR</t>
-[...3 lines deleted...]
-Цвет: оранжевый ТК</t>
+Артикул: BSH.051.BE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: голубой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8700.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Уют ТК \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 360</t>
+      <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.052.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый ТК</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3770.00</t>
+      <t xml:space="preserve">8700.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: бежевый</t>
+      <t xml:space="preserve">Уют ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.053.BG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: бежевый ТК</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 430</t>
+Высота, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5600.00</t>
+      <t xml:space="preserve">3770.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт.1123 \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: желтый</t>
+      <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.042.BG.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: бежевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: синий</t>
+      <t xml:space="preserve">Комфорт.1123 \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.042.YE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: BSH.042.BL.T</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: BSH.044.BU.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
@@ -1355,632 +1351,689 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт плюс ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+      <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.042.BL.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 810</t>
+Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6990.00</t>
+      <t xml:space="preserve">5600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Комфорт плюс. 1017 \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: оранжевый</t>
+      <t xml:space="preserve">Комфорт плюс ТК \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.049.RD.T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 810</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: Поставляется со склада</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3690.00</t>
+      <t xml:space="preserve">6990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пуфик футбольный мяч большой \ Банкетка (пуфик)</t>
-[...11 lines deleted...]
-Диаметр, мм: 500</t>
+      <t xml:space="preserve">Комфорт плюс. 1017 \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.049.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 810</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Цвет кожзаменителя: белый/черный</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5109.00</t>
+      <t xml:space="preserve">3690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сердце 3104. 9001 \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 380</t>
+      <t xml:space="preserve">Пуфик футбольный мяч большой \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.088.WH.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый/черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
-[...3 lines deleted...]
-Цвет кожзаменителя: красный/белый</t>
+Цвет кожзаменителя: белый/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8409.00</t>
+      <t xml:space="preserve">5109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Круг 1200 \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Диаметр, мм: 1200</t>
+      <t xml:space="preserve">Сердце 3104. 9001 \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.079.RD.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный/белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 650</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 570</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
-[...3 lines deleted...]
-Цвет кожзаменителя: металлик</t>
+Примечание: Поставляется со склада</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет кожзаменителя: красный/белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21890.00</t>
+      <t xml:space="preserve">8409.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HQ-02 \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 480</t>
+      <t xml:space="preserve">Круг 1200 \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.093.1112</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: металлик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 320</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Цвет кожзаменителя: коричневый</t>
+Цвет кожзаменителя: металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18150.00</t>
+      <t xml:space="preserve">21890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
-[...19 lines deleted...]
-Высота, мм: 445</t>
+      <t xml:space="preserve">HQ-02 \ Банкетка (пуфик)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: BSH.085.3255</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: коричневый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет кожзаменителя: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1994.00</t>
+      <t xml:space="preserve">18150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: K.BSH.098.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: K.BSH.098.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4386.00</t>
+      <t xml:space="preserve">1994.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
-[...7 lines deleted...]
-Цвет: коричневый</t>
+      <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: K.BSH.098.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16400.00</t>
+      <t xml:space="preserve">4386.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
     </r>
     <r>
       <t xml:space="preserve">
+Артикул: S.BSH.098.3255</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: коричневый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 445</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: кожзам</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Поставляется под заказ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16400.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Артикул: S.BSH.098.BR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: кожзам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7100 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6800.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -2304,51 +2357,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec529fe9_cef1_11ee_a821_0050569cf81d_BSH030BNGR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1d9ea_cef2_11ee_a821_0050569cf81d_BSH030BNBL3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ac3ae_cef1_11ee_a821_0050569cf81d_BSH049BNGR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86207e4a_cef1_11ee_a821_0050569cf81d_BSH049BNBL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a29826_af66_11e3_ba4d_0025902b3cc1_bejevii6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc62_fea3_11df_b16f_003048d0c7fe_oranjevii7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9d3a84_af67_11e3_ba4d_0025902b3cc1_chernii8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5350d8c_af68_11e3_ba4d_0025902b3cc1_sinii9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c404c_af65_11e3_ba4d_0025902b3cc1_krasnii10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oranj11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56be3816_af63_11e3_ba4d_0025902b3cc1_bejevii12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/belii113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BSH.033.WH_inv14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e90b4a9_552a_11e8_ade2_0025902b3cc1_serii15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dcbddf_650a_11e6_9c74_0025902b3cc0_chern16.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c01c2b_8986_11e3_baa0_0025902b3cc1_goluboi17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ebcd1f_c6c0_11e3_a2c8_0025902b3cc1_oranjevii18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd5519f_6ebc_11e6_9c74_0025902b3cc0_bejevii19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/086225e4_161f_11e4_9ca4_0025902b3cc1_bejevii20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eccb0bce_7bf5_11e2_952b_0025902b3cc1_jeltii21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3399b01c_49fd_11e4_9ca4_0025902b3cc1_sinii22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babd3a50_49fc_11e4_9ca4_0025902b3cc1_chernii23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4803c75c_49fa_11e4_9ca4_0025902b3cc1_krasnii24.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fde298_7b18_11e2_b911_0025902b3cc1_orasjevii25.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde33658_335d_11e8_ade2_0025902b3cc1_B46C374C_FBB4_46AC_92BC_4BCB022D216A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de03efb_335d_11e8_ade2_0025902b3cc1_BA55A4B6_54CE_402C_B715_8FD8FFBD95FD27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f2ea4e_d41c_11e7_b78c_0025902b3cc1_metall28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ddd5d_d8bc_11e7_b78c_0025902b3cc1_kor29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030aca88_22cf_11e0_99a4_003048f27c5f_chrom30.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433f80c0_ff17_11e0_833e_003048f27c5f_satin31.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee374c_d4fc_11e7_b78c_0025902b3cc1_kor32.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5364dc5b_3fe9_11e0_86e2_003048f27c5f_kor33.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d219e1c4_d595_11e7_b78c_0025902b3cc1_metal34.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72243c_081d_11e0_99a4_003048f27c5f_BFDC0C02_A8AC_414A_9A8B_405A8512E65235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c1cd4ca_43b3_11eb_80bc_0025902b3cc1_HQ_10136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43c3b2a_4223_11e4_9ca4_0025902b3cc1_137.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec529fe9_cef1_11ee_a821_0050569cf81d_BSH030BNGR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1d9ea_cef2_11ee_a821_0050569cf81d_BSH030BNBL3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522e905d_ea86_11ee_a821_0050569cf81d_Kub_red4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ac3ae_cef1_11ee_a821_0050569cf81d_BSH049BNGR5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86207e4a_cef1_11ee_a821_0050569cf81d_BSH049BNBL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a29826_af66_11e3_ba4d_0025902b3cc1_bejevii7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc62_fea3_11df_b16f_003048d0c7fe_oranjevii8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9d3a84_af67_11e3_ba4d_0025902b3cc1_chernii9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5350d8c_af68_11e3_ba4d_0025902b3cc1_sinii10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c404c_af65_11e3_ba4d_0025902b3cc1_krasnii11.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oranj12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56be3816_af63_11e3_ba4d_0025902b3cc1_bejevii13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/belii114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BSH.033.WH_inv15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e90b4a9_552a_11e8_ade2_0025902b3cc1_serii16.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dcbddf_650a_11e6_9c74_0025902b3cc0_chern17.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c01c2b_8986_11e3_baa0_0025902b3cc1_goluboi18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ebcd1f_c6c0_11e3_a2c8_0025902b3cc1_oranjevii19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd5519f_6ebc_11e6_9c74_0025902b3cc0_bejevii20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/086225e4_161f_11e4_9ca4_0025902b3cc1_bejevii21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eccb0bce_7bf5_11e2_952b_0025902b3cc1_jeltii22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3399b01c_49fd_11e4_9ca4_0025902b3cc1_sinii23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babd3a50_49fc_11e4_9ca4_0025902b3cc1_chernii24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4803c75c_49fa_11e4_9ca4_0025902b3cc1_krasnii25.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fde298_7b18_11e2_b911_0025902b3cc1_orasjevii26.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde33658_335d_11e8_ade2_0025902b3cc1_B46C374C_FBB4_46AC_92BC_4BCB022D216A27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de03efb_335d_11e8_ade2_0025902b3cc1_BA55A4B6_54CE_402C_B715_8FD8FFBD95FD28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f2ea4e_d41c_11e7_b78c_0025902b3cc1_metall29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ddd5d_d8bc_11e7_b78c_0025902b3cc1_kor30.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030aca88_22cf_11e0_99a4_003048f27c5f_chrom31.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433f80c0_ff17_11e0_833e_003048f27c5f_satin32.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee374c_d4fc_11e7_b78c_0025902b3cc1_kor33.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5364dc5b_3fe9_11e0_86e2_003048f27c5f_kor34.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d219e1c4_d595_11e7_b78c_0025902b3cc1_metal35.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72243c_081d_11e0_99a4_003048f27c5f_BFDC0C02_A8AC_414A_9A8B_405A8512E65236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c1cd4ca_43b3_11eb_80bc_0025902b3cc1_HQ_10137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43c3b2a_4223_11e4_9ca4_0025902b3cc1_138.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3419,50 +3472,80 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3716,93 +3799,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D24" sqref="D24"/>
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">30.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3834,51 +3917,51 @@
             <t xml:space="preserve">
 Глубина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1631.00</t>
+            <t xml:space="preserve">1690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">КУБ.BN \  Банкетка</t>
           </r>
@@ -3894,967 +3977,967 @@
             <t xml:space="preserve">
 Глубина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1631.00</t>
+            <t xml:space="preserve">1690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт.BN \Банкетка</t>
-[...19 lines deleted...]
-Высота, мм: 410</t>
+            <t xml:space="preserve">КУБ.BN \  Банкетка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.030.BN.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">1690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">Комфорт.BN \Банкетка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.049.BN.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">КУБ.ТК \ Банкетка (пуфик)</t>
-[...27 lines deleted...]
-Примечание: Поставляется со склада</t>
+            <t xml:space="preserve">Комфорт.BN \  Банкетка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.049.BN.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2960.00</t>
+            <t xml:space="preserve">3199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: оранжевый</t>
+            <t xml:space="preserve">КУБ.ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.030.BG.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: бежевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1899.00</t>
+            <t xml:space="preserve">2960.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: BSH.030.BL.T</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: BSH.030.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2960.00</t>
+            <t xml:space="preserve">1899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цилиндр.ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: синий</t>
+            <t xml:space="preserve">КУБ.ТК \  Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.030.BL.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 400</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3370.00</t>
+            <t xml:space="preserve">2960.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+            <t xml:space="preserve">Цилиндр.ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.032.BU.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
-Радиус, мм: 400</t>
+Диаметр, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3300.00</t>
+            <t xml:space="preserve">3370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: BSH.031.OR</t>
-[...3 lines deleted...]
-Цвет: оранжевый</t>
+Артикул: BSH.031.RD.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Радиус, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1849.00</t>
+            <t xml:space="preserve">3300.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Ширина, мм: 760</t>
+            <t xml:space="preserve">Сектор.ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.031.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
+Радиус, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4100.00</t>
+            <t xml:space="preserve">1849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: BSH.033.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: BSH.033.BG.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: бежевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 760</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2209.00</t>
+            <t xml:space="preserve">4100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прямоугольник.BN \ Банкетка </t>
-[...23 lines deleted...]
-Картинка анонса: 8230628</t>
+            <t xml:space="preserve">Прямоугольник.ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.033.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 760</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 370</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: кожзам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">2209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
-[...27 lines deleted...]
-Примечание: Поставляется под заказ</t>
+            <t xml:space="preserve">Прямоугольник.BN \ Банкетка </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.033.BN.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 340</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 670</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8230628</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4900.00</t>
+            <t xml:space="preserve">3199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Овал ТК \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Ширина, мм: 550</t>
+            <t xml:space="preserve">Сота \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.017.GR.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3660.00</t>
+            <t xml:space="preserve">4900.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Диаметр, мм: 800</t>
+            <t xml:space="preserve">Овал ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.010.BL.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8700.00</t>
+            <t xml:space="preserve">3660.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: BSH.052.OR</t>
-[...3 lines deleted...]
-Цвет: оранжевый ТК</t>
+Артикул: BSH.051.BE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: голубой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -4862,319 +4945,315 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8700.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Уют ТК \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 360</t>
+            <t xml:space="preserve">Верона TK \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.052.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый ТК</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3770.00</t>
+            <t xml:space="preserve">8700.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: бежевый</t>
+            <t xml:space="preserve">Уют ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.053.BG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: бежевый ТК</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 430</t>
+Высота, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5600.00</t>
+            <t xml:space="preserve">3770.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт.1123 \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: желтый</t>
+            <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.042.BG.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: бежевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: синий</t>
+            <t xml:space="preserve">Комфорт.1123 \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.042.YE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: BSH.042.BL.T</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: BSH.044.BU.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
@@ -5188,891 +5267,953 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт плюс ТК \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+            <t xml:space="preserve">Комфорт.TK \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.042.BL.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 810</t>
+Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6990.00</t>
+            <t xml:space="preserve">5600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комфорт плюс. 1017 \ Банкетка (пуфик)</t>
-[...7 lines deleted...]
-Цвет: оранжевый</t>
+            <t xml:space="preserve">Комфорт плюс ТК \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.049.RD.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 810</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: Поставляется со склада</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3690.00</t>
+            <t xml:space="preserve">6990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пуфик футбольный мяч большой \ Банкетка (пуфик)</t>
-[...11 lines deleted...]
-Диаметр, мм: 500</t>
+            <t xml:space="preserve">Комфорт плюс. 1017 \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.049.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 810</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Цвет кожзаменителя: белый/черный</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5109.00</t>
+            <t xml:space="preserve">3690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сердце 3104. 9001 \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 380</t>
+            <t xml:space="preserve">Пуфик футбольный мяч большой \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.088.WH.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый/черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
-[...3 lines deleted...]
-Цвет кожзаменителя: красный/белый</t>
+Цвет кожзаменителя: белый/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8409.00</t>
+            <t xml:space="preserve">5109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Круг 1200 \ Банкетка (пуфик)</t>
-[...15 lines deleted...]
-Диаметр, мм: 1200</t>
+            <t xml:space="preserve">Сердце 3104. 9001 \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.079.RD.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный/белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 650</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 570</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
-[...3 lines deleted...]
-Цвет кожзаменителя: металлик</t>
+Примечание: Поставляется со склада</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет кожзаменителя: красный/белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21890.00</t>
+            <t xml:space="preserve">8409.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HQ-02 \ Банкетка (пуфик)</t>
-[...19 lines deleted...]
-Высота, мм: 480</t>
+            <t xml:space="preserve">Круг 1200 \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.093.1112</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: металлик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 320</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Цвет кожзаменителя: коричневый</t>
+Цвет кожзаменителя: металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18150.00</t>
+            <t xml:space="preserve">21890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
-[...19 lines deleted...]
-Высота, мм: 445</t>
+            <t xml:space="preserve">HQ-02 \ Банкетка (пуфик)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: BSH.085.3255</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: коричневый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет кожзаменителя: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1994.00</t>
+            <t xml:space="preserve">18150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: K.BSH.098.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: K.BSH.098.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4386.00</t>
+            <t xml:space="preserve">1994.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
-[...7 lines deleted...]
-Цвет: коричневый</t>
+            <t xml:space="preserve">HQ-4 \ Каркас банкетки HQ-4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: K.BSH.098.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется под заказ</t>
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16400.00</t>
+            <t xml:space="preserve">4386.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: S.BSH.098.BR</t>
+Артикул: S.BSH.098.3255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6800.00</t>
+            <t xml:space="preserve">16400.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: S.BSH.098.1112</t>
-[...3 lines deleted...]
-Цвет: металлик</t>
+Артикул: S.BSH.098.BR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 7100 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16400.00</t>
+            <t xml:space="preserve">6800.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HQ-8 \ Каркас банкетки HQ-8</t>
-[...19 lines deleted...]
-Высота, мм: 420</t>
+            <t xml:space="preserve">HQ-4 \ Сиденье банкетки HQ-4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: S.BSH.098.1112</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: металлик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: кожзам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется со склада</t>
+Примечание: Поставляется под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2088.00</t>
+            <t xml:space="preserve">16400.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HQ-10.1 \ Опора банкетки трапеция (комплект)</t>
-[...7 lines deleted...]
-Цвет: черный муар</t>
+            <t xml:space="preserve">HQ-8 \ Каркас банкетки HQ-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: K.BSH.097.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1300</t>
-[...11 lines deleted...]
-Примечание: В комплект входит 2 опоры и набор фурнитуры. </t>
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: кожзам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Поставляется со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2907.00</t>
+            <t xml:space="preserve">2088.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HQ-10.1 \ Опора банкетки трапеция (комплект)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: K.BSH.4503.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: окрашенный металл </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: В комплект входит 2 опоры и набор фурнитуры. </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2907.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" s="4"/>
+      <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HQ-10 \ Сиденье банкетки HQ-10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: S.BSH.111.BG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бежевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>