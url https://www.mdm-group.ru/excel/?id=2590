--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2023</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Световые панели</t>
   </si>
   <si>
     <t>Световые панели предназначены для размещения световой рекламы, для оформления интерьеров, торговых залов, мест продаж, ресторанов, баров, офисов и выставок. Стильные, изящные, легкие, со светодиодной подсветкой. Они украсят самый изысканный интерьер. Постер на Duratrance: Очень высокая контрастность, высокая плотность цветов (особенно в насыщенном черном) Постер на Backlit: Глубина цвета до 16 бит на канал, 12-цветная печать (весь охват RGB и CMYK) Меньшая насыщенность цветов, особенно в насыщенном черном.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Световая панель CRYSTAL LUX A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMR.439</t>
     </r>
@@ -426,95 +426,91 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Световая панель CRYSTAL LUX А1 PLUS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMR.443</t>
     </r>
     <r>
       <t xml:space="preserve">
 Габаритные размеры, мм: 949x702x11</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 10</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер видимого поля, мм: 830x585</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер изображения, мм: 850x603</t>
     </r>
     <r>
       <t xml:space="preserve">
 Электро-потребление, W: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вертикальное размещение:: да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Горизонтальное размещение:: да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Описание:: В прозрачном корпусе с ажурным свечением по периметру, окружающим изображение ярким ореолом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21770.00</t>
+      <t xml:space="preserve">22205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Световая панель CRYSTAL LUX А0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMR.444</t>
     </r>
     <r>
       <t xml:space="preserve">
 Габаритные размеры, мм: 1300x951x13</t>
@@ -4115,51 +4111,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2023</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4547,95 +4543,91 @@
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Световая панель CRYSTAL LUX А1 PLUS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OMR.443</t>
           </r>
           <r>
             <t xml:space="preserve">
 Габаритные размеры, мм: 949x702x11</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 10</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер видимого поля, мм: 830x585</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер изображения, мм: 850x603</t>
           </r>
           <r>
             <t xml:space="preserve">
 Электро-потребление, W: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вертикальное размещение:: да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Горизонтальное размещение:: да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Описание:: В прозрачном корпусе с ажурным свечением по периметру, окружающим изображение ярким ореолом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21770.00</t>
+            <t xml:space="preserve">22205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Световая панель CRYSTAL LUX А0</t>
           </r>
           <r>
             <t xml:space="preserve">