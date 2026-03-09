--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1432,225 +1432,225 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Световая панель CRYSTAL MOBILE А0 D</t>
-[...11 lines deleted...]
-Вес, кг: 25,7</t>
+      <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OMR.570</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Габаритные размеры, мм: 1500x1000x13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес, кг: 29,1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Размер видимого поля, мм: 1159x811</t>
-[...7 lines deleted...]
-Электро-потребление, W: 48,3</t>
+Размер видимого поля, мм: 1360x860</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер изображения, мм: 1385х885</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Электро-потребление, W: 33,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вертикальное размещение:: да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА D</t>
-[...11 lines deleted...]
-Вес, кг: 38,8</t>
+      <t xml:space="preserve">Световая панель CRYSTAL MOBILE А0 D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OMR.453</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Габаритные размеры, мм: 1300x950x16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес, кг: 25,7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Размер видимого поля, мм: 1360x860</t>
-[...7 lines deleted...]
-Электро-потребление, W: 48</t>
+Размер видимого поля, мм: 1159x811</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер изображения, мм: 1179x831</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Электро-потребление, W: 48,3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вертикальное размещение:: да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА</t>
-[...11 lines deleted...]
-Вес, кг: 29,1</t>
+      <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OMR.571</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Габаритные размеры, мм: 1500х1000х16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес, кг: 38,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер видимого поля, мм: 1360x860</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер изображения, мм: 1385х885</t>
     </r>
     <r>
       <t xml:space="preserve">
-Электро-потребление, W: 33,5</t>
+Электро-потребление, W: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вертикальное размещение:: да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -2687,51 +2687,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccb9d02_ff95_11e0_833e_003048f27c5f_E22EB8C9_DF57_4BF1_977F_130EAC6AF16C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a81c_0427_11e0_99a4_003048f27c5f_69910BD8_B75C_429E_9C95_4114408786223.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ecc1dc_4a14_11e0_86e2_003048f27c5f_F683CEE7_F45A_4920_9FD1_0B2C1939CDAB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679a62_7603_11e0_afc8_003048f27c5f_DEF39290_C85C_43E6_B24C_FB49A100A3BF5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171521_ff95_11e0_833e_003048f27c5f_CCC0C577_48A5_4F73_B116_14A905D6339A6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ecc1de_4a14_11e0_86e2_003048f27c5f_353D2815_E57D_4766_B2AE_8F7762BD2E8D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171528_ff95_11e0_833e_003048f27c5f_09C41062_CE54_4019_83BD_1D497CEF4B008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8117152d_ff95_11e0_833e_003048f27c5f_0A273989_6B9C_47F5_8084_092C220419FF9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0088da5_741b_11e2_8aad_0025902b3cc1_D96C84A1_C7C5_439D_8C81_B8B4518BDCB0.resize210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171532_ff95_11e0_833e_003048f27c5f_0B1DE990_87B6_482A_A963_DEA95A459C8B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714de_ff95_11e0_833e_003048f27c5f_95196ABA_BC5E_4A27_806B_C3B820659EA912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844cdea3_1108_11e2_99cf_0025902b3cc1_BD3D2FCD_9B62_4AC0_893C_A31C85CD0A6113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714e3_ff95_11e0_833e_003048f27c5f_0903B0B2_9214_4A81_9582_37783805DB2514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a81f_0427_11e0_99a4_003048f27c5f_45169617_6F3E_4A03_8B2E_B851F61E91E215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a6d2d1_8bde_11e2_952b_0025902b3cc1_B043BF81_7EF3_4CDB_A577_8D5FF8160867.resize216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5bc23c_7425_11e2_8aad_0025902b3cc1_C3A4C951_3A1B_4CC2_86AE_B01B3A1CF0C5.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714e8_ff95_11e0_833e_003048f27c5f_FA9510E9_9170_4E4A_BF58_F591F48F1A1318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714ed_ff95_11e0_833e_003048f27c5f_9B799AF0_BD5F_4E94_ADCC_5F046C299CE919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714f2_ff95_11e0_833e_003048f27c5f_BA77D725_AADD_42E8_B9D5_2C9D56CAA4AD20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61850966_ff1f_11e0_833e_003048f27c5f_54BEA813_C82A_49B5_B637_1EA9C342461D21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32cda_7427_11e2_8aad_0025902b3cc1_4AEA1AFA_CB5A_444F_A94F_443B623120FA.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32cd3_7427_11e2_8aad_0025902b3cc1_4BF3FAD1_B8ED_48C3_A575_330FA52A8823.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5459a6_ff36_11e0_833e_003048f27c5f_A1F53AE4_9A25_4BDF_9E21_7CD379ABC95124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ba5e8e_ff3c_11e0_833e_003048f27c5f_2977F26E_635E_4B4C_B323_8ED78F4C644525.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315989d2_ff3d_11e0_833e_003048f27c5f_6D355BE3_3EB3_40E3_AF4D_CD6BC4017CE726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8392ea_ff9a_11e0_833e_003048f27c5f_BBAC32F0_C7B1_47BE_9390_680A1B1899DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32ce9_7427_11e2_8aad_0025902b3cc1_55478634_1B5C_438F_9223_185F2066430A.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01295817_7429_11e2_8aad_0025902b3cc1_94B9EDA3_02B4_4DC5_A70C_7124D0062BD229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0129581e_7429_11e2_8aad_0025902b3cc1_2036AC21_4387_4075_88BB_535CD6DCA40C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01295825_7429_11e2_8aad_0025902b3cc1_5C806CEC_D3E3_491E_A800_6190ECAB56F031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0129582c_7429_11e2_8aad_0025902b3cc1_9EA1759A_DEF5_4CF0_8DB5_19C35AF2608E32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172860e3_742a_11e2_8aad_0025902b3cc1_2424D01D_1D40_4C27_8B71_0F669E2DDB7D33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172860ea_742a_11e2_8aad_0025902b3cc1_62F8AE7C_6005_4A2E_A3B5_FCBA3A0D437F34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28dde0d_ad82_11e2_952b_0025902b3cc1_03627D32_412E_4275_BE5F_AE7CC162938F35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28dde14_ad82_11e2_952b_0025902b3cc1_B79A6CDC_2465_4409_8C9C_0A8FDA35970636.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccb9d02_ff95_11e0_833e_003048f27c5f_E22EB8C9_DF57_4BF1_977F_130EAC6AF16C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a81c_0427_11e0_99a4_003048f27c5f_69910BD8_B75C_429E_9C95_4114408786223.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ecc1dc_4a14_11e0_86e2_003048f27c5f_F683CEE7_F45A_4920_9FD1_0B2C1939CDAB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31679a62_7603_11e0_afc8_003048f27c5f_DEF39290_C85C_43E6_B24C_FB49A100A3BF5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171521_ff95_11e0_833e_003048f27c5f_CCC0C577_48A5_4F73_B116_14A905D6339A6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ecc1de_4a14_11e0_86e2_003048f27c5f_353D2815_E57D_4766_B2AE_8F7762BD2E8D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171528_ff95_11e0_833e_003048f27c5f_09C41062_CE54_4019_83BD_1D497CEF4B008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8117152d_ff95_11e0_833e_003048f27c5f_0A273989_6B9C_47F5_8084_092C220419FF9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0088da5_741b_11e2_8aad_0025902b3cc1_D96C84A1_C7C5_439D_8C81_B8B4518BDCB0.resize210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81171532_ff95_11e0_833e_003048f27c5f_0B1DE990_87B6_482A_A963_DEA95A459C8B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714de_ff95_11e0_833e_003048f27c5f_95196ABA_BC5E_4A27_806B_C3B820659EA912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844cdea3_1108_11e2_99cf_0025902b3cc1_BD3D2FCD_9B62_4AC0_893C_A31C85CD0A6113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714e3_ff95_11e0_833e_003048f27c5f_0903B0B2_9214_4A81_9582_37783805DB2514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a81f_0427_11e0_99a4_003048f27c5f_45169617_6F3E_4A03_8B2E_B851F61E91E215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a6d2d1_8bde_11e2_952b_0025902b3cc1_B043BF81_7EF3_4CDB_A577_8D5FF8160867.resize216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5bc23c_7425_11e2_8aad_0025902b3cc1_C3A4C951_3A1B_4CC2_86AE_B01B3A1CF0C5.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714e8_ff95_11e0_833e_003048f27c5f_FA9510E9_9170_4E4A_BF58_F591F48F1A1318.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714ed_ff95_11e0_833e_003048f27c5f_9B799AF0_BD5F_4E94_ADCC_5F046C299CE919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811714f2_ff95_11e0_833e_003048f27c5f_BA77D725_AADD_42E8_B9D5_2C9D56CAA4AD20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32cd3_7427_11e2_8aad_0025902b3cc1_4BF3FAD1_B8ED_48C3_A575_330FA52A8823.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61850966_ff1f_11e0_833e_003048f27c5f_54BEA813_C82A_49B5_B637_1EA9C342461D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32cda_7427_11e2_8aad_0025902b3cc1_4AEA1AFA_CB5A_444F_A94F_443B623120FA.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5459a6_ff36_11e0_833e_003048f27c5f_A1F53AE4_9A25_4BDF_9E21_7CD379ABC95124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ba5e8e_ff3c_11e0_833e_003048f27c5f_2977F26E_635E_4B4C_B323_8ED78F4C644525.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315989d2_ff3d_11e0_833e_003048f27c5f_6D355BE3_3EB3_40E3_AF4D_CD6BC4017CE726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8392ea_ff9a_11e0_833e_003048f27c5f_BBAC32F0_C7B1_47BE_9390_680A1B1899DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca32ce9_7427_11e2_8aad_0025902b3cc1_55478634_1B5C_438F_9223_185F2066430A.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01295817_7429_11e2_8aad_0025902b3cc1_94B9EDA3_02B4_4DC5_A70C_7124D0062BD229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0129581e_7429_11e2_8aad_0025902b3cc1_2036AC21_4387_4075_88BB_535CD6DCA40C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01295825_7429_11e2_8aad_0025902b3cc1_5C806CEC_D3E3_491E_A800_6190ECAB56F031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0129582c_7429_11e2_8aad_0025902b3cc1_9EA1759A_DEF5_4CF0_8DB5_19C35AF2608E32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172860e3_742a_11e2_8aad_0025902b3cc1_2424D01D_1D40_4C27_8B71_0F669E2DDB7D33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172860ea_742a_11e2_8aad_0025902b3cc1_62F8AE7C_6005_4A2E_A3B5_FCBA3A0D437F34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28dde0d_ad82_11e2_952b_0025902b3cc1_03627D32_412E_4275_BE5F_AE7CC162938F35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28dde14_ad82_11e2_952b_0025902b3cc1_B79A6CDC_2465_4409_8C9C_0A8FDA35970636.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5605,233 +5605,233 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Световая панель CRYSTAL MOBILE А0 D</t>
-[...11 lines deleted...]
-Вес, кг: 25,7</t>
+            <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OMR.570</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Габаритные размеры, мм: 1500x1000x13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес, кг: 29,1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер видимого поля, мм: 1159x811</t>
-[...7 lines deleted...]
-Электро-потребление, W: 48,3</t>
+Размер видимого поля, мм: 1360x860</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер изображения, мм: 1385х885</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Электро-потребление, W: 33,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вертикальное размещение:: да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА D</t>
-[...11 lines deleted...]
-Вес, кг: 38,8</t>
+            <t xml:space="preserve">Световая панель CRYSTAL MOBILE А0 D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OMR.453</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Габаритные размеры, мм: 1300x950x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес, кг: 25,7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер видимого поля, мм: 1360x860</t>
-[...7 lines deleted...]
-Электро-потребление, W: 48</t>
+Размер видимого поля, мм: 1159x811</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер изображения, мм: 1179x831</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Электро-потребление, W: 48,3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вертикальное размещение:: да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА</t>
-[...11 lines deleted...]
-Вес, кг: 29,1</t>
+            <t xml:space="preserve">Световая панель CRYSTAL MOBILE АА D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OMR.571</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Габаритные размеры, мм: 1500х1000х16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес, кг: 38,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В панели вставляется изображение, отпечатанное на пленке Дюратранс   или Беклит (цена печати по запросу)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер видимого поля, мм: 1360x860</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер изображения, мм: 1385х885</t>
           </r>
           <r>
             <t xml:space="preserve">
-Электро-потребление, W: 33,5</t>
+Электро-потребление, W: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вертикальное размещение:: да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Горизонтальное размещение:: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Описание:: Версия популярнейшей модели лайтикса серии Crystal Lux. Основное отличие – это возможность крепления на токопроводящих тросах.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>