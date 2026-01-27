--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,611 +33,579 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.03.2022</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Рекламные вывески Relumix</t>
   </si>
   <si>
     <t>Relumix — это светящаяся рекламная вывеска, на которой можно рисовать. Хотите каждый день новую рекламу? Раскройте в себе талант художника! За 5 минут вы можете самостоятельно нанести рекламный рисунок и надписи. Старая реклама легко стирается и наносится новая специальными цветными неоновыми маркерами. Нанесенные на Relumix изображения светятся, мигают и переливаются всеми цветами радуги. Режим подсветки разнообразен и регулируется с помощью кнопки.Рекламная вывеска Relumix эффективна для часто меняющегося оформления витрин в магазинах, кафе и привлекает внимание за счет динамичного светового сопровождения.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A3A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 49х37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 39х27</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 2,3</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный пластиковый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10235.00</t>
+      <t xml:space="preserve">10440.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A2A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 63х46</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 53х36</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 3,6</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный пластиковый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12535.00</t>
+      <t xml:space="preserve">12786.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A1A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 89х64</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 79х54</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 5,6</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный пластиковый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15985.00</t>
+      <t xml:space="preserve">16305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 60х42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 54х36</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 5</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для помещений, без съёмного заднего фона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8970.00</t>
+      <t xml:space="preserve">9149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A2B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 60х42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 50х33</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 3,8</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для улицы, со съемным задним фоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14835.00</t>
+      <t xml:space="preserve">15132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рекламная вывеска Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 84х60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 75х50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 6</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: А1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Модель для улицы, со съемным задним фоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19435.00</t>
+      <t xml:space="preserve">19824.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Настольная панель Relumix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A4E</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 30х21</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 26х19</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 0,5</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: серебристый алюминиевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Аккумулятор: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновый маркер (1 шт. белый цвет), блок питания, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3968.00</t>
+      <t xml:space="preserve">4047.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Настольная панель Relumix с аккумулятором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: A4E-B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер внешний, см: 30х21</t>
     </r>
     <r>
       <t xml:space="preserve">
 Видимая часть, см: 26х19</t>
     </r>
     <r>
       <t xml:space="preserve">
-Вес, кг: 1</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Формат: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корпус: серебристый алюминиевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Аккумулятор: есть</t>
     </r>
     <r>
       <t xml:space="preserve">
 В комплект входят: неоновый маркер (1 шт. белый цвет), блок питания, салфетка из микрофибры</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4543.00</t>
+      <t xml:space="preserve">4634.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комплект неоновых маркеров (5шт, разных цветов)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: M5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -650,51 +618,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Подставка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2185.00</t>
+      <t xml:space="preserve">2229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -1448,51 +1416,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.03.2022</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1504,607 +1472,575 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A3A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 49х37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 39х27</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 2,3</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный пластиковый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10235.00</t>
+            <t xml:space="preserve">10440.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A2A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 63х46</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 53х36</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 3,6</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный пластиковый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12535.00</t>
+            <t xml:space="preserve">12786.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A1A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 89х64</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 79х54</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 5,6</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для внутренних помещений, со съемным задним фоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный пластиковый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15985.00</t>
+            <t xml:space="preserve">16305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A2C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 60х42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 54х36</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 5</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для помещений, без съёмного заднего фона</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8970.00</t>
+            <t xml:space="preserve">9149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A2B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 60х42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 50х33</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 3,8</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для улицы, со съемным задним фоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14835.00</t>
+            <t xml:space="preserve">15132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рекламная вывеска Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 84х60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 75х50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 6</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: А1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Модель для улицы, со съемным задним фоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: черный алюминиевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновые маркеры (5 шт. разных цветов), блок питания, крепёж, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19435.00</t>
+            <t xml:space="preserve">19824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Настольная панель Relumix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A4E</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 30х21</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 26х19</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 0,5</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: серебристый алюминиевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Аккумулятор: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновый маркер (1 шт. белый цвет), блок питания, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3968.00</t>
+            <t xml:space="preserve">4047.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Настольная панель Relumix с аккумулятором</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: A4E-B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер внешний, см: 30х21</t>
           </r>
           <r>
             <t xml:space="preserve">
 Видимая часть, см: 26х19</t>
           </r>
           <r>
             <t xml:space="preserve">
-Вес, кг: 1</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Формат: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корпус: серебристый алюминиевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Аккумулятор: есть</t>
           </r>
           <r>
             <t xml:space="preserve">
 В комплект входят: неоновый маркер (1 шт. белый цвет), блок питания, салфетка из микрофибры</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4543.00</t>
+            <t xml:space="preserve">4634.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект неоновых маркеров (5шт, разных цветов)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: M5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -2120,51 +2056,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Подставка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2185.00</t>
+            <t xml:space="preserve">2229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>