--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Демонстрационные кубы, цилиндры Rotart</t>
   </si>
   <si>
     <t>Цвета, отмеченные звездочкой (*), поставляются со склада. Остальные цвета на заказ.Более светлый тон цвета имеет суффикс IN в артикуле.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M_RO_C442-400 \ Куб (200х400х400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.008.IN.N.WH</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8345.00</t>
+      <t xml:space="preserve">8512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO C442 \ Куб (200х400х400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.008.OR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темно-оранжевый (435)</t>
@@ -610,51 +610,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9073.00</t>
+      <t xml:space="preserve">9254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO C444 IN \ Куб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.009.IN.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый (400)</t>
@@ -1241,51 +1241,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10212.00</t>
+      <t xml:space="preserve">10416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO C446 IN \ Куб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.010.IN.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светло-красный (431)</t>
@@ -1856,51 +1856,51 @@
       </rPr>
       <t xml:space="preserve">M RO L 200 \ Подсветка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.013.200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для фигуры высотой, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1048.00</t>
+      <t xml:space="preserve">1069.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1913,51 +1913,51 @@
       </rPr>
       <t xml:space="preserve">M RO L 400 \ Подсветка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.014.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для фигуры высотой, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1048.00</t>
+      <t xml:space="preserve">1069.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1970,51 +1970,51 @@
       </rPr>
       <t xml:space="preserve">M RO L 600 \ Подсветка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.015.600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для фигуры высотой, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1048.00</t>
+      <t xml:space="preserve">1069.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2031,51 +2031,51 @@
       <t xml:space="preserve">
 Артикул: LAL.245.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: холодный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может использоваться для всех видов кубов и цилиндров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2088,51 +2088,51 @@
       <t xml:space="preserve">
 Артикул: LAL.055.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2145,51 +2145,51 @@
       <t xml:space="preserve">
 Артикул: LAL.055.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2202,51 +2202,51 @@
       <t xml:space="preserve">
 Артикул: LAL.055.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -3832,51 +3832,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3912,51 +3912,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8345.00</t>
+            <t xml:space="preserve">8512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M RO C442 \ Куб (200х400х400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.008.OR</t>
           </r>
@@ -4464,51 +4464,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9073.00</t>
+            <t xml:space="preserve">9254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M RO C444 IN \ Куб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5140,51 +5140,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10212.00</t>
+            <t xml:space="preserve">10416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M RO C446 IN \ Куб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.010.IN.RD</t>
           </r>
@@ -5798,51 +5798,51 @@
             </rPr>
             <t xml:space="preserve">M RO L 200 \ Подсветка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.013.200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для фигуры высотой, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1048.00</t>
+            <t xml:space="preserve">1069.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
@@ -5860,51 +5860,51 @@
             </rPr>
             <t xml:space="preserve">M RO L 400 \ Подсветка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.014.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для фигуры высотой, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1048.00</t>
+            <t xml:space="preserve">1069.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
@@ -5920,51 +5920,51 @@
             </rPr>
             <t xml:space="preserve">M RO L 600 \ Подсветка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.015.600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для фигуры высотой, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1048.00</t>
+            <t xml:space="preserve">1069.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
@@ -5986,51 +5986,51 @@
             <t xml:space="preserve">
 Артикул: LAL.245.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: холодный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может использоваться для всех видов кубов и цилиндров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6046,51 +6046,51 @@
             <t xml:space="preserve">
 Артикул: LAL.055.BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6108,51 +6108,51 @@
             <t xml:space="preserve">
 Артикул: LAL.055.GN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6168,51 +6168,51 @@
             <t xml:space="preserve">
 Артикул: LAL.055.RD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Меняя лампы можно менять цвет свечения куба. Внимание! Не может использоваться в кубах и цилиндрах высотой 200 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>