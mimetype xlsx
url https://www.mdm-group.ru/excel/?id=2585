--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1796,54 +1796,50 @@
       <t xml:space="preserve">M RO P944 IN \ Куб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.029.IN.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый (400)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -5738,54 +5734,50 @@
             <t xml:space="preserve">
 Артикул: MRO.029.IN.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый (400)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Более тонкий пластик – проникает больше света. Подсветка в комплект не входит. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>