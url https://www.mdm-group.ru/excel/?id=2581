--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.03.2025</t>
+      <t xml:space="preserve">16.01.2026</t>
     </r>
   </si>
   <si>
     <t>Тележки покупательские для супермаркета</t>
   </si>
   <si>
     <t>Представленные в нашем ассортименте покупательские тележки обладают характеристиками:1. Прочный металлический каркас2. Гальваническое покрытие - цинк с двойным слоем защитного лака3. Износостойкие колесные опоры (тестированные специально для супермаркетов)Под заказ возможна поставка тележек других моделей, а также нанесение логотипа на ручку.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TP-60L \ Тележка покупательская с детским сиденьем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TLG.ETS60XB.ZN.RD</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал колес: полиуретан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Колеса: 100 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6630.00</t>
+      <t xml:space="preserve">6756.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TP-100L \  Тележка покупательская с детским сиденьем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TLG.ETS100XB.ZN.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/красный</t>
@@ -174,51 +174,51 @@
       <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал колес: полиуретан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Колеса: 100 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6834.00</t>
+      <t xml:space="preserve">6965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TP-125L \ Тележка покупательская с детским сиденьем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TLG.ETS125XB.ZN.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/красный</t>
@@ -243,51 +243,51 @@
       <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал колес: полиуретан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Колеса: 100 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8772.00</t>
+      <t xml:space="preserve">8956.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KLO-TQ-2 \  Детская машинка тележка для торговых центров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B.TLG.064.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1515</t>
@@ -369,51 +369,51 @@
       <t xml:space="preserve">
 Столбик: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 1150 1-2 1-90 R \ Столбик для проезда тележек двухсторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.149.1150R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Столбик: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 1150 1-2 2-90 \ Столбик для проезда тележек трехсторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.149.1150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
@@ -479,51 +479,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2280.00</t>
+      <t xml:space="preserve">2326.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 1000 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.1000-4.CH</t>
@@ -540,51 +540,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 1500 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.1500.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -597,51 +597,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4400.00</t>
+      <t xml:space="preserve">4488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 2000 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.2000.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -654,96 +654,96 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5880.00</t>
+      <t xml:space="preserve">5998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OGT.003 \ Флажок для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.003.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">725.00</t>
+      <t xml:space="preserve">740.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -1519,51 +1519,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.03.2025</t>
+            <t xml:space="preserve">16.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1611,51 +1611,51 @@
             <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал колес: полиуретан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Колеса: 100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6630.00</t>
+            <t xml:space="preserve">6756.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TP-100L \  Тележка покупательская с детским сиденьем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TLG.ETS100XB.ZN.RD</t>
           </r>
@@ -1683,51 +1683,51 @@
             <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал колес: полиуретан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Колеса: 100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6834.00</t>
+            <t xml:space="preserve">6965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TP-125L \ Тележка покупательская с детским сиденьем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1757,51 +1757,51 @@
             <t xml:space="preserve">
 Цвет пластиковых частей: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал колес: полиуретан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Колеса: 100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8772.00</t>
+            <t xml:space="preserve">8956.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KLO-TQ-2 \  Детская машинка тележка для торговых центров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B.TLG.064.00</t>
           </r>
@@ -1891,51 +1891,51 @@
             <t xml:space="preserve">
 Столбик: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 1150 1-2 1-90 R \ Столбик для проезда тележек двухсторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.149.1150R</t>
           </r>
@@ -1951,51 +1951,51 @@
             <t xml:space="preserve">
 Столбик: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 1150 1-2 2-90 \ Столбик для проезда тележек трехсторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2009,51 +2009,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2280.00</t>
+            <t xml:space="preserve">2326.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 400 1000 \ Перекладина для проезда тележек</t>
           </r>
@@ -2073,51 +2073,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 400 1500 \ Перекладина для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2135,51 +2135,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4400.00</t>
+            <t xml:space="preserve">4488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 400 2000 \ Перекладина для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.111.2000.CH</t>
           </r>
@@ -2195,101 +2195,101 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5880.00</t>
+            <t xml:space="preserve">5998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OGT.003 \ Флажок для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.003.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">725.00</t>
+            <t xml:space="preserve">740.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>