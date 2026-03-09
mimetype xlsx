--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -289,54 +289,50 @@
 Артикул: B.TLG.064.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1515</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1030</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: ремень безопасности, действующий звуковой сигнал, вращающееся рулевое колесо, пять колес для повышенной маневренности, Имеются небольшие царапины. Уточняйте у менеджеров.</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42000 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1809,54 +1805,50 @@
             <t xml:space="preserve">
 Длина, мм: 1515</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1030</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: ремень безопасности, действующий звуковой сигнал, вращающееся рулевое колесо, пять колес для повышенной маневренности, Имеются небольшие царапины. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 42000 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">