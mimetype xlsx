--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">22.05.2025</t>
     </r>
   </si>
   <si>
     <t>Покупательские корзины</t>
   </si>
   <si>
     <t>Покупательские корзинки бывают разных видов и объемов. Используются как в гипермаркетах, супермаркетах, так и в небольших локальных магазинах самообслуживания.
@@ -847,111 +847,50 @@
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подходит для пластиковых и металлических корзин объемом 20,22 и 30 литров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">709.00</t>
-    </r>
-[...59 lines deleted...]
-      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3004S \ Подставка под корзины (с колесами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.029.T.V7.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1239,51 +1178,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48b8383_95a2_11ed_b629_ac1f6b40b531_KRZ_029_CH16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu120.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu119.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1814,80 +1753,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2141,54 +2050,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z16"/>
+  <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -3089,283 +2998,217 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3004S \ Подставка под корзины (с колесами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: KRZ.029.T.ZN</t>
-[...7 lines deleted...]
-ДхШхВ, мм: 460x340x200</t>
+Артикул: KRZ.029.T.V7.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ДхШхВ, мм: 460х350х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: подходит для пластиковых и металлических корзин объемом 20,22 и 30 литров</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 2</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3004S \ Подставка под корзины (с колесами)</t>
-[...19 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KRZ.048.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ДхШхВ, мм: 515x340x340</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Объем, л: 38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">980.00</t>
+            <t xml:space="preserve">1350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: KRZ.048.RD</t>
-[...3 lines deleted...]
-Цвет: красный</t>
+Артикул: KRZ.048.GN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
-        <is>
-[...60 lines deleted...]
-      <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRZ.048.BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
           </r>