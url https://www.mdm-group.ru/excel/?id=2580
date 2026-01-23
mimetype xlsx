--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -33,172 +33,172 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.05.2025</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Покупательские корзины</t>
   </si>
   <si>
     <t>Покупательские корзинки бывают разных видов и объемов. Используются как в гипермаркетах, супермаркетах, так и в небольших локальных магазинах самообслуживания.
 От удобства пластиковых корзин во многом зависит, какое количество товара приобретет покупатель. К тому же внешний вид покупательских корзин влияет на впечатление клиентов о магазине.
 Наиболее популярными являются пластиковые корзинки с ручками. Они могут быть разных цветов, объема и дизайна. Металлические покупательские корзины отличаются долговечностью. Корзины на колесах объединяют в себе преимущества как покупательских корзин, так и тележек. Большой объем и удобство использования делают их весьма привлекательными для магазинов самообслуживания.
 Постоянным покупателям или при покупке крупных партий предоставляются скидки.
 Подробности уточняйте у менеджеров.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+      <t xml:space="preserve">PL-722 \  Корзина пластиковая, 22 л.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KRZ.722.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 420х300х230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 22</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – от 800 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">271.00</t>
+      <t xml:space="preserve">290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PL-722 \  Корзина пластиковая, 22 л.</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+      <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KRZ.722.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 420х300х230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 22</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – от 800 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">271.00</t>
+      <t xml:space="preserve">290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.722.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
@@ -211,51 +211,51 @@
       <t xml:space="preserve">
 Объем, л: 22</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">271.00</t>
+      <t xml:space="preserve">290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.722.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
@@ -268,51 +268,51 @@
       <t xml:space="preserve">
 Объем, л: 22</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">271.00</t>
+      <t xml:space="preserve">290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL–704 \ корзина пластиковая усиленная, 20 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.047.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">336.00</t>
+      <t xml:space="preserve">343.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL–704 \ корзина пластиковая усиленная, 20 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.047.BU</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">336.00</t>
+      <t xml:space="preserve">343.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL–704 \ корзина пластиковая усиленная, 20 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.047.GN</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">336.00</t>
+      <t xml:space="preserve">343.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.038.RD</t>
@@ -496,51 +496,51 @@
       <t xml:space="preserve">
 Объем, л: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.038.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
@@ -553,51 +553,51 @@
       <t xml:space="preserve">
 Объем, л: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.038.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
@@ -610,100 +610,100 @@
       <t xml:space="preserve">
 Объем, л: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ТО-1.1 \ Корзина для торгового зала, 20 литров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.037.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 445х320х220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">479.00</t>
+      <t xml:space="preserve">496.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ТО-1.1 \ Корзина для торгового зала, 20 литров</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Цвет: цинк/синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 445х320х220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">479.00</t>
+      <t xml:space="preserve">496.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YLD-031M \ Корзина металлическая, 22 литра</t>
@@ -846,51 +846,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подходит для пластиковых и металлических корзин объемом 20,22 и 30 литров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">709.00</t>
+      <t xml:space="preserve">750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3004S \ Подставка под корзины (с колесами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.029.T.V7.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -899,51 +899,51 @@
       <t xml:space="preserve">
 ДхШхВ, мм: 460х350х230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">980.00</t>
+      <t xml:space="preserve">1080.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.048.RD</t>
@@ -960,51 +960,51 @@
       <t xml:space="preserve">
 Объем, л: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.048.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
@@ -1017,51 +1017,51 @@
       <t xml:space="preserve">
 Объем, л: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.048.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
@@ -1074,51 +1074,51 @@
       <t xml:space="preserve">
 Объем, л: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1178,51 +1178,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu119.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu119.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2092,191 +2092,191 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.05.2025</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">PL-722 \  Корзина пластиковая, 22 л.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KRZ.722.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 420х300х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – от 800 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">271.00</t>
+            <t xml:space="preserve">290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PL-722 \  Корзина пластиковая, 22 л.</t>
-[...7 lines deleted...]
-Цвет: красный</t>
+            <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KRZ.722.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 420х300х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – от 800 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">271.00</t>
+            <t xml:space="preserve">290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2294,51 +2294,51 @@
             <t xml:space="preserve">
 Объем, л: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">271.00</t>
+            <t xml:space="preserve">290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL-722 \ Корзина пластиковая, 22 л</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRZ.722.BU</t>
           </r>
@@ -2354,51 +2354,51 @@
             <t xml:space="preserve">
 Объем, л: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">271.00</t>
+            <t xml:space="preserve">290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL–704 \ корзина пластиковая усиленная, 20 л</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2412,51 +2412,51 @@
             <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">336.00</t>
+            <t xml:space="preserve">343.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL–704 \ корзина пластиковая усиленная, 20 л</t>
           </r>
@@ -2472,51 +2472,51 @@
             <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">336.00</t>
+            <t xml:space="preserve">343.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2534,51 +2534,51 @@
             <t xml:space="preserve">
 ДхШхВ, мм: 440х310х220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">336.00</t>
+            <t xml:space="preserve">343.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
           </r>
@@ -2598,51 +2598,51 @@
             <t xml:space="preserve">
 Объем, л: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2660,51 +2660,51 @@
             <t xml:space="preserve">
 Объем, л: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL-210 \ Корзина пластиковая, 30 л (без пластика на ручках)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRZ.038.BU</t>
           </r>
@@ -2720,51 +2720,51 @@
             <t xml:space="preserve">
 Объем, л: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1080 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ТО-1.1 \ Корзина для торгового зала, 20 литров</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2774,51 +2774,51 @@
             <t xml:space="preserve">
 Цвет: цинк/красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 445х320х220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">479.00</t>
+            <t xml:space="preserve">496.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2834,51 +2834,51 @@
             <t xml:space="preserve">
 Цвет: цинк/синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 445х320х220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">479.00</t>
+            <t xml:space="preserve">496.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2972,51 +2972,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подходит для пластиковых и металлических корзин объемом 20,22 и 30 литров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">709.00</t>
+            <t xml:space="preserve">750.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3004S \ Подставка под корзины (с колесами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3030,51 +3030,51 @@
             <t xml:space="preserve">
 ДхШхВ, мм: 460х350х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">980.00</t>
+            <t xml:space="preserve">1080.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
@@ -3094,51 +3094,51 @@
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3156,51 +3156,51 @@
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRZ.048.BU</t>
           </r>
@@ -3216,51 +3216,51 @@
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>