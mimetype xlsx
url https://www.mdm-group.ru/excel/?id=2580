--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -765,54 +765,50 @@
       </rPr>
       <t xml:space="preserve">YLD-031M \ Корзина металлическая, 22 литра</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRZ.026.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 450х320х210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 22</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 22.05.2025 13:27:35</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 860 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">559.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -924,55 +920,55 @@
       <t xml:space="preserve">1080.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: KRZ.048.RD</t>
-[...3 lines deleted...]
-Цвет: красный</t>
+Артикул: KRZ.048.GN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
@@ -981,55 +977,55 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: KRZ.048.GN</t>
-[...3 lines deleted...]
-Цвет: зеленый</t>
+Артикул: KRZ.048.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, л: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
@@ -1178,51 +1174,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu119.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea07eea_de05_11ea_80b7_0025902b3cc1_Pl_722_rd_sm2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7d1f04_e93f_11ea_80b7_0025902b3cc1_Pl_722_bl_sm3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a629ca3e_de05_11ea_80b7_0025902b3cc1_Pl_722_gr_sm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9481b5_de05_11ea_80b7_0025902b3cc1_Pl_722_bu_sm5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f28b57b_7f7d_11e8_ade2_0025902b3cc1_PL_704_RD6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898cf5bb_7f7d_11e8_ade2_0025902b3cc1_PL_704_BU7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe16711_7f7d_11e8_ade2_0025902b3cc1_PL_704_gr_28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710616a5_1206_11e2_99cf_0025902b3cc1_AE93090B_9DAF_44E0_9918_E4C7F7469C8C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3b348c_ddfc_11e4_afdc_0025902b3cc1_1FBB5088_DA3B_4152_8B38_DEFA7F5DF53710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700d8600_ddfc_11e4_afdc_0025902b3cc1_5845E546_7D7D_4CC9_86CA_BA54239BA67B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc69f0c6_796c_11e1_9332_0025902b3cc1_74359533_0EC2_4DAE_85FA_BAD70EE7CE7412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d19724a_c4cb_11e5_a514_0025902b3cc0_DB00CBE6_E3AB_436D_A06A_10CCFA1C42FF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0417b_fdef_11df_b16f_003048d0c7fe_774F7D30_767E_463B_8251_E2586D27B44614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf704224_fe13_11ed_907c_ac1f6b40b531_300515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45bc50e_3454_11ef_a821_0050569cf81d_KRZ029TV7ZN-_1_16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d77b7af_7f7e_11e8_ade2_0025902b3cc1_PLB_011_gr17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfa8c89_7f7d_11e8_ade2_0025902b3cc1_PLB_01118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eb97dd_7f7e_11e8_ade2_0025902b3cc1_PLB_011_bu119.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2888,54 +2884,50 @@
             </rPr>
             <t xml:space="preserve">YLD-031M \ Корзина металлическая, 22 литра</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRZ.026.BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 450х320х210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 22.05.2025 13:27:35</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 860 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">559.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -3058,55 +3050,55 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: KRZ.048.RD</t>
-[...3 lines deleted...]
-Цвет: красный</t>
+Артикул: KRZ.048.GN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -3120,55 +3112,55 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLB-011 \ Корзина - тележка пластиковая, 38 л</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: KRZ.048.GN</t>
-[...3 lines deleted...]
-Цвет: зеленый</t>
+Артикул: KRZ.048.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 ДхШхВ, мм: 515x340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, л: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ возможно изготовление в любом нестандартном цвете, минимальная партия в нестандартном цвете – 1600 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>