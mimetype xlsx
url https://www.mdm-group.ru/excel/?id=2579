--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Трубы хромированные стальные</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004T.CH</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004F.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -170,51 +170,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -243,51 +243,51 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">231.00</t>
+      <t xml:space="preserve">236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -316,51 +316,51 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">321.00</t>
+      <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -381,51 +381,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">337.00</t>
+      <t xml:space="preserve">344.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба (для гибки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.048.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -446,51 +446,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">612.00</t>
+      <t xml:space="preserve">624.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -511,51 +511,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">495.00</t>
+      <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -572,908 +572,843 @@
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">949.00</t>
+      <t xml:space="preserve">968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GDS 1224 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004RS.CH</t>
+      <t xml:space="preserve">GD 1224 \ Труба круглая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.004R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1484.00</t>
+      <t xml:space="preserve">1233.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GD 1224 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004R.CH</t>
+      <t xml:space="preserve">GD 0624 \ Труба круглая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5*</t>
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2199 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1209.00</t>
+      <t xml:space="preserve">1399.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GD 0624 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: OGT.086.CH</t>
+      <t xml:space="preserve">J-4 \ Труба барная круглая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.004D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр, мм: 40</t>
-[...7 lines deleted...]
-Производитель: Италия</t>
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина металла, мм: 1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5</t>
-[...3 lines deleted...]
-Старая цена: 2199 руб.</t>
+Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1399.00</t>
+      <t xml:space="preserve">791.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-4 \ Труба барная круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004D.CH</t>
+      <t xml:space="preserve">J-4 \ Труба овальная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.004.CH.1,0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр, мм: 50</t>
-[...3 lines deleted...]
-Толщина металла, мм: 1</t>
+Сечение, мм: 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">775.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-4 \ Труба овальная</t>
-[...3 lines deleted...]
-Артикул: JOKP.004.CH.1,0</t>
+      <t xml:space="preserve">P-8 \ Труба квадратная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PRNP.008A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 30х15</t>
-[...3 lines deleted...]
-Толщина металла, мм: 1,0</t>
+Сечение, мм: 20x20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина металла, мм: 1,1-1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: возможна резка, стоимость реза 35 руб.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Примечание: Не используется с крепежами Primo, возможна резка, стоимость реза 35 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">770.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-8 \ Труба квадратная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PRNP.008A.CH</t>
+Артикул: PRNP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,1-1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не используется с крепежами Primo, возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 8*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">755.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P-8 \ Труба квадратная</t>
-[...3 lines deleted...]
-Артикул: PRNP.008.CH</t>
+      <t xml:space="preserve">8 \ Труба квадратная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PRN.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
-Толщина металла, мм: 1,1-1,2</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 8*</t>
+Толщина металла, мм: 1,2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Италия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8 \ Труба квадратная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PRN.008.CH</t>
+Артикул: PRN.008A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1601.00</t>
+      <t xml:space="preserve">1498.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8 \ Труба квадратная</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PRN.008A.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1469.00</t>
+      <t xml:space="preserve">2701.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008A.SA</t>
+      <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PRN.008.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2648.00</t>
+      <t xml:space="preserve">3371.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008.SA</t>
+      <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.070.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...11 lines deleted...]
-Производитель: Италия</t>
+Длина, мм: 2000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Сечение, мм: 14x32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2440 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3305.00</t>
+      <t xml:space="preserve">2198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
-[...39 lines deleted...]
-Старая цена: 2440 руб.</t>
+      <t xml:space="preserve">J- 4 (1,0) \ Труба прямоугольная 30х15мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.004O1.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Сечение, мм: 15х30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2198.00</t>
-[...64 lines deleted...]
-      <t xml:space="preserve">592.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1533,51 +1468,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405eea54_ed56_11e3_a2c8_0025902b3cc1_91E63A11_EBBE_4A0D_85E4_533B770D1A502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f5cf35_e334_11e0_a476_003048f27c5e_B8A6A919_E6C8_44DF_8BBC_D3B14FF6178A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a23d69_681b_11e5_a10e_0025902b3cc1_16DC47B9_7C59_4884_94DD_1BBD4FC309994.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eece68f_3bac_11e7_abe3_0025902b3cc1_trk6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df28a1d_2bff_11e7_9cf4_0025902b3cc1_trk7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6d96fc_4130_11ec_ae4a_ac1f6b40b531_tubejokr10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE31312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a87b6_fdef_11df_b16f_003048d0c7fe_7BB66745_A50A_46AC_920D_06C51C9BC81813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291ea6_0e70_11e0_99a4_003048f27c5f_ED7ED620_A930_4D54_A004_1CBD2A1C14A815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dea4_fdef_11df_b16f_003048d0c7fe_E52B0CB8_88FA_4EF1_9505_00C4D0D44C6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585618.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C0130033024321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918c204b_40b6_11ed_9569_ac1f6b40b531_JOKP004O1CH22.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405eea54_ed56_11e3_a2c8_0025902b3cc1_91E63A11_EBBE_4A0D_85E4_533B770D1A502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f5cf35_e334_11e0_a476_003048f27c5e_B8A6A919_E6C8_44DF_8BBC_D3B14FF6178A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a23d69_681b_11e5_a10e_0025902b3cc1_16DC47B9_7C59_4884_94DD_1BBD4FC309994.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eece68f_3bac_11e7_abe3_0025902b3cc1_trk6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df28a1d_2bff_11e7_9cf4_0025902b3cc1_trk7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE31311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a87b6_fdef_11df_b16f_003048d0c7fe_7BB66745_A50A_46AC_920D_06C51C9BC81812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291ea6_0e70_11e0_99a4_003048f27c5f_ED7ED620_A930_4D54_A004_1CBD2A1C14A814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dea4_fdef_11df_b16f_003048d0c7fe_E52B0CB8_88FA_4EF1_9505_00C4D0D44C6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C0130033024320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918c204b_40b6_11ed_9569_ac1f6b40b531_JOKP004O1CH21.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2168,80 +2103,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2495,93 +2400,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z17"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B17" sqref="B17"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2629,51 +2534,51 @@
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004F.CH</t>
           </r>
@@ -2697,51 +2602,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2775,51 +2680,51 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">231.00</t>
+            <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004B.CH</t>
           </r>
@@ -2851,51 +2756,51 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">321.00</t>
+            <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2921,51 +2826,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">337.00</t>
+            <t xml:space="preserve">344.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба (для гибки)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.048.CH</t>
           </r>
@@ -2989,51 +2894,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">612.00</t>
+            <t xml:space="preserve">624.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3059,51 +2964,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.272.CH</t>
           </r>
@@ -3123,961 +3028,891 @@
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">949.00</t>
+            <t xml:space="preserve">968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GDS 1224 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004RS.CH</t>
+            <t xml:space="preserve">GD 1224 \ Труба круглая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.004R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1484.00</t>
+            <t xml:space="preserve">1233.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GD 1224 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004R.CH</t>
+            <t xml:space="preserve">GD 0624 \ Труба круглая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.086.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5*</t>
+Кол-во в упаковке, шт.: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2199 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1209.00</t>
+            <t xml:space="preserve">1399.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GD 0624 \ Труба круглая</t>
-[...3 lines deleted...]
-Артикул: OGT.086.CH</t>
+            <t xml:space="preserve">J-4 \ Труба барная круглая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.004D.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 40</t>
-[...7 lines deleted...]
-Производитель: Италия</t>
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5</t>
-[...3 lines deleted...]
-Старая цена: 2199 руб.</t>
+Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1399.00</t>
+            <t xml:space="preserve">791.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-4 \ Труба барная круглая</t>
-[...3 lines deleted...]
-Артикул: JOKP.004D.CH</t>
+            <t xml:space="preserve">J-4 \ Труба овальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.004.CH.1,0</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 50</t>
-[...3 lines deleted...]
-Толщина металла, мм: 1</t>
+Сечение, мм: 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">775.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-4 \ Труба овальная</t>
-[...3 lines deleted...]
-Артикул: JOKP.004.CH.1,0</t>
+            <t xml:space="preserve">P-8 \ Труба квадратная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRNP.008A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 30х15</t>
-[...3 lines deleted...]
-Толщина металла, мм: 1,0</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,1-1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: возможна резка, стоимость реза 35 руб.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Примечание: Не используется с крепежами Primo, возможна резка, стоимость реза 35 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">770.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-8 \ Труба квадратная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRNP.008A.CH</t>
+Артикул: PRNP.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,1-1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не используется с крепежами Primo, возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 8*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">755.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-8 \ Труба квадратная</t>
-[...3 lines deleted...]
-Артикул: PRNP.008.CH</t>
+            <t xml:space="preserve">8 \ Труба квадратная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Толщина металла, мм: 1,1-1,2</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 8*</t>
+Толщина металла, мм: 1,2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 \ Труба квадратная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.008.CH</t>
+Артикул: PRN.008A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1601.00</t>
+            <t xml:space="preserve">1498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1469.00</t>
+            <t xml:space="preserve">2701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008A.SA</t>
+            <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2648.00</t>
+            <t xml:space="preserve">3371.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008.SA</t>
+            <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.070.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...11 lines deleted...]
-Производитель: Италия</t>
+Длина, мм: 2000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 14x32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2440 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3305.00</t>
+            <t xml:space="preserve">2198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
-[...39 lines deleted...]
-Старая цена: 2440 руб.</t>
+            <t xml:space="preserve">J- 4 (1,0) \ Труба прямоугольная 30х15мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.004O1.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 15х30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2198.00</t>
-[...69 lines deleted...]
-            <t xml:space="preserve">592.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>