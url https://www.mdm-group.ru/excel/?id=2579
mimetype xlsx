--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Трубы хромированные стальные</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
@@ -85,54 +85,50 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -223,54 +219,50 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -296,55 +288,51 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1227,123 +1215,50 @@
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3371.00</t>
-    </r>
-[...71 lines deleted...]
-      <t xml:space="preserve">2198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J- 4 (1,0) \ Труба прямоугольная 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004O1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1468,51 +1383,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405eea54_ed56_11e3_a2c8_0025902b3cc1_91E63A11_EBBE_4A0D_85E4_533B770D1A502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f5cf35_e334_11e0_a476_003048f27c5e_B8A6A919_E6C8_44DF_8BBC_D3B14FF6178A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a23d69_681b_11e5_a10e_0025902b3cc1_16DC47B9_7C59_4884_94DD_1BBD4FC309994.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eece68f_3bac_11e7_abe3_0025902b3cc1_trk6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df28a1d_2bff_11e7_9cf4_0025902b3cc1_trk7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE31311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a87b6_fdef_11df_b16f_003048d0c7fe_7BB66745_A50A_46AC_920D_06C51C9BC81812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291ea6_0e70_11e0_99a4_003048f27c5f_ED7ED620_A930_4D54_A004_1CBD2A1C14A814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dea4_fdef_11df_b16f_003048d0c7fe_E52B0CB8_88FA_4EF1_9505_00C4D0D44C6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C0130033024320.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918c204b_40b6_11ed_9569_ac1f6b40b531_JOKP004O1CH21.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405eea54_ed56_11e3_a2c8_0025902b3cc1_91E63A11_EBBE_4A0D_85E4_533B770D1A502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f5cf35_e334_11e0_a476_003048f27c5e_B8A6A919_E6C8_44DF_8BBC_D3B14FF6178A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a23d69_681b_11e5_a10e_0025902b3cc1_16DC47B9_7C59_4884_94DD_1BBD4FC309994.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eece68f_3bac_11e7_abe3_0025902b3cc1_trk6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df28a1d_2bff_11e7_9cf4_0025902b3cc1_trk7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE31311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a87b6_fdef_11df_b16f_003048d0c7fe_7BB66745_A50A_46AC_920D_06C51C9BC81812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae291ea6_0e70_11e0_99a4_003048f27c5f_ED7ED620_A930_4D54_A004_1CBD2A1C14A814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dea4_fdef_11df_b16f_003048d0c7fe_E52B0CB8_88FA_4EF1_9505_00C4D0D44C6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918c204b_40b6_11ed_9569_ac1f6b40b531_JOKP004O1CH20.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2073,80 +1988,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2403,51 +2288,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2514,54 +2399,50 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
@@ -2660,54 +2541,50 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
@@ -2736,55 +2613,51 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
@@ -3733,126 +3606,50 @@
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3371.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
-        <is>
-[...74 lines deleted...]
-      <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J- 4 (1,0) \ Труба прямоугольная 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004O1.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>