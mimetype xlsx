--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.07.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Прилавки Wiko III (из алюминиевого профиля)</t>
   </si>
   <si>
     <t>Изготовленные из ДСП, алюминиевого профиля и стекла, универсальные прилавки серии Wiko III идеально подходят для демонстрации практически любых товаров небольшого размера. Применение в конструкции прилавков каркаса из алюминиевого профиля обеспечивает надёжность и долговечность эксплуатации и прекрасный внешний вид оборудования.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW III-5092 P</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13364.00</t>
+      <t xml:space="preserve">13631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11510.00</t>
+      <t xml:space="preserve">11740.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14290.00</t>
+      <t xml:space="preserve">14576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12187.00</t>
+      <t xml:space="preserve">12431.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой внутренний</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14290.00</t>
+      <t xml:space="preserve">14576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14290.00</t>
+      <t xml:space="preserve">14576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12187.00</t>
+      <t xml:space="preserve">12431.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный с ярусными полками</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17263.00</t>
+      <t xml:space="preserve">17608.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой наружный с распашной дверью</t>
@@ -541,100 +541,100 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18314.00</t>
+      <t xml:space="preserve">18680.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW III-5092-GS(D)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: LW III-5092-GS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">890.00</t>
+      <t xml:space="preserve">908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -647,51 +647,51 @@
       </rPr>
       <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW III-5050-GS(D)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: LW III-5050-GS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">688.00</t>
+      <t xml:space="preserve">702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -704,51 +704,51 @@
       </rPr>
       <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW III-5050-S(D)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: LW III-5050-S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">890.00</t>
+      <t xml:space="preserve">908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1558,51 +1558,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.07.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1630,51 +1630,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13364.00</t>
+            <t xml:space="preserve">13631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1690,51 +1690,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11510.00</t>
+            <t xml:space="preserve">11740.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1752,51 +1752,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14290.00</t>
+            <t xml:space="preserve">14576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1812,51 +1812,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12187.00</t>
+            <t xml:space="preserve">12431.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1874,51 +1874,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14290.00</t>
+            <t xml:space="preserve">14576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1934,51 +1934,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14290.00</t>
+            <t xml:space="preserve">14576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1996,51 +1996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12187.00</t>
+            <t xml:space="preserve">12431.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2056,51 +2056,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17263.00</t>
+            <t xml:space="preserve">17608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2118,51 +2118,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18314.00</t>
+            <t xml:space="preserve">18680.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2170,51 +2170,51 @@
             </rPr>
             <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LW III-5092-GS(D)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: LW III-5092-GS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">890.00</t>
+            <t xml:space="preserve">908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
@@ -2232,51 +2232,51 @@
             </rPr>
             <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LW III-5050-GS(D)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: LW III-5050-GS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">688.00</t>
+            <t xml:space="preserve">702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
@@ -2292,51 +2292,51 @@
             </rPr>
             <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LW III-5050-S(D)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: LW III-5050-S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">890.00</t>
+            <t xml:space="preserve">908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>