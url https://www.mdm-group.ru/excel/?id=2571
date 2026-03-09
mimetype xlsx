--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Прилавки Wiko III (из алюминиевого профиля)</t>
   </si>
   <si>
     <t>Изготовленные из ДСП, алюминиевого профиля и стекла, универсальные прилавки серии Wiko III идеально подходят для демонстрации практически любых товаров небольшого размера. Применение в конструкции прилавков каркаса из алюминиевого профиля обеспечивает надёжность и долговечность эксплуатации и прекрасный внешний вид оборудования.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW III-5092 P</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13631.00</t>
+      <t xml:space="preserve">14313.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11740.00</t>
+      <t xml:space="preserve">12327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14576.00</t>
+      <t xml:space="preserve">15305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12431.00</t>
+      <t xml:space="preserve">13053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой внутренний</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14576.00</t>
+      <t xml:space="preserve">15305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14576.00</t>
+      <t xml:space="preserve">15305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12431.00</t>
+      <t xml:space="preserve">13053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный с ярусными полками</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17608.00</t>
+      <t xml:space="preserve">18488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой наружный с распашной дверью</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18680.00</t>
+      <t xml:space="preserve">19614.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Раздвижные стеклянные двери (на полозках)</t>
@@ -1558,51 +1558,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1630,51 +1630,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13631.00</t>
+            <t xml:space="preserve">14313.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1690,51 +1690,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11740.00</t>
+            <t xml:space="preserve">12327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1752,51 +1752,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14576.00</t>
+            <t xml:space="preserve">15305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1812,51 +1812,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12431.00</t>
+            <t xml:space="preserve">13053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1874,51 +1874,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14576.00</t>
+            <t xml:space="preserve">15305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1934,51 +1934,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14576.00</t>
+            <t xml:space="preserve">15305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1996,51 +1996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12431.00</t>
+            <t xml:space="preserve">13053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2056,51 +2056,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17608.00</t>
+            <t xml:space="preserve">18488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2118,51 +2118,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18680.00</t>
+            <t xml:space="preserve">19614.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>