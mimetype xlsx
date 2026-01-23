--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.12.2023</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Прилавки Каскад</t>
   </si>
   <si>
     <t>Компания МДМ представляет серию торговой мебели «Каскад». Модельный ряд серии состоит из универсальных прилавков, изготавливаемых из стекла и ДСП, окленного кромкой ПВХ в цвет.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.001 \ Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PM8.001</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9310.00</t>
+      <t xml:space="preserve">9496.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.002 \ Прилавок глухой</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12545.00</t>
+      <t xml:space="preserve">12796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.003 \ Прилавок угловой внутренний 90гр</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 607</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1205</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13270.00</t>
+      <t xml:space="preserve">13535.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.004 \ Прилавок угловой внешний 90гр</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 607</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1205</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14119.00</t>
+      <t xml:space="preserve">14401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.005 \ Прилавок угловой внутренний 45гр</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 690</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 667</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9499.00</t>
+      <t xml:space="preserve">9689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.006 \ Прилавок угловой внешний 45гр</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 690</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 667</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9640.00</t>
+      <t xml:space="preserve">9833.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.007 \ Прилавок остекленный</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9784.00</t>
+      <t xml:space="preserve">9980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.008 \ Прилавок остекленный</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15927.00</t>
+      <t xml:space="preserve">16246.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.009 \ Прилавок остекленный 2-х ярусный</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10209.00</t>
+      <t xml:space="preserve">10413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.010 \ Прилавок остекленный 2-х ярусный</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17204.00</t>
+      <t xml:space="preserve">17548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.011 \ Дверь</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Высота, мм: 551</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: ПМ8.007, ПМ8.009</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3131.00</t>
+      <t xml:space="preserve">3194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.012 \ Двери</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PM8.012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Высота, мм: 551</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: ПМ8.008, ПМ8.010</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6283.00</t>
+      <t xml:space="preserve">6409.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.013 \ Дверь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PM8.013</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Высота, мм: 551</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: ПМ8.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1916.00</t>
+      <t xml:space="preserve">1954.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каскад.014 \ Двери</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PM8.014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -834,51 +834,51 @@
       <t xml:space="preserve">
 Высота, мм: 551</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: ПМ8.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3862.00</t>
+      <t xml:space="preserve">3939.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1732,51 +1732,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.12.2023</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1804,51 +1804,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9310.00</t>
+            <t xml:space="preserve">9496.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1864,51 +1864,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12545.00</t>
+            <t xml:space="preserve">12796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1926,51 +1926,51 @@
             <t xml:space="preserve">
 Глубина, мм: 607</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1205</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13270.00</t>
+            <t xml:space="preserve">13535.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1986,51 +1986,51 @@
             <t xml:space="preserve">
 Глубина, мм: 607</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1205</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14119.00</t>
+            <t xml:space="preserve">14401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2048,51 +2048,51 @@
             <t xml:space="preserve">
 Глубина, мм: 690</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 667</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9499.00</t>
+            <t xml:space="preserve">9689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2108,51 +2108,51 @@
             <t xml:space="preserve">
 Глубина, мм: 690</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 667</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9640.00</t>
+            <t xml:space="preserve">9833.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2170,51 +2170,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9784.00</t>
+            <t xml:space="preserve">9980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2230,51 +2230,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15927.00</t>
+            <t xml:space="preserve">16246.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2292,51 +2292,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10209.00</t>
+            <t xml:space="preserve">10413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2352,51 +2352,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17204.00</t>
+            <t xml:space="preserve">17548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2422,51 +2422,51 @@
             <t xml:space="preserve">
 Высота, мм: 551</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: ПМ8.007, ПМ8.009</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3131.00</t>
+            <t xml:space="preserve">3194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каскад.012 \ Двери</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PM8.012</t>
           </r>
@@ -2482,51 +2482,51 @@
             <t xml:space="preserve">
 Высота, мм: 551</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: ПМ8.008, ПМ8.010</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6283.00</t>
+            <t xml:space="preserve">6409.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каскад.013 \ Дверь</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2544,51 +2544,51 @@
             <t xml:space="preserve">
 Высота, мм: 551</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: ПМ8.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1916.00</t>
+            <t xml:space="preserve">1954.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каскад.014 \ Двери</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PM8.014</t>
           </r>
@@ -2604,51 +2604,51 @@
             <t xml:space="preserve">
 Высота, мм: 551</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: ПМ8.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3862.00</t>
+            <t xml:space="preserve">3939.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>