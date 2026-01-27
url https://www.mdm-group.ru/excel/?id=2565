--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Ресепшен серия Камертон</t>
   </si>
   <si>
     <t>Серия «Камертон» — это сочетание современного дизайна и удобства, воплощённое в изогнутых линиях и плавных формах. Столешницы и фасады модулей данной серии отделаны высококачественным пластиком, который долговечен и практичен в использовании.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль полукруглый крайний правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.001</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99869.00</t>
+      <t xml:space="preserve">101866.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль полукруглый крайний левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.002</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99869.00</t>
+      <t xml:space="preserve">101866.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль прямой центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.003</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1066</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67620.00</t>
+      <t xml:space="preserve">68972.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль прямой центральный</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1599</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95607.00</t>
+      <t xml:space="preserve">97519.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль Г-образный правый</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2065</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">126971.00</t>
+      <t xml:space="preserve">129510.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль Г-образный левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.016</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2065</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">126971.00</t>
+      <t xml:space="preserve">129510.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внешний 90°</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.006</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 1005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87965.00</t>
+      <t xml:space="preserve">89724.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внутренний 90°</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 1005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91165.00</t>
+      <t xml:space="preserve">92988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внутренний 135° правый</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1329</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92763.00</t>
+      <t xml:space="preserve">94618.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внутренний 135° левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.009</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1329</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92763.00</t>
+      <t xml:space="preserve">94618.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внешний 135° правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.011</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1329</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92407.00</t>
+      <t xml:space="preserve">94255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль угловой внешний 135° левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.010</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1329</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92407.00</t>
+      <t xml:space="preserve">94255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль прямой крайний правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.012</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Ширина, мм: 876</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56776.00</t>
+      <t xml:space="preserve">57912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль прямой крайний левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.014</t>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Ширина, мм: 876</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56776.00</t>
+      <t xml:space="preserve">57912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль скругленный крайний правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.013</t>
@@ -887,51 +887,51 @@
       <t xml:space="preserve">
 Ширина, мм: 876</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57577.00</t>
+      <t xml:space="preserve">58729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Модуль скругленный крайний левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.015</t>
@@ -944,51 +944,51 @@
       <t xml:space="preserve">
 Ширина, мм: 876</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 905</t>
     </r>
     <r>
       <t xml:space="preserve">
 Модуль: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57577.00</t>
+      <t xml:space="preserve">58729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ящик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.100</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Ширина, мм: 492</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 226</t>
     </r>
     <r>
       <t xml:space="preserve">
 Замок: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1777.00</t>
+      <t xml:space="preserve">1813.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ящик с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.101</t>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Ширина, мм: 492</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 226</t>
     </r>
     <r>
       <t xml:space="preserve">
 Замок: есть</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2089.00</t>
+      <t xml:space="preserve">2131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.102</t>
@@ -1111,51 +1111,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 497</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">667.00</t>
+      <t xml:space="preserve">680.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дверь правая</t>
@@ -1172,51 +1172,51 @@
       <t xml:space="preserve">
 Ширина, мм: 492</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 689</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверь: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2001.00</t>
+      <t xml:space="preserve">2041.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дверь левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMT.103</t>
@@ -1229,51 +1229,51 @@
       <t xml:space="preserve">
 Ширина, мм: 492</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 689</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверь: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2001.00</t>
+      <t xml:space="preserve">2041.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -2341,51 +2341,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2417,51 +2417,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99869.00</t>
+            <t xml:space="preserve">101866.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль полукруглый крайний левый</t>
           </r>
@@ -2477,51 +2477,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99869.00</t>
+            <t xml:space="preserve">101866.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2535,51 +2535,51 @@
             <t xml:space="preserve">
 Глубина, мм: 602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1066</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67620.00</t>
+            <t xml:space="preserve">68972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2595,51 +2595,51 @@
             <t xml:space="preserve">
 Глубина, мм: 602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1599</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95607.00</t>
+            <t xml:space="preserve">97519.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2661,51 +2661,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2065</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">126971.00</t>
+            <t xml:space="preserve">129510.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль Г-образный левый</t>
           </r>
@@ -2721,51 +2721,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2065</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">126971.00</t>
+            <t xml:space="preserve">129510.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2779,51 +2779,51 @@
             <t xml:space="preserve">
 Глубина, мм: 1005</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1005</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87965.00</t>
+            <t xml:space="preserve">89724.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2839,51 +2839,51 @@
             <t xml:space="preserve">
 Глубина, мм: 1005</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1005</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91165.00</t>
+            <t xml:space="preserve">92988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2905,51 +2905,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1329</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92763.00</t>
+            <t xml:space="preserve">94618.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль угловой внутренний 135° левый</t>
           </r>
@@ -2965,51 +2965,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1329</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92763.00</t>
+            <t xml:space="preserve">94618.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3027,51 +3027,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1329</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92407.00</t>
+            <t xml:space="preserve">94255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль угловой внешний 135° левый</t>
           </r>
@@ -3087,51 +3087,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1329</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92407.00</t>
+            <t xml:space="preserve">94255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3149,51 +3149,51 @@
             <t xml:space="preserve">
 Ширина, мм: 876</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56776.00</t>
+            <t xml:space="preserve">57912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль прямой крайний левый</t>
           </r>
@@ -3209,51 +3209,51 @@
             <t xml:space="preserve">
 Ширина, мм: 876</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56776.00</t>
+            <t xml:space="preserve">57912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3271,51 +3271,51 @@
             <t xml:space="preserve">
 Ширина, мм: 876</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57577.00</t>
+            <t xml:space="preserve">58729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Модуль скругленный крайний левый</t>
           </r>
@@ -3331,51 +3331,51 @@
             <t xml:space="preserve">
 Ширина, мм: 876</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 905</t>
           </r>
           <r>
             <t xml:space="preserve">
 Модуль: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57577.00</t>
+            <t xml:space="preserve">58729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3393,51 +3393,51 @@
             <t xml:space="preserve">
 Ширина, мм: 492</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 226</t>
           </r>
           <r>
             <t xml:space="preserve">
 Замок: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1777.00</t>
+            <t xml:space="preserve">1813.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ящик с замком</t>
           </r>
@@ -3453,51 +3453,51 @@
             <t xml:space="preserve">
 Ширина, мм: 492</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 226</t>
           </r>
           <r>
             <t xml:space="preserve">
 Замок: есть</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2089.00</t>
+            <t xml:space="preserve">2131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3511,51 +3511,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 497</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">667.00</t>
+            <t xml:space="preserve">680.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3575,51 +3575,51 @@
             <t xml:space="preserve">
 Ширина, мм: 492</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 689</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверь: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2001.00</t>
+            <t xml:space="preserve">2041.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3637,51 +3637,51 @@
             <t xml:space="preserve">
 Ширина, мм: 492</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 689</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверь: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2001.00</t>
+            <t xml:space="preserve">2041.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>