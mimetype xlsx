--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.03.2025</t>
+      <t xml:space="preserve">14.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи Primo серия 300</t>
   </si>
   <si>
     <t xml:space="preserve">Сечение трубы: 20х20 мм. Цвет: хром, сатин.Материал полок: стекло матовое или прозрачное, ЛДСП 16 мм, МДФ 16 мм.
 Держатели полок: хромированная труба d-10 мм.
 Возможно изготовление по индивидуальным размерам.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 20х20)</t>
     </r>
     <r>
@@ -96,51 +96,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6196.28</t>
+      <t xml:space="preserve">6301.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -153,51 +153,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10585.36</t>
+      <t xml:space="preserve">10718.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -210,51 +210,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5878.50</t>
+      <t xml:space="preserve">5977.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -267,51 +267,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10031.78</t>
+      <t xml:space="preserve">10153.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -324,51 +324,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6909.16</t>
+      <t xml:space="preserve">7024.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -381,51 +381,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12932.68</t>
+      <t xml:space="preserve">13089.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -438,51 +438,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6564.98</t>
+      <t xml:space="preserve">6673.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -495,51 +495,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12247.70</t>
+      <t xml:space="preserve">12390.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -552,51 +552,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8253.80</t>
+      <t xml:space="preserve">8391.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -609,51 +609,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13812.40</t>
+      <t xml:space="preserve">14001.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -666,51 +666,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7888.06</t>
+      <t xml:space="preserve">8018.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -723,51 +723,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13210.86</t>
+      <t xml:space="preserve">13387.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -780,51 +780,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9104.00</t>
+      <t xml:space="preserve">9254.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -837,51 +837,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16824.72</t>
+      <t xml:space="preserve">17050.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -894,51 +894,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8711.86</t>
+      <t xml:space="preserve">8854.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -951,51 +951,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16091.78</t>
+      <t xml:space="preserve">16302.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1008,51 +1008,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7177.56</t>
+      <t xml:space="preserve">7302.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1065,51 +1065,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12354.24</t>
+      <t xml:space="preserve">12522.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1122,51 +1122,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6859.78</t>
+      <t xml:space="preserve">6978.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1179,51 +1179,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11800.66</t>
+      <t xml:space="preserve">11957.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1236,51 +1236,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7978.64</t>
+      <t xml:space="preserve">8115.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1293,51 +1293,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15140.44</t>
+      <t xml:space="preserve">15340.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1350,51 +1350,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7634.46</t>
+      <t xml:space="preserve">7764.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1407,51 +1407,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14455.46</t>
+      <t xml:space="preserve">14642.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1464,51 +1464,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9235.08</t>
+      <t xml:space="preserve">9391.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1521,51 +1521,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15581.28</t>
+      <t xml:space="preserve">15805.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1578,51 +1578,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8869.34</t>
+      <t xml:space="preserve">9018.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1635,51 +1635,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14979.74</t>
+      <t xml:space="preserve">15191.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1692,51 +1692,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10173.48</t>
+      <t xml:space="preserve">10345.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1749,51 +1749,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19032.48</t>
+      <t xml:space="preserve">19302.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1806,51 +1806,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9924.28</t>
+      <t xml:space="preserve">10089.08</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1863,51 +1863,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18299.54</t>
+      <t xml:space="preserve">18554.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -1924,51 +1924,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">682.00</t>
+      <t xml:space="preserve">696.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -1985,51 +1985,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1107.00</t>
+      <t xml:space="preserve">1129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2046,51 +2046,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">924.00</t>
+      <t xml:space="preserve">942.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2107,51 +2107,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1492.00</t>
+      <t xml:space="preserve">1522.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2168,51 +2168,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">804.00</t>
+      <t xml:space="preserve">820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2229,51 +2229,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1319.00</t>
+      <t xml:space="preserve">1345.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2290,51 +2290,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1108.00</t>
+      <t xml:space="preserve">1130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2351,51 +2351,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1809.00</t>
+      <t xml:space="preserve">1845.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2412,51 +2412,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">356.00</t>
+      <t xml:space="preserve">363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2473,51 +2473,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">610.00</t>
+      <t xml:space="preserve">622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2534,51 +2534,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">537.00</t>
+      <t xml:space="preserve">548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2595,51 +2595,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">918.00</t>
+      <t xml:space="preserve">936.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2656,51 +2656,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2449.00</t>
+      <t xml:space="preserve">2498.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2717,51 +2717,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4196.00</t>
+      <t xml:space="preserve">4280.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2778,51 +2778,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3678.00</t>
+      <t xml:space="preserve">3752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2839,51 +2839,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6308.00</t>
+      <t xml:space="preserve">6434.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2900,51 +2900,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">697.00</t>
+      <t xml:space="preserve">711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2961,51 +2961,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1133.00</t>
+      <t xml:space="preserve">1156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -3022,51 +3022,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">941.00</t>
+      <t xml:space="preserve">960.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -3083,51 +3083,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1518.00</t>
+      <t xml:space="preserve">1548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3144,51 +3144,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">825.00</t>
+      <t xml:space="preserve">842.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3205,51 +3205,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1352.00</t>
+      <t xml:space="preserve">1379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3266,51 +3266,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1129.00</t>
+      <t xml:space="preserve">1152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3327,51 +3327,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1843.00</t>
+      <t xml:space="preserve">1880.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3388,51 +3388,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">367.00</t>
+      <t xml:space="preserve">374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3449,51 +3449,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">629.00</t>
+      <t xml:space="preserve">642.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3510,51 +3510,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">547.00</t>
+      <t xml:space="preserve">558.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3571,51 +3571,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">939.00</t>
+      <t xml:space="preserve">958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3632,51 +3632,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2529.00</t>
+      <t xml:space="preserve">2580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3693,51 +3693,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4336.00</t>
+      <t xml:space="preserve">4423.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3754,51 +3754,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3765.00</t>
+      <t xml:space="preserve">3840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3815,51 +3815,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6448.00</t>
+      <t xml:space="preserve">6577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -3868,51 +3868,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">782.00</t>
+      <t xml:space="preserve">798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.GL</t>
@@ -3925,51 +3925,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1267.00</t>
+      <t xml:space="preserve">1292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.GL</t>
@@ -3982,51 +3982,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.GL</t>
@@ -4039,51 +4039,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1653.00</t>
+      <t xml:space="preserve">1686.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 700x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.MGL</t>
@@ -4096,51 +4096,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">929.00</t>
+      <t xml:space="preserve">948.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.MGL</t>
@@ -4153,51 +4153,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1520.00</t>
+      <t xml:space="preserve">1550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 700x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.MGL</t>
@@ -4210,51 +4210,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1234.00</t>
+      <t xml:space="preserve">1259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.MGL</t>
@@ -4267,51 +4267,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2013.00</t>
+      <t xml:space="preserve">2053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 700x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.DSP</t>
@@ -4324,51 +4324,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">429.00</t>
+      <t xml:space="preserve">438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 1200x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.DSP</t>
@@ -4381,51 +4381,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">737.00</t>
+      <t xml:space="preserve">752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 700x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.DSP</t>
@@ -4438,51 +4438,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">610.00</t>
+      <t xml:space="preserve">622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 1200x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.DSP</t>
@@ -4495,51 +4495,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1044.00</t>
+      <t xml:space="preserve">1065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 700x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.COL</t>
@@ -4552,51 +4552,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2954.00</t>
+      <t xml:space="preserve">3013.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.COL</t>
@@ -4609,51 +4609,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5069.00</t>
+      <t xml:space="preserve">5170.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 700x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.COL</t>
@@ -4666,51 +4666,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4189.00</t>
+      <t xml:space="preserve">4273.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.COL</t>
@@ -4723,51 +4723,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7184.00</t>
+      <t xml:space="preserve">7328.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -7605,51 +7605,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.03.2025</t>
+            <t xml:space="preserve">14.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7685,51 +7685,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6196.28</t>
+            <t xml:space="preserve">6301.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.300.20.SA</t>
           </r>
@@ -7745,51 +7745,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10585.36</t>
+            <t xml:space="preserve">10718.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7807,51 +7807,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5878.50</t>
+            <t xml:space="preserve">5977.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.302.20.SA</t>
           </r>
@@ -7867,51 +7867,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10031.78</t>
+            <t xml:space="preserve">10153.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7929,51 +7929,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6909.16</t>
+            <t xml:space="preserve">7024.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.300.25.SA</t>
           </r>
@@ -7989,51 +7989,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12932.68</t>
+            <t xml:space="preserve">13089.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8051,51 +8051,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6564.98</t>
+            <t xml:space="preserve">6673.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.302.25.SA</t>
           </r>
@@ -8111,51 +8111,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12247.70</t>
+            <t xml:space="preserve">12390.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8173,51 +8173,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8253.80</t>
+            <t xml:space="preserve">8391.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.301.20.SA</t>
           </r>
@@ -8233,51 +8233,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13812.40</t>
+            <t xml:space="preserve">14001.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8295,51 +8295,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7888.06</t>
+            <t xml:space="preserve">8018.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.303.20.SA</t>
           </r>
@@ -8355,51 +8355,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13210.86</t>
+            <t xml:space="preserve">13387.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8417,51 +8417,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9104.00</t>
+            <t xml:space="preserve">9254.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.301.25.SA</t>
           </r>
@@ -8477,51 +8477,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16824.72</t>
+            <t xml:space="preserve">17050.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8539,51 +8539,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8711.86</t>
+            <t xml:space="preserve">8854.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.303.25.SA</t>
           </r>
@@ -8599,51 +8599,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16091.78</t>
+            <t xml:space="preserve">16302.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8661,51 +8661,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7177.56</t>
+            <t xml:space="preserve">7302.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.304.20.SA</t>
           </r>
@@ -8721,51 +8721,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12354.24</t>
+            <t xml:space="preserve">12522.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8783,51 +8783,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6859.78</t>
+            <t xml:space="preserve">6978.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.306.20.SA</t>
           </r>
@@ -8843,51 +8843,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11800.66</t>
+            <t xml:space="preserve">11957.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8905,51 +8905,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7978.64</t>
+            <t xml:space="preserve">8115.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.304.25.SA</t>
           </r>
@@ -8965,51 +8965,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15140.44</t>
+            <t xml:space="preserve">15340.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9027,51 +9027,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7634.46</t>
+            <t xml:space="preserve">7764.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.306.25.SA</t>
           </r>
@@ -9087,51 +9087,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14455.46</t>
+            <t xml:space="preserve">14642.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9149,51 +9149,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9235.08</t>
+            <t xml:space="preserve">9391.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.305.20.SA</t>
           </r>
@@ -9209,51 +9209,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15581.28</t>
+            <t xml:space="preserve">15805.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9271,51 +9271,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8869.34</t>
+            <t xml:space="preserve">9018.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 20х20)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.307.20.SA</t>
           </r>
@@ -9331,51 +9331,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14979.74</t>
+            <t xml:space="preserve">15191.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9393,51 +9393,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10173.48</t>
+            <t xml:space="preserve">10345.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.305.25.SA</t>
           </r>
@@ -9453,51 +9453,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19032.48</t>
+            <t xml:space="preserve">19302.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9515,51 +9515,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9924.28</t>
+            <t xml:space="preserve">10089.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 25х25)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.307.25.SA</t>
           </r>
@@ -9575,51 +9575,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18299.54</t>
+            <t xml:space="preserve">18554.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 700x298x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9641,51 +9641,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">682.00</t>
+            <t xml:space="preserve">696.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 1200x298x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.313.GL</t>
           </r>
@@ -9705,51 +9705,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1107.00</t>
+            <t xml:space="preserve">1129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 700x448x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9771,51 +9771,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">924.00</t>
+            <t xml:space="preserve">942.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 1200x448x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.319.GL</t>
           </r>
@@ -9835,51 +9835,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1492.00</t>
+            <t xml:space="preserve">1522.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 700x298x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9901,51 +9901,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">804.00</t>
+            <t xml:space="preserve">820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 1200x298x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.313.MGL</t>
           </r>
@@ -9965,51 +9965,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1319.00</t>
+            <t xml:space="preserve">1345.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 700x448x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10031,51 +10031,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1108.00</t>
+            <t xml:space="preserve">1130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 1200x448x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.319.MGL</t>
           </r>
@@ -10095,51 +10095,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1809.00</t>
+            <t xml:space="preserve">1845.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 700x298x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10161,51 +10161,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">356.00</t>
+            <t xml:space="preserve">363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 1200x298x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.313.DSP</t>
           </r>
@@ -10225,51 +10225,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610.00</t>
+            <t xml:space="preserve">622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 700x448x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10291,51 +10291,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">537.00</t>
+            <t xml:space="preserve">548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 1200x448x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.319.DSP</t>
           </r>
@@ -10355,51 +10355,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">918.00</t>
+            <t xml:space="preserve">936.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 700x298x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10421,51 +10421,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2449.00</t>
+            <t xml:space="preserve">2498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 1200x298x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.313.COL</t>
           </r>
@@ -10485,51 +10485,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4196.00</t>
+            <t xml:space="preserve">4280.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 700x448x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10551,51 +10551,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3678.00</t>
+            <t xml:space="preserve">3752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 1200x448x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.319.COL</t>
           </r>
@@ -10615,51 +10615,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6308.00</t>
+            <t xml:space="preserve">6434.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 700x308x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10681,51 +10681,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">697.00</t>
+            <t xml:space="preserve">711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 1200x308x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.314.GL</t>
           </r>
@@ -10745,51 +10745,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1133.00</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 700x458x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10811,51 +10811,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">941.00</t>
+            <t xml:space="preserve">960.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная прозрачная 1200x458x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.320.GL</t>
           </r>
@@ -10875,51 +10875,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1518.00</t>
+            <t xml:space="preserve">1548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 700x308x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10941,51 +10941,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">825.00</t>
+            <t xml:space="preserve">842.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 1200x308x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.314.MGL</t>
           </r>
@@ -11005,51 +11005,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1352.00</t>
+            <t xml:space="preserve">1379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 700x458x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11071,51 +11071,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1129.00</t>
+            <t xml:space="preserve">1152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка стеклянная матовая 1200x458x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.320.MGL</t>
           </r>
@@ -11135,51 +11135,51 @@
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1843.00</t>
+            <t xml:space="preserve">1880.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 700x308x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11201,51 +11201,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">367.00</t>
+            <t xml:space="preserve">374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 1200x308x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.314.DSP</t>
           </r>
@@ -11265,51 +11265,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">629.00</t>
+            <t xml:space="preserve">642.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 700x458x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11331,51 +11331,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">547.00</t>
+            <t xml:space="preserve">558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка ДСП 1200x458x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.320.DSP</t>
           </r>
@@ -11395,51 +11395,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">939.00</t>
+            <t xml:space="preserve">958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 700x308x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11461,51 +11461,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2529.00</t>
+            <t xml:space="preserve">2580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 1200x308x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.314.COL</t>
           </r>
@@ -11525,51 +11525,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4336.00</t>
+            <t xml:space="preserve">4423.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 700x458x16</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11591,51 +11591,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3765.00</t>
+            <t xml:space="preserve">3840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка МДФ крашенная 1200x458x16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRMST.320.COL</t>
           </r>
@@ -11655,51 +11655,51 @@
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6448.00</t>
+            <t xml:space="preserve">6577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x360x8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11713,51 +11713,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">782.00</t>
+            <t xml:space="preserve">798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x360x8</t>
           </r>
@@ -11773,51 +11773,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1267.00</t>
+            <t xml:space="preserve">1292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11835,51 +11835,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x510x8</t>
           </r>
@@ -11895,51 +11895,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1653.00</t>
+            <t xml:space="preserve">1686.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11957,51 +11957,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">929.00</t>
+            <t xml:space="preserve">948.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x360x8</t>
           </r>
@@ -12017,51 +12017,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1520.00</t>
+            <t xml:space="preserve">1550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12079,51 +12079,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1234.00</t>
+            <t xml:space="preserve">1259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x510x8</t>
           </r>
@@ -12139,51 +12139,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2013.00</t>
+            <t xml:space="preserve">2053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12201,51 +12201,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">429.00</t>
+            <t xml:space="preserve">438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя ДСП 1200x360x16</t>
           </r>
@@ -12261,51 +12261,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">737.00</t>
+            <t xml:space="preserve">752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12323,51 +12323,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610.00</t>
+            <t xml:space="preserve">622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя ДСП 1200x510x16</t>
           </r>
@@ -12383,51 +12383,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1044.00</t>
+            <t xml:space="preserve">1065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12445,51 +12445,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2954.00</t>
+            <t xml:space="preserve">3013.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x360x16</t>
           </r>
@@ -12505,51 +12505,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5069.00</t>
+            <t xml:space="preserve">5170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12567,51 +12567,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4189.00</t>
+            <t xml:space="preserve">4273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x510x16</t>
           </r>
@@ -12627,51 +12627,51 @@
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7184.00</t>
+            <t xml:space="preserve">7328.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>