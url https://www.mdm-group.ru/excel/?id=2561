--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Подиумы Bold25</t>
   </si>
   <si>
     <t xml:space="preserve"> Большой ассортимент по выгодным ценам. В наличии и на заказ!</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 001 \ Подиум ДСП 500х416х175мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDM.001.DSP25</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3212.00</t>
+      <t xml:space="preserve">3276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 002 \ Подиум ДСП 800х416х175мм</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3501.00</t>
+      <t xml:space="preserve">3571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 003 \ Подиум ДСП 1100х416х175мм</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3795.00</t>
+      <t xml:space="preserve">3871.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 004 \ Подиум ДСП 500х416х600мм</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4347.00</t>
+      <t xml:space="preserve">4434.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 005 \ Подиум ДСП 800х416х600мм</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5519.00</t>
+      <t xml:space="preserve">5629.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 006 \ Подиум ДСП 1100х416х600мм</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6686.00</t>
+      <t xml:space="preserve">6820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PDM 007 \ Подиум- сектор поукруглый ДСП 416х600 (R-814мм)</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 416</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Внешний радиус, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8442.00</t>
+      <t xml:space="preserve">8611.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1123,51 +1123,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1195,51 +1195,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3212.00</t>
+            <t xml:space="preserve">3276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1255,51 +1255,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3501.00</t>
+            <t xml:space="preserve">3571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1317,51 +1317,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3795.00</t>
+            <t xml:space="preserve">3871.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1377,51 +1377,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4347.00</t>
+            <t xml:space="preserve">4434.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1439,51 +1439,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5519.00</t>
+            <t xml:space="preserve">5629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1499,51 +1499,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6686.00</t>
+            <t xml:space="preserve">6820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1561,51 +1561,51 @@
             <t xml:space="preserve">
 Глубина, мм: 416</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Внешний радиус, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8442.00</t>
+            <t xml:space="preserve">8611.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>