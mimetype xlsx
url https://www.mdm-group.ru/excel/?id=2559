--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Piramida</t>
   </si>
   <si>
     <t>При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения заказа</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.01 \ Пирамида</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRM.01</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9308.00</t>
+      <t xml:space="preserve">9494.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.02 \ Пирамида</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12008.00</t>
+      <t xml:space="preserve">12248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.03 \ Пирамида</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1463</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17362.00</t>
+      <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.04 \ Пирамида</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Длина, мм: 780</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 780</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1245</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33465.00</t>
+      <t xml:space="preserve">34134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.05 \ Пирамида</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Длина, мм: 2100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63437.00</t>
+      <t xml:space="preserve">64706.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.06 \ Пирамида с подсветкой</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34441.00</t>
+      <t xml:space="preserve">35130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.07 \ Пирамида</t>
@@ -423,51 +423,51 @@
       <t xml:space="preserve">
 Артикул: PRM.07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14521.00</t>
+      <t xml:space="preserve">14811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33138.00</t>
+      <t xml:space="preserve">33801.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.09.COL \ Пирамида</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95971.00</t>
+      <t xml:space="preserve">97890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.09.DSP \ Пирамида</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRM.09.DSP</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56689.00</t>
+      <t xml:space="preserve">57823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.09.PVH \ Пирамида</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRM.09.PVH</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, оклеенн. пленкой ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74728.00</t>
+      <t xml:space="preserve">76223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRM.09P.DSP \ Пирамида</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRM.09P.DSP</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП, оклеен. пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82845.00</t>
+      <t xml:space="preserve">84502.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -1558,51 +1558,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1630,51 +1630,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9308.00</t>
+            <t xml:space="preserve">9494.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1690,51 +1690,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12008.00</t>
+            <t xml:space="preserve">12248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1752,51 +1752,51 @@
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1463</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17362.00</t>
+            <t xml:space="preserve">17709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1812,51 +1812,51 @@
             <t xml:space="preserve">
 Длина, мм: 780</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 780</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1245</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33465.00</t>
+            <t xml:space="preserve">34134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1874,51 +1874,51 @@
             <t xml:space="preserve">
 Длина, мм: 2100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63437.00</t>
+            <t xml:space="preserve">64706.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1934,51 +1934,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34441.00</t>
+            <t xml:space="preserve">35130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1992,51 +1992,51 @@
             <t xml:space="preserve">
 Артикул: PRM.07</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14521.00</t>
+            <t xml:space="preserve">14811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2056,51 +2056,51 @@
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33138.00</t>
+            <t xml:space="preserve">33801.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2122,51 +2122,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95971.00</t>
+            <t xml:space="preserve">97890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRM.09.DSP \ Пирамида</t>
           </r>
@@ -2182,51 +2182,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56689.00</t>
+            <t xml:space="preserve">57823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2244,51 +2244,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, оклеенн. пленкой ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74728.00</t>
+            <t xml:space="preserve">76223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRM.09P.DSP \ Пирамида</t>
           </r>
@@ -2304,51 +2304,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП, оклеен. пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82845.00</t>
+            <t xml:space="preserve">84502.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>