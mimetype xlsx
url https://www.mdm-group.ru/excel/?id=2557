--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">02.04.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Столы в стиле лофт (Серия Fit)</t>
   </si>
   <si>
     <t>Стулья и стол лофт из серии Fit представляют собой конструкции из сантехнических труб и фитингов. Они являются частью торговой системы Fit, а также прекрасно сочетаются с вешалами Fit.
 Выполненные стулья и столы в стиле лофт, они придадут особый стиль и неповторимый вид торговому помещению.
 Металлические элементы столов и стульев выполнены из стали и покрыты прозрачным лаком. По желанию их можно покрасить в цвета по каталогу RAL или другие цвета с эффектами. Столешницы могут быть выполнены из ДСП или МДФ.
 На металлокаркасе скамьи, стульев и столов лофт допускаются и не являются браком следы ржавчины и побежалости на поверхности металла, а также не зачищенные сварочные швы. Все это входит в дизайнерскую концепцию, металл надежно покрыт прозрачным лаком, который не допускает возможности испачкаться и испачкать товар.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 022 \ Каркас стола</t>
     </r>
     <r>
@@ -100,51 +100,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6309.00</t>
+      <t xml:space="preserve">6435.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 020 \ Каркас стола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -161,51 +161,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7209.00</t>
+      <t xml:space="preserve">7353.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.023.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -218,51 +218,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка ДСП с каркасом стола FIT.022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1260.00</t>
+      <t xml:space="preserve">1285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.023.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -340,51 +340,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка ДСП (имитация старой доски) с каркасом стола FIT.020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1565.00</t>
+      <t xml:space="preserve">1596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 021 V2 \ Полка для каркаса стола FIT 020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.021.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -462,51 +462,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6709.00</t>
+      <t xml:space="preserve">6843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 025 \ Каркас скамьи</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -523,51 +523,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6654.00</t>
+      <t xml:space="preserve">6787.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.026.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -580,51 +580,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с каркасом скамьи FIT.025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2205.00</t>
+      <t xml:space="preserve">2249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.026.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -1423,51 +1423,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.04.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1507,51 +1507,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6309.00</t>
+            <t xml:space="preserve">6435.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 020 \ Каркас стола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.020</t>
           </r>
@@ -1571,51 +1571,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7209.00</t>
+            <t xml:space="preserve">7353.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1633,51 +1633,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка ДСП с каркасом стола FIT.022</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1260.00</t>
+            <t xml:space="preserve">1285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.023.V2.UW</t>
           </r>
@@ -1763,51 +1763,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка ДСП (имитация старой доски) с каркасом стола FIT.020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1565.00</t>
+            <t xml:space="preserve">1596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 021 V2 \ Полка для каркаса стола FIT 020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.021.V2.UW</t>
           </r>
@@ -1893,51 +1893,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6709.00</t>
+            <t xml:space="preserve">6843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 025 \ Каркас скамьи</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.025</t>
           </r>
@@ -1957,51 +1957,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6654.00</t>
+            <t xml:space="preserve">6787.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2019,51 +2019,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с каркасом скамьи FIT.025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2205.00</t>
+            <t xml:space="preserve">2249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.026.V2.UW</t>
           </r>