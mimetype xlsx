--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.12.2023</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стойки ресепшн</t>
   </si>
   <si>
     <t>Все модели изготавливаются по индивидуальной цветовой схеме.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.050.1200 \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.050.1200</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48519.00</t>
+      <t xml:space="preserve">49489.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.050.1800 \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.050.1800</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65677.00</t>
+      <t xml:space="preserve">66991.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.1500.L \ Ресепшн левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.1500.L</t>
@@ -211,51 +211,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">84403.00</t>
+      <t xml:space="preserve">86091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.1500.R \ Ресепшн правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.1500.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">84403.00</t>
+      <t xml:space="preserve">86091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.1800.L \ Ресепшн левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.1800.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -333,51 +333,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101889.00</t>
+      <t xml:space="preserve">103927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.1800.R \ Ресепшн правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.1800.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -394,51 +394,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101889.00</t>
+      <t xml:space="preserve">103927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.2100.L \ Ресепшн левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.2100.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -455,51 +455,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">122776.00</t>
+      <t xml:space="preserve">125232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.2100.R \ Ресепшн правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.2100.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -516,51 +516,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">122776.00</t>
+      <t xml:space="preserve">125232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.2400.L \ Ресепшн левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.2400.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -577,51 +577,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">142907.00</t>
+      <t xml:space="preserve">145765.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0024.2400.R \ Ресепшн правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0024.2400.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -638,51 +638,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">142907.00</t>
+      <t xml:space="preserve">145765.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.1500L \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.1500L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -695,51 +695,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109721.00</t>
+      <t xml:space="preserve">111915.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.1500R \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.1500R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -752,51 +752,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109721.00</t>
+      <t xml:space="preserve">111915.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.1800L \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.1800L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -809,51 +809,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120723.00</t>
+      <t xml:space="preserve">123137.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.1800R \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.1800R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -866,51 +866,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120723.00</t>
+      <t xml:space="preserve">123137.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.2100L \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.2100L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -923,51 +923,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132788.00</t>
+      <t xml:space="preserve">135444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0043.2100R \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0043.2100R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -980,51 +980,51 @@
       <t xml:space="preserve">
 Высота, мм: 975</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: Правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132788.00</t>
+      <t xml:space="preserve">135444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.051 \ Ресепшен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.051</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 700</t>
@@ -1033,51 +1033,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик, ПВХ пленка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143642.00</t>
+      <t xml:space="preserve">146515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0042.L \ Ресепшен левый 2050x650х1200h</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0042.L</t>
@@ -1090,51 +1090,51 @@
       <t xml:space="preserve">
 Ширина, мм: 2050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000/1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102522.00</t>
+      <t xml:space="preserve">104572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0042.R \ Ресепшен правый 2050x650х1200h</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0042.R</t>
@@ -1147,51 +1147,51 @@
       <t xml:space="preserve">
 Ширина, мм: 2050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000/1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102522.00</t>
+      <t xml:space="preserve">104572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0030 \ Ресепшн левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0030</t>
@@ -1208,51 +1208,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76085.00</t>
+      <t xml:space="preserve">77607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0026 \ Ресепшн правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0026</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1200</t>
@@ -1265,51 +1265,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76085.00</t>
+      <t xml:space="preserve">77607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0027 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0027</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 800</t>
@@ -1322,51 +1322,51 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143570.00</t>
+      <t xml:space="preserve">146441.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0006 \ Ресепшн угловой правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1050</t>
@@ -1379,51 +1379,51 @@
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, ПВХ пленка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82702.00</t>
+      <t xml:space="preserve">84356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0006-02 \ Ресепшн угловой левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0006-02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1050</t>
@@ -1436,51 +1436,51 @@
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ресепшен: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, ПВХ пленка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82702.00</t>
+      <t xml:space="preserve">84356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0001 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 568</t>
@@ -1493,51 +1493,51 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149524.00</t>
+      <t xml:space="preserve">152514.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0003 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 568</t>
@@ -1550,51 +1550,51 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149524.00</t>
+      <t xml:space="preserve">152514.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0016 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 568</t>
@@ -1607,92 +1607,92 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138939.00</t>
+      <t xml:space="preserve">141718.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0001.DFP.COL \ Декоративная лицевая панель МДФ краш.  NES.0001, NES.0003, NES.0016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0001.DFP.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25803.00</t>
+      <t xml:space="preserve">26319.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1717,51 +1717,51 @@
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 980</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153492.00</t>
+      <t xml:space="preserve">156562.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0029 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0029</t>
@@ -1778,51 +1778,51 @@
       <t xml:space="preserve">
 Высота, мм: 980</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 560 х 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">206422.00</t>
+      <t xml:space="preserve">210550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0018 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0018</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1400</t>
@@ -1835,51 +1835,51 @@
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">181945.00</t>
+      <t xml:space="preserve">185584.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0019 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0019</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 720</t>
@@ -1892,51 +1892,51 @@
       <t xml:space="preserve">
 Высота, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 968 х 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик, эмаль</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172020.00</t>
+      <t xml:space="preserve">175460.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0012 \ Ресепшн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 586</t>
@@ -1953,92 +1953,92 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 610 х 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112475.00</t>
+      <t xml:space="preserve">114725.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0012.DFP.COL \ Декоративная лицевая панель МДФ краш. для NES.0012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0012.DFP.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25520.00</t>
+      <t xml:space="preserve">26030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2067,51 +2067,51 @@
       <t xml:space="preserve">
 Высота, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40170.00</t>
+      <t xml:space="preserve">40973.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0007.002 \ Блок правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0007.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 597</t>
@@ -2124,51 +2124,51 @@
       <t xml:space="preserve">
 Высота, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40170.00</t>
+      <t xml:space="preserve">40973.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0007.003 \ Блок световой левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0007.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 722</t>
@@ -2185,51 +2185,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700 х 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65879.00</t>
+      <t xml:space="preserve">67197.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0007.004 \ Блок световой правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0007.004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 722</t>
@@ -2246,51 +2246,51 @@
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700 х 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65879.00</t>
+      <t xml:space="preserve">67197.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0007.005 \ Блок центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0007.005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 605</t>
@@ -2299,51 +2299,51 @@
       <t xml:space="preserve">
 Ширина, мм: 830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37901.00</t>
+      <t xml:space="preserve">38659.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0015 \ Ресепшн полукруглый с остекленным прилавком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0015</t>
@@ -2360,51 +2360,51 @@
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 432 х 479</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49336.00</t>
+      <t xml:space="preserve">50323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0035 \ Стол кассовый со световой панелью</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0035</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -2417,96 +2417,96 @@
       <t xml:space="preserve">
 Высота, мм: 900/1095</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700х550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101794.00</t>
+      <t xml:space="preserve">103830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0035P \ Постер для рамки к NES.0035</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0035P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: изображение может быть любым</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры видимого изоб-я постера, мм: 500х903</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5155.00</t>
+      <t xml:space="preserve">5258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2531,51 +2531,51 @@
       <t xml:space="preserve">
 Высота, мм: 900/1015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.002 и NES.0034.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118334.00</t>
+      <t xml:space="preserve">120701.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0034.002 \ Блок левый для ресепшн NES.0034.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0034.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2588,51 +2588,51 @@
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.001 и NES.0034.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38658.00</t>
+      <t xml:space="preserve">39431.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0034.003 \ Блок правый для ресепшн NES.0034.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0034.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2645,51 +2645,51 @@
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.001 и NES.0034.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38658.00</t>
+      <t xml:space="preserve">39431.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.68 \ Ресепшн с остекленным прилавком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.68</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -2702,51 +2702,51 @@
       <t xml:space="preserve">
 Высота, мм: 990/830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 570 х 540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">111813.00</t>
+      <t xml:space="preserve">114049.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">802.2 \ Стол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 802.2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -2755,51 +2755,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48300.00</t>
+      <t xml:space="preserve">49266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NES.0025 \ Стол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0025</t>
@@ -2812,51 +2812,51 @@
       <t xml:space="preserve">
 Ширина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61247.00</t>
+      <t xml:space="preserve">62472.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -4734,51 +4734,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.12.2023</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4810,51 +4810,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48519.00</t>
+            <t xml:space="preserve">49489.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.050.1800 \ Ресепшен</t>
           </r>
@@ -4870,51 +4870,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65677.00</t>
+            <t xml:space="preserve">66991.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4940,51 +4940,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">84403.00</t>
+            <t xml:space="preserve">86091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.1500.R \ Ресепшн правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0024.1500.R</t>
           </r>
@@ -5004,51 +5004,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">84403.00</t>
+            <t xml:space="preserve">86091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.1800.L \ Ресепшн левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5070,51 +5070,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">101889.00</t>
+            <t xml:space="preserve">103927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.1800.R \ Ресепшн правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0024.1800.R</t>
           </r>
@@ -5134,51 +5134,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">101889.00</t>
+            <t xml:space="preserve">103927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.2100.L \ Ресепшн левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5200,51 +5200,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">122776.00</t>
+            <t xml:space="preserve">125232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.2100.R \ Ресепшн правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0024.2100.R</t>
           </r>
@@ -5264,51 +5264,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">122776.00</t>
+            <t xml:space="preserve">125232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.2400.L \ Ресепшн левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5330,51 +5330,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142907.00</t>
+            <t xml:space="preserve">145765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0024.2400.R \ Ресепшн правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0024.2400.R</t>
           </r>
@@ -5394,51 +5394,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 590 х 495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142907.00</t>
+            <t xml:space="preserve">145765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.1500L \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5456,51 +5456,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109721.00</t>
+            <t xml:space="preserve">111915.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.1500R \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0043.1500R</t>
           </r>
@@ -5516,51 +5516,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109721.00</t>
+            <t xml:space="preserve">111915.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.1800L \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5578,51 +5578,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120723.00</t>
+            <t xml:space="preserve">123137.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.1800R \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0043.1800R</t>
           </r>
@@ -5638,51 +5638,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120723.00</t>
+            <t xml:space="preserve">123137.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.2100L \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5700,51 +5700,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132788.00</t>
+            <t xml:space="preserve">135444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0043.2100R \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0043.2100R</t>
           </r>
@@ -5760,51 +5760,51 @@
             <t xml:space="preserve">
 Высота, мм: 975</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: Правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132788.00</t>
+            <t xml:space="preserve">135444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.051 \ Ресепшен</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5818,51 +5818,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик, ПВХ пленка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143642.00</t>
+            <t xml:space="preserve">146515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0042.L \ Ресепшен левый 2050x650х1200h</t>
           </r>
@@ -5878,51 +5878,51 @@
             <t xml:space="preserve">
 Ширина, мм: 2050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000/1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102522.00</t>
+            <t xml:space="preserve">104572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5940,51 +5940,51 @@
             <t xml:space="preserve">
 Ширина, мм: 2050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000/1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102522.00</t>
+            <t xml:space="preserve">104572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0030 \ Ресепшн левый</t>
           </r>
@@ -6004,51 +6004,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76085.00</t>
+            <t xml:space="preserve">77607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0026 \ Ресепшн правый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6066,51 +6066,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76085.00</t>
+            <t xml:space="preserve">77607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0027 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0027</t>
           </r>
@@ -6126,51 +6126,51 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143570.00</t>
+            <t xml:space="preserve">146441.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0006 \ Ресепшн угловой правый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6188,51 +6188,51 @@
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, ПВХ пленка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82702.00</t>
+            <t xml:space="preserve">84356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0006-02 \ Ресепшн угловой левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0006-02</t>
           </r>
@@ -6248,51 +6248,51 @@
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ресепшен: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, ПВХ пленка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82702.00</t>
+            <t xml:space="preserve">84356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0001 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6310,51 +6310,51 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149524.00</t>
+            <t xml:space="preserve">152514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0003 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0003</t>
           </r>
@@ -6370,51 +6370,51 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149524.00</t>
+            <t xml:space="preserve">152514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0016 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6432,95 +6432,95 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 620 х 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138939.00</t>
+            <t xml:space="preserve">141718.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0001.DFP.COL \ Декоративная лицевая панель МДФ краш.  NES.0001, NES.0003, NES.0016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0001.DFP.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25803.00</t>
+            <t xml:space="preserve">26319.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
@@ -6550,51 +6550,51 @@
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 980</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153492.00</t>
+            <t xml:space="preserve">156562.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0029 \ Ресепшн</t>
           </r>
@@ -6614,51 +6614,51 @@
             <t xml:space="preserve">
 Высота, мм: 980</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 560 х 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">206422.00</t>
+            <t xml:space="preserve">210550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0018 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6676,51 +6676,51 @@
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 550 х 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">181945.00</t>
+            <t xml:space="preserve">185584.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0019 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0019</t>
           </r>
@@ -6736,51 +6736,51 @@
             <t xml:space="preserve">
 Высота, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 968 х 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик, эмаль</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172020.00</t>
+            <t xml:space="preserve">175460.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0012 \ Ресепшн</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6802,95 +6802,95 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 610 х 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112475.00</t>
+            <t xml:space="preserve">114725.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0012.DFP.COL \ Декоративная лицевая панель МДФ краш. для NES.0012</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0012.DFP.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25520.00</t>
+            <t xml:space="preserve">26030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
@@ -6924,51 +6924,51 @@
             <t xml:space="preserve">
 Высота, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40170.00</t>
+            <t xml:space="preserve">40973.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0007.002 \ Блок правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0007.002</t>
           </r>
@@ -6984,51 +6984,51 @@
             <t xml:space="preserve">
 Высота, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40170.00</t>
+            <t xml:space="preserve">40973.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0007.003 \ Блок световой левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7050,51 +7050,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700 х 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65879.00</t>
+            <t xml:space="preserve">67197.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0007.004 \ Блок световой правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0007.004</t>
           </r>
@@ -7114,51 +7114,51 @@
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700 х 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65879.00</t>
+            <t xml:space="preserve">67197.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0007.005 \ Блок центральный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7172,51 +7172,51 @@
             <t xml:space="preserve">
 Ширина, мм: 830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37901.00</t>
+            <t xml:space="preserve">38659.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0015 \ Ресепшн полукруглый с остекленным прилавком</t>
           </r>
@@ -7236,51 +7236,51 @@
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 432 х 479</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49336.00</t>
+            <t xml:space="preserve">50323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0035 \ Стол кассовый со световой панелью</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7298,99 +7298,99 @@
             <t xml:space="preserve">
 Высота, мм: 900/1095</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 700х550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">101794.00</t>
+            <t xml:space="preserve">103830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0035P \ Постер для рамки к NES.0035</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0035P</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: изображение может быть любым</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры видимого изоб-я постера, мм: 500х903</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5155.00</t>
+            <t xml:space="preserve">5258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7420,51 +7420,51 @@
             <t xml:space="preserve">
 Высота, мм: 900/1015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.002 и NES.0034.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118334.00</t>
+            <t xml:space="preserve">120701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0034.002 \ Блок левый для ресепшн NES.0034.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0034.002</t>
           </r>
@@ -7480,51 +7480,51 @@
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.001 и NES.0034.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38658.00</t>
+            <t xml:space="preserve">39431.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0034.003 \ Блок правый для ресепшн NES.0034.001</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7542,51 +7542,51 @@
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может исп-ся с NES.0034.001 и NES.0034.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38658.00</t>
+            <t xml:space="preserve">39431.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.68 \ Ресепшн с остекленным прилавком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 2706.68</t>
           </r>
@@ -7602,51 +7602,51 @@
             <t xml:space="preserve">
 Высота, мм: 990/830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу (ШхГ), мм: 570 х 540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">111813.00</t>
+            <t xml:space="preserve">114049.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">802.2 \ Стол</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7660,51 +7660,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48300.00</t>
+            <t xml:space="preserve">49266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NES.0025 \ Стол</t>
           </r>
@@ -7720,51 +7720,51 @@
             <t xml:space="preserve">
 Ширина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ЛДСП, HPL пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61247.00</t>
+            <t xml:space="preserve">62472.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>