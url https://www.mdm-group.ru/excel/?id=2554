--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.02.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала NRG (Собственное производство)</t>
   </si>
   <si>
     <t>Торговые системы из нержавеющей стали</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.PNS</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20650.00</t>
+      <t xml:space="preserve">21063.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15884.62</t>
+      <t xml:space="preserve">16202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -231,51 +231,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6837.90</t>
+      <t xml:space="preserve">6975.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -296,51 +296,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23352.75</t>
+      <t xml:space="preserve">23820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -361,51 +361,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17963.65</t>
+      <t xml:space="preserve">18323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6691.85</t>
+      <t xml:space="preserve">6826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90457.69</t>
+      <t xml:space="preserve">92267.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -556,51 +556,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85219.62</t>
+      <t xml:space="preserve">86924.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -621,51 +621,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10911.20</t>
+      <t xml:space="preserve">11129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -686,51 +686,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19925.00</t>
+      <t xml:space="preserve">20324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -751,51 +751,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15326.92</t>
+      <t xml:space="preserve">15633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -816,51 +816,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8743.45</t>
+      <t xml:space="preserve">8918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -877,51 +877,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32891.90</t>
+      <t xml:space="preserve">33550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -938,51 +938,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33120.31</t>
+      <t xml:space="preserve">33783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.NS.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -999,51 +999,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25301.46</t>
+      <t xml:space="preserve">25807.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1060,51 +1060,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25477.16</t>
+      <t xml:space="preserve">25987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1121,51 +1121,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16365.65</t>
+      <t xml:space="preserve">16693.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1182,51 +1182,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16947.55</t>
+      <t xml:space="preserve">17287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1247,51 +1247,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39186.25</t>
+      <t xml:space="preserve">39970.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1312,51 +1312,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30143.27</t>
+      <t xml:space="preserve">30746.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1377,51 +1377,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12801.80</t>
+      <t xml:space="preserve">13058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1434,51 +1434,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4166.00</t>
+      <t xml:space="preserve">4249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1491,51 +1491,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4468.00</t>
+      <t xml:space="preserve">4557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1548,51 +1548,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1239.70</t>
+      <t xml:space="preserve">1264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1605,51 +1605,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3985.00</t>
+      <t xml:space="preserve">4065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1662,51 +1662,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4280.00</t>
+      <t xml:space="preserve">4366.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1719,51 +1719,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1133.30</t>
+      <t xml:space="preserve">1156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1784,51 +1784,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39746.00</t>
+      <t xml:space="preserve">40541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1849,51 +1849,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30573.85</t>
+      <t xml:space="preserve">31185.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1914,51 +1914,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11187.20</t>
+      <t xml:space="preserve">11411.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1971,51 +1971,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2065.00</t>
+      <t xml:space="preserve">2106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -2028,51 +2028,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2149.00</t>
+      <t xml:space="preserve">2192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -2085,51 +2085,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1003.95</t>
+      <t xml:space="preserve">1024.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -2142,51 +2142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3128.00</t>
+      <t xml:space="preserve">3191.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -2199,51 +2199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3260.00</t>
+      <t xml:space="preserve">3325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -2256,51 +2256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1251.20</t>
+      <t xml:space="preserve">1276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3814,51 +3814,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.02.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3902,51 +3902,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20650.00</t>
+            <t xml:space="preserve">21063.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Y</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.001.NS</t>
           </r>
@@ -3970,51 +3970,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15884.62</t>
+            <t xml:space="preserve">16202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Y</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4040,51 +4040,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6837.90</t>
+            <t xml:space="preserve">6975.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.002.PNS</t>
           </r>
@@ -4108,51 +4108,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23352.75</t>
+            <t xml:space="preserve">23820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4178,51 +4178,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17963.65</t>
+            <t xml:space="preserve">18323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.002.RAL</t>
           </r>
@@ -4246,51 +4246,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6691.85</t>
+            <t xml:space="preserve">6826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4316,51 +4316,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90457.69</t>
+            <t xml:space="preserve">92267.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.003.NS</t>
           </r>
@@ -4384,51 +4384,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85219.62</t>
+            <t xml:space="preserve">86924.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4454,51 +4454,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10911.20</t>
+            <t xml:space="preserve">11129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.004.PNS</t>
           </r>
@@ -4522,51 +4522,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19925.00</t>
+            <t xml:space="preserve">20324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4592,51 +4592,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15326.92</t>
+            <t xml:space="preserve">15633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.004.RAL</t>
           </r>
@@ -4660,51 +4660,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8743.45</t>
+            <t xml:space="preserve">8918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4726,51 +4726,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32891.90</t>
+            <t xml:space="preserve">33550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.PNS.MGL</t>
           </r>
@@ -4790,51 +4790,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33120.31</t>
+            <t xml:space="preserve">33783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4856,51 +4856,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25301.46</t>
+            <t xml:space="preserve">25807.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
           </r>
@@ -4920,51 +4920,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25477.16</t>
+            <t xml:space="preserve">25987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4986,51 +4986,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16365.65</t>
+            <t xml:space="preserve">16693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
           </r>
@@ -5050,51 +5050,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16947.55</t>
+            <t xml:space="preserve">17287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5120,51 +5120,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39186.25</t>
+            <t xml:space="preserve">39970.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.008.NS</t>
           </r>
@@ -5188,51 +5188,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30143.27</t>
+            <t xml:space="preserve">30746.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5258,51 +5258,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12801.80</t>
+            <t xml:space="preserve">13058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.009.PNS</t>
           </r>
@@ -5318,51 +5318,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4166.00</t>
+            <t xml:space="preserve">4249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5380,51 +5380,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4468.00</t>
+            <t xml:space="preserve">4557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.009.RAL</t>
           </r>
@@ -5440,51 +5440,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1239.70</t>
+            <t xml:space="preserve">1264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5502,51 +5502,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3985.00</t>
+            <t xml:space="preserve">4065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.010.NS</t>
           </r>
@@ -5562,51 +5562,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4280.00</t>
+            <t xml:space="preserve">4366.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5624,51 +5624,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1133.30</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.011.PNS</t>
           </r>
@@ -5692,51 +5692,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39746.00</t>
+            <t xml:space="preserve">40541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5762,51 +5762,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30573.85</t>
+            <t xml:space="preserve">31185.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.011.RAL</t>
           </r>
@@ -5830,51 +5830,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11187.20</t>
+            <t xml:space="preserve">11411.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5892,51 +5892,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2065.00</t>
+            <t xml:space="preserve">2106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.012.NS</t>
           </r>
@@ -5952,51 +5952,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2149.00</t>
+            <t xml:space="preserve">2192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6014,51 +6014,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1003.95</t>
+            <t xml:space="preserve">1024.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.013.PNS</t>
           </r>
@@ -6074,51 +6074,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3128.00</t>
+            <t xml:space="preserve">3191.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6136,51 +6136,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3260.00</t>
+            <t xml:space="preserve">3325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.013.RAL</t>
           </r>
@@ -6196,51 +6196,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1251.20</t>
+            <t xml:space="preserve">1276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>