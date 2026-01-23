--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.03.2022</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговая мебель из нержавейки Neka 20</t>
   </si>
   <si>
     <t>Элементы системы Neka 20 изготовлены из шлифованной нержавеющей стали. Металлический каркас 20х20 мм делает конструкции «легкими» и «воздушными» при высокой нагрузной способности и долговечности покрытия. В модельном ряду представлены навесные вешала, демонстрационные столы и зеркала.
 Изделия Neka обладают особой эстетикой с стиле «техно», что прекрасно подойдет для магазинов джинсовой, спортивной, модной молодежной одежды и многих других. Они могут использоваться как сами по себе, так и как база для нестандартных конструкций. Помимо широких возможностей для дизайне магазина, Neka обладает высокими эксплуатационными качествами.
 Смотрите также Торговую мебель из нержавейки Neka, изготовленную из квадратной трубы 25х25 мм</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.001.1200.NS \ Вешало настенное L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -91,51 +91,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6987.00</t>
+      <t xml:space="preserve">7127.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.001.1800.NS \ Вешало настенное L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.001.1800.NS</t>
@@ -148,51 +148,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9935.00</t>
+      <t xml:space="preserve">10134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.001.2400.NS \ Вешало настенное L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.001.2400.NS</t>
@@ -205,51 +205,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13077.00</t>
+      <t xml:space="preserve">13339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.1200.GL \ Вешало настенное со стеклянной прозрачной полкой L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.1200.GL</t>
@@ -266,51 +266,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8264.00</t>
+      <t xml:space="preserve">8429.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.1800.GL \ Вешало настенное со стеклянной прозрачной полкой L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.1800.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -323,51 +323,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11869.00</t>
+      <t xml:space="preserve">12106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.2400.GL \ Вешало настенное со стеклянной прозрачной полкой L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.2400.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -380,51 +380,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15357.00</t>
+      <t xml:space="preserve">15664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.1200.MGL \ Вешало настенное со стеклянной матовой полкой L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.1200.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -437,51 +437,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8774.00</t>
+      <t xml:space="preserve">8949.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.1800.MGL \ Вешало настенное со стеклянной матовой полкой L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.1800.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -494,51 +494,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12634.00</t>
+      <t xml:space="preserve">12887.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.002.2400.MGL \ Вешало настенное со стеклянной матовой полкой L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.002.2400.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -551,51 +551,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16379.00</t>
+      <t xml:space="preserve">16707.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.003.1200.NS \ Вешало настенное универсальное L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.003.1200.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -604,51 +604,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7866.00</t>
+      <t xml:space="preserve">8023.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.003.1800.NS \ Вешало настенное универсальное L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.003.1800.NS</t>
@@ -661,51 +661,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11378.00</t>
+      <t xml:space="preserve">11606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.003.2400.NS \ Вешало настенное универсальное L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.003.2400.NS</t>
@@ -718,51 +718,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14838.00</t>
+      <t xml:space="preserve">15135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.1200.GL \ Вешало настенное универсальное со стеклянной прозрачной полкой L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.1200.GL</t>
@@ -779,51 +779,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9380.00</t>
+      <t xml:space="preserve">9568.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.1800.GL \ Вешало настенное универсальное со стеклянной прозрачной полкой L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.1800.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -836,51 +836,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13544.00</t>
+      <t xml:space="preserve">13815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.2400.GL \ Вешало настенное универсальное со стеклянной прозрачной полкой L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.2400.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -893,51 +893,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17595.00</t>
+      <t xml:space="preserve">17947.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.1200.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.1200.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -950,51 +950,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9900.00</t>
+      <t xml:space="preserve">10098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.1800.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.1800.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1007,51 +1007,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14323.00</t>
+      <t xml:space="preserve">14609.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.004.2400.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.004.2400.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1064,51 +1064,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18631.00</t>
+      <t xml:space="preserve">19004.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK20.005.NS \ Зеркало настенное 1700х770</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK20.005.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1117,51 +1117,51 @@
       <t xml:space="preserve">
 Глубина, мм: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 770</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19394.00</t>
+      <t xml:space="preserve">19782.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -2169,51 +2169,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.03.2022</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2245,51 +2245,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6987.00</t>
+            <t xml:space="preserve">7127.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.001.1800.NS \ Вешало настенное L1800</t>
           </r>
@@ -2305,51 +2305,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9935.00</t>
+            <t xml:space="preserve">10134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2367,51 +2367,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13077.00</t>
+            <t xml:space="preserve">13339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.1200.GL \ Вешало настенное со стеклянной прозрачной полкой L1200</t>
           </r>
@@ -2431,51 +2431,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8264.00</t>
+            <t xml:space="preserve">8429.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.1800.GL \ Вешало настенное со стеклянной прозрачной полкой L1800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2493,51 +2493,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11869.00</t>
+            <t xml:space="preserve">12106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.2400.GL \ Вешало настенное со стеклянной прозрачной полкой L2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.002.2400.GL</t>
           </r>
@@ -2553,51 +2553,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15357.00</t>
+            <t xml:space="preserve">15664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.1200.MGL \ Вешало настенное со стеклянной матовой полкой L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2615,51 +2615,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8774.00</t>
+            <t xml:space="preserve">8949.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.1800.MGL \ Вешало настенное со стеклянной матовой полкой L1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.002.1800.MGL</t>
           </r>
@@ -2675,51 +2675,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12634.00</t>
+            <t xml:space="preserve">12887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.002.2400.MGL \ Вешало настенное со стеклянной матовой полкой L2400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2737,51 +2737,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16379.00</t>
+            <t xml:space="preserve">16707.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.003.1200.NS \ Вешало настенное универсальное L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.003.1200.NS</t>
           </r>
@@ -2793,51 +2793,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7866.00</t>
+            <t xml:space="preserve">8023.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2855,51 +2855,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11378.00</t>
+            <t xml:space="preserve">11606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.003.2400.NS \ Вешало настенное универсальное L2400</t>
           </r>
@@ -2915,51 +2915,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14838.00</t>
+            <t xml:space="preserve">15135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2981,51 +2981,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9380.00</t>
+            <t xml:space="preserve">9568.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.004.1800.GL \ Вешало настенное универсальное со стеклянной прозрачной полкой L1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.004.1800.GL</t>
           </r>
@@ -3041,51 +3041,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13544.00</t>
+            <t xml:space="preserve">13815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.004.2400.GL \ Вешало настенное универсальное со стеклянной прозрачной полкой L2400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3103,51 +3103,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17595.00</t>
+            <t xml:space="preserve">17947.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.004.1200.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.004.1200.MGL</t>
           </r>
@@ -3163,51 +3163,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9900.00</t>
+            <t xml:space="preserve">10098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.004.1800.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L1800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3225,51 +3225,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14323.00</t>
+            <t xml:space="preserve">14609.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.004.2400.MGL \ Вешало настенное универсальное со стеклянной матовой полкой L2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK20.004.2400.MGL</t>
           </r>
@@ -3285,51 +3285,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18631.00</t>
+            <t xml:space="preserve">19004.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK20.005.NS \ Зеркало настенное 1700х770</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3343,51 +3343,51 @@
             <t xml:space="preserve">
 Глубина, мм: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 770</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19394.00</t>
+            <t xml:space="preserve">19782.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>