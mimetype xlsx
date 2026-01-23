--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.03.2025</t>
+      <t xml:space="preserve">14.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи Primo серия 300</t>
   </si>
   <si>
     <t>Каркасы стеллажей: труба 20х20 или 25х25.Цвет: хром или сатинДлина каркасов – 500, 1000ммГлубина каркасов – 350, 500ммВысота каркасов – 900, 1600ммМатериал полок – стекло прозрачное, стекло матовое, ЛДСП 16мм, МДФ 16мм под пленкой ПВХ, МДФ 16мм  оклеенное кожзамом, МДФ крашенное.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.20.CH</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6196.28</t>
+      <t xml:space="preserve">6301.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10585.36</t>
+      <t xml:space="preserve">10718.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5878.50</t>
+      <t xml:space="preserve">5977.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10031.78</t>
+      <t xml:space="preserve">10153.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6909.16</t>
+      <t xml:space="preserve">7024.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.300.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12932.68</t>
+      <t xml:space="preserve">13089.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6564.98</t>
+      <t xml:space="preserve">6673.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.302.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12247.70</t>
+      <t xml:space="preserve">12390.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8253.80</t>
+      <t xml:space="preserve">8391.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13812.40</t>
+      <t xml:space="preserve">14001.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7888.06</t>
+      <t xml:space="preserve">8018.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13210.86</t>
+      <t xml:space="preserve">13387.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9104.00</t>
+      <t xml:space="preserve">9254.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.301.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -834,51 +834,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16824.72</t>
+      <t xml:space="preserve">17050.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -891,51 +891,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8711.86</t>
+      <t xml:space="preserve">8854.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.303.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -948,51 +948,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16091.78</t>
+      <t xml:space="preserve">16302.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1005,51 +1005,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7177.56</t>
+      <t xml:space="preserve">7302.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1062,51 +1062,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12354.24</t>
+      <t xml:space="preserve">12522.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6859.78</t>
+      <t xml:space="preserve">6978.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11800.66</t>
+      <t xml:space="preserve">11957.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7978.64</t>
+      <t xml:space="preserve">8115.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.304.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1290,51 +1290,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15140.44</t>
+      <t xml:space="preserve">15340.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7634.46</t>
+      <t xml:space="preserve">7764.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.306.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1404,51 +1404,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14455.46</t>
+      <t xml:space="preserve">14642.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1461,51 +1461,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9235.08</t>
+      <t xml:space="preserve">9391.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1518,51 +1518,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15581.28</t>
+      <t xml:space="preserve">15805.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.20.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1575,51 +1575,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8869.34</t>
+      <t xml:space="preserve">9018.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 20х20)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.20.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1632,51 +1632,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14979.74</t>
+      <t xml:space="preserve">15191.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1689,51 +1689,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10173.48</t>
+      <t xml:space="preserve">10345.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.305.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1746,51 +1746,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19032.48</t>
+      <t xml:space="preserve">19302.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1803,51 +1803,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9924.28</t>
+      <t xml:space="preserve">10089.08</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 25х25)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.307.25.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1860,51 +1860,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18299.54</t>
+      <t xml:space="preserve">18554.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -1921,51 +1921,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">682.00</t>
+      <t xml:space="preserve">696.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -1982,51 +1982,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1107.00</t>
+      <t xml:space="preserve">1129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2043,51 +2043,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">924.00</t>
+      <t xml:space="preserve">942.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2104,51 +2104,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1492.00</t>
+      <t xml:space="preserve">1522.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2165,51 +2165,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">804.00</t>
+      <t xml:space="preserve">820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x298x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2226,51 +2226,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1319.00</t>
+      <t xml:space="preserve">1345.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x448x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -2287,51 +2287,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1809.00</t>
+      <t xml:space="preserve">1845.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2348,51 +2348,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">356.00</t>
+      <t xml:space="preserve">363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2409,51 +2409,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">610.00</t>
+      <t xml:space="preserve">622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2470,51 +2470,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">537.00</t>
+      <t xml:space="preserve">548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2531,51 +2531,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">918.00</t>
+      <t xml:space="preserve">936.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.310.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2592,51 +2592,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2449.00</t>
+      <t xml:space="preserve">2498.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x298x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.313.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2653,51 +2653,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4196.00</t>
+      <t xml:space="preserve">4280.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.316.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2714,51 +2714,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3678.00</t>
+      <t xml:space="preserve">3752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x448x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.319.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -2775,51 +2775,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6308.00</t>
+      <t xml:space="preserve">6434.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2836,51 +2836,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">697.00</t>
+      <t xml:space="preserve">711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2897,51 +2897,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1133.00</t>
+      <t xml:space="preserve">1156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 700x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -2958,51 +2958,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">941.00</t>
+      <t xml:space="preserve">960.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная прозрачная 1200x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -3019,51 +3019,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1518.00</t>
+      <t xml:space="preserve">1548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3080,51 +3080,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">825.00</t>
+      <t xml:space="preserve">842.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x308x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3141,51 +3141,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1352.00</t>
+      <t xml:space="preserve">1379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 700x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3202,51 +3202,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1129.00</t>
+      <t xml:space="preserve">1152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стеклянная матовая 1200x458x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
@@ -3263,51 +3263,51 @@
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1843.00</t>
+      <t xml:space="preserve">1880.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3324,51 +3324,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">367.00</t>
+      <t xml:space="preserve">374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3385,51 +3385,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">629.00</t>
+      <t xml:space="preserve">642.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 700x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3446,51 +3446,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">547.00</t>
+      <t xml:space="preserve">558.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка ДСП 1200x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3507,51 +3507,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">939.00</t>
+      <t xml:space="preserve">958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.311.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3568,51 +3568,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2529.00</t>
+      <t xml:space="preserve">2580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x308x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.314.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3629,51 +3629,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 20х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4336.00</t>
+      <t xml:space="preserve">4423.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 700x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.317.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3690,51 +3690,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3765.00</t>
+      <t xml:space="preserve">3840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка МДФ крашенная 1200x458x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.320.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ крашенная</t>
@@ -3751,51 +3751,51 @@
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: 25х25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6448.00</t>
+      <t xml:space="preserve">6577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -3804,51 +3804,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">782.00</t>
+      <t xml:space="preserve">798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.GL</t>
@@ -3861,51 +3861,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1267.00</t>
+      <t xml:space="preserve">1292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.GL</t>
@@ -3918,51 +3918,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.GL</t>
@@ -3975,51 +3975,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1653.00</t>
+      <t xml:space="preserve">1686.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x360x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.MGL</t>
@@ -4032,51 +4032,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1520.00</t>
+      <t xml:space="preserve">1550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 700x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.MGL</t>
@@ -4089,51 +4089,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1234.00</t>
+      <t xml:space="preserve">1259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x510x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.MGL</t>
@@ -4146,51 +4146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2013.00</t>
+      <t xml:space="preserve">2053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 700x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.DSP</t>
@@ -4203,51 +4203,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">429.00</t>
+      <t xml:space="preserve">438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 1200x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.DSP</t>
@@ -4260,51 +4260,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">737.00</t>
+      <t xml:space="preserve">752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 700x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.DSP</t>
@@ -4317,51 +4317,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">610.00</t>
+      <t xml:space="preserve">622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя ДСП 1200x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.DSP</t>
@@ -4374,51 +4374,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1044.00</t>
+      <t xml:space="preserve">1065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 700x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.312.COL</t>
@@ -4431,51 +4431,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2954.00</t>
+      <t xml:space="preserve">3013.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x360x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.315.COL</t>
@@ -4488,51 +4488,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5069.00</t>
+      <t xml:space="preserve">5170.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 700x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.318.COL</t>
@@ -4545,51 +4545,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4189.00</t>
+      <t xml:space="preserve">4273.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x510x16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRMST.321.COL</t>
@@ -4602,51 +4602,51 @@
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7184.00</t>
+      <t xml:space="preserve">7328.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -4710,2442 +4710,2412 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e77548c_e214_11e6_9cf3_0025902b3cc1_FEFD7F3F_5AB8_4D45_8EDA_294FF48E3F2E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9689836a_98ac_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbbfe69_98b7_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808d82df_98b0_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6a0943_98b8_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4066c703_98b3_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f8bfad_98be_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb23b687_98b3_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655a279d_98bf_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be1c35b_98b0_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80aa448_98b7_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ed6157_98b0_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395a5483_98b9_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971553ee_98b3_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133be789_98bf_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557b49aa_98b4_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6ca443_98bf_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec13297_98b1_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e12c29_98b9_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d797891b_98b1_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c0ca58_98bd_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad2e861_98b4_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e070e_98bf_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8f445d_98b5_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1916f5f_98c0_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8204b711_98b1_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feabd088_98b9_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53d96c0_98b2_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cccb666_98be_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21889c6f_98b5_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a34d4ee_98c0_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ca5be2_98ba_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea8f15c1_98c0_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a21dce_98d0_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44f2cf7_9607_11e6_9f4a_0025902b3cc0_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725dbb52_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83fe6ab_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d921b72d_98d0_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbf2006_be3a_11e7_93ca_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f4ad77_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a852e9d3_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6a1bcd_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93205267_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97319ccf_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a2f5d1e_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e08de6_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349c9641_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040461_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f548c8_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995bddcd_98d2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb7a268_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1c3757_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385d0a61_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24f927f_98d2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a620c81_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a3175de_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eec697f_98c2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff7bb2a_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2491553a_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e12285_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf82fc3_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a464d7_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9367b3d_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/febbb880_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d43e5e_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ae1fa6_d1d2_11e2_b453_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be2877d_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c079248_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f87626_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b083135_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c31535_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be99f0c9_98c9_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c546d4d3_98cb_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b91913_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beeb76a8_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbdc5bf_98c9_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94281b4f_98cb_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dd8d29_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae76def_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b80.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9689836a_98ac_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbbfe69_98b7_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808d82df_98b0_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6a0943_98b8_11e9_80b7_0025902b3cc1_PRMST_300_302_20_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4066c703_98b3_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f8bfad_98be_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb23b687_98b3_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655a279d_98bf_11e9_80b7_0025902b3cc1_PRMST_300_302_25_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be1c35b_98b0_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80aa448_98b7_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ed6157_98b0_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395a5483_98b9_11e9_80b7_0025902b3cc1_PRMST_301_303_20_b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971553ee_98b3_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133be789_98bf_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557b49aa_98b4_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6ca443_98bf_11e9_80b7_0025902b3cc1_PRMST_301_303_25_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec13297_98b1_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e12c29_98b9_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d797891b_98b1_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c0ca58_98bd_11e9_80b7_0025902b3cc1_PRMST_304_306_20_b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad2e861_98b4_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e070e_98bf_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8f445d_98b5_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1916f5f_98c0_11e9_80b7_0025902b3cc1_PRMST_304_306_25_b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8204b711_98b1_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feabd088_98b9_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53d96c0_98b2_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cccb666_98be_11e9_80b7_0025902b3cc1_PRMST_305_20_307_25_b29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21889c6f_98b5_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a34d4ee_98c0_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ca5be2_98ba_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea8f15c1_98c0_11e9_80b7_0025902b3cc1_PRMST_305_25_307_20_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a21dce_98d0_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44f2cf7_9607_11e6_9f4a_0025902b3cc0_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725dbb52_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83fe6ab_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d921b72d_98d0_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbf2006_be3a_11e7_93ca_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f4ad77_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a852e9d3_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6a1bcd_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93205267_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97319ccf_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a2f5d1e_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e08de6_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349c9641_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51040461_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f548c8_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995bddcd_98d2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb7a268_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1c3757_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385d0a61_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24f927f_98d2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a620c81_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a3175de_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eec697f_98c2_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff7bb2a_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2491553a_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e12285_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf82fc3_98c1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a464d7_98ca_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9367b3d_98cc_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/febbb880_98ce_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d43e5e_98d1_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ae1fa6_d1d2_11e2_b453_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be2877d_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c079248_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f87626_98d3_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b083135_98d4_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c31535_98d5_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_GL_MGL_b71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be99f0c9_98c9_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c546d4d3_98cb_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b91913_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beeb76a8_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_DSP_b75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbdc5bf_98c9_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94281b4f_98cb_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dd8d29_98cd_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae76def_98cf_11e9_80b7_0025902b3cc1_PRMST_310_311_312_313_314_315_316_317_318_319_320_321_PVC_KZ_COL_b79.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>57150</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6000750" cy="2266950"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7412,5015 +7382,5008 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z46"/>
+  <dimension ref="A1:Z45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D46" sqref="D46"/>
+      <selection activeCell="D45" sqref="D45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.03.2025</t>
+            <t xml:space="preserve">14.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="339.75">
-[...3 lines deleted...]
-      <c r="D6"/>
+    <row r="7" spans="1:26">
+      <c r="A7" s="4"/>
+      <c r="B7" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.300.20.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 875</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6301.76</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.300.20.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 875</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10718.32</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.300.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.302.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6196.28</t>
+            <t xml:space="preserve">5977.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.300.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.302.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10585.36</t>
+            <t xml:space="preserve">10153.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.302.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.300.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5878.50</t>
+            <t xml:space="preserve">7024.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.302.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.300.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10031.78</t>
+            <t xml:space="preserve">13089.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x500x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.300.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.302.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6909.16</t>
+            <t xml:space="preserve">6673.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x500x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.300.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.302.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12932.68</t>
+            <t xml:space="preserve">12390.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x350x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.302.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.301.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 875</t>
-[...3 lines deleted...]
-Труба: 25х25 мм</t>
+Высота, мм: 1620</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6564.98</t>
+            <t xml:space="preserve">8391.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x350x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.302.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.301.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 875</t>
-[...3 lines deleted...]
-Труба: 25х25 мм</t>
+Высота, мм: 1620</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12247.70</t>
+            <t xml:space="preserve">14001.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.301.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.303.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8253.80</t>
+            <t xml:space="preserve">8018.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.301.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.303.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13812.40</t>
+            <t xml:space="preserve">13387.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.303.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.301.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7888.06</t>
+            <t xml:space="preserve">9254.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.303.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.301.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13210.86</t>
+            <t xml:space="preserve">17050.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x500x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.301.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.303.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9104.00</t>
+            <t xml:space="preserve">8854.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x500x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.301.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.303.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16824.72</t>
+            <t xml:space="preserve">16302.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 500x350x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.303.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.304.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
-[...11 lines deleted...]
-Труба: 25х25 мм</t>
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 875</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8711.86</t>
+            <t xml:space="preserve">7302.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 500x350x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.303.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.304.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
-[...11 lines deleted...]
-Труба: 25х25 мм</t>
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 875</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16091.78</t>
+            <t xml:space="preserve">12522.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.304.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.306.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7177.56</t>
+            <t xml:space="preserve">6978.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.304.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.306.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12354.24</t>
+            <t xml:space="preserve">11957.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.306.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.304.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6859.78</t>
+            <t xml:space="preserve">8115.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.306.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.304.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11800.66</t>
+            <t xml:space="preserve">15340.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x500x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.304.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.306.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7978.64</t>
+            <t xml:space="preserve">7764.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.304.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.306.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15140.44</t>
+            <t xml:space="preserve">14642.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x350x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.306.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.305.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 875</t>
-[...3 lines deleted...]
-Труба: 25х25 мм</t>
+Высота, мм: 1620</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7634.46</t>
+            <t xml:space="preserve">9391.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x875 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.306.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.305.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 875</t>
-[...3 lines deleted...]
-Труба: 25х25 мм</t>
+Высота, мм: 1620</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14455.46</t>
+            <t xml:space="preserve">15805.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.305.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.307.20.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9235.08</t>
+            <t xml:space="preserve">9018.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.305.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 20х20)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.307.20.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15581.28</t>
+            <t xml:space="preserve">15191.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.307.20.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.305.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8869.34</t>
+            <t xml:space="preserve">10345.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 20х20)</t>
-[...3 lines deleted...]
-Артикул: PRMST.307.20.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.305.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
+Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14979.74</t>
+            <t xml:space="preserve">19302.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x500x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.305.25.CH</t>
+            <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.307.25.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10173.48</t>
+            <t xml:space="preserve">10089.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x500x1620 (труба 25х25)</t>
-[...3 lines deleted...]
-Артикул: PRMST.305.25.SA</t>
+            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 25х25)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.307.25.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19032.48</t>
+            <t xml:space="preserve">18554.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа хром 1000x350x1620 (труба 25х25)</t>
-[...19 lines deleted...]
-Высота, мм: 1620</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 700x298x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.310.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9924.28</t>
+            <t xml:space="preserve">696.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас стеллажа сатин 1000x350x1620 (труба 25х25)</t>
-[...19 lines deleted...]
-Высота, мм: 1620</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 1200x298x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.313.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18299.54</t>
+            <t xml:space="preserve">1129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 700x298x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.310.GL</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 700x448x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.316.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">682.00</t>
+            <t xml:space="preserve">942.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 1200x298x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.313.GL</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 1200x448x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.319.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1107.00</t>
+            <t xml:space="preserve">1522.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 700x448x8</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка стеклянная матовая 700x298x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.310.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">924.00</t>
+            <t xml:space="preserve">820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 1200x448x8</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка стеклянная матовая 1200x298x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.313.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1492.00</t>
+            <t xml:space="preserve">1345.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 700x298x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.310.MGL</t>
+            <t xml:space="preserve">Полка стеклянная матовая 1200x448x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.319.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
-[...3 lines deleted...]
-Длина, мм: 700</t>
+Глубина, мм: 448</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">804.00</t>
+            <t xml:space="preserve">1845.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 1200x298x8</t>
-[...7 lines deleted...]
-Материал: матовое стекло</t>
+            <t xml:space="preserve">Полка ДСП 700x298x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.310.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
-[...3 lines deleted...]
-Высота, мм: 8</t>
+Длина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1319.00</t>
+            <t xml:space="preserve">363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 1200x448x8</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка ДСП 1200x298x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.313.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 8</t>
+Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1809.00</t>
+            <t xml:space="preserve">622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 700x298x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.310.DSP</t>
+            <t xml:space="preserve">Полка ДСП 700x448x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.316.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">356.00</t>
+            <t xml:space="preserve">548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 1200x298x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.313.DSP</t>
+            <t xml:space="preserve">Полка ДСП 1200x448x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.319.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610.00</t>
+            <t xml:space="preserve">936.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 700x448x16</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка МДФ крашенная 700x298x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.310.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">537.00</t>
+            <t xml:space="preserve">2498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 1200x448x16</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка МДФ крашенная 1200x298x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.313.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">918.00</t>
+            <t xml:space="preserve">4280.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 700x298x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.310.COL</t>
+            <t xml:space="preserve">Полка МДФ крашенная 700x448x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.316.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2449.00</t>
+            <t xml:space="preserve">3752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 1200x298x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.313.COL</t>
+            <t xml:space="preserve">Полка МДФ крашенная 1200x448x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.319.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 298</t>
+Глубина, мм: 448</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 25х25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4196.00</t>
+            <t xml:space="preserve">6434.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 700x448x16</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 700x308x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.311.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 16</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3678.00</t>
+            <t xml:space="preserve">711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 1200x448x16</t>
-[...11 lines deleted...]
-Глубина, мм: 448</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 1200x308x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.314.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 16</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6308.00</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 700x308x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.311.GL</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 700x458x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.317.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">697.00</t>
+            <t xml:space="preserve">960.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 1200x308x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.314.GL</t>
+            <t xml:space="preserve">Полка стеклянная прозрачная 1200x458x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.320.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1133.00</t>
+            <t xml:space="preserve">1548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 700x458x8</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка стеклянная матовая 700x308x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.311.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 25х25 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">941.00</t>
+            <t xml:space="preserve">842.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная прозрачная 1200x458x8</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка стеклянная матовая 1200x308x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.314.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 25х25 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1518.00</t>
+            <t xml:space="preserve">1379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 700x308x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.311.MGL</t>
+            <t xml:space="preserve">Полка стеклянная матовая 700x458x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.317.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">825.00</t>
+            <t xml:space="preserve">1152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 1200x308x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.314.MGL</t>
+            <t xml:space="preserve">Полка стеклянная матовая 1200x458x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.320.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1352.00</t>
+            <t xml:space="preserve">1880.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 700x458x8</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка ДСП 700x308x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.311.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 8</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1129.00</t>
+            <t xml:space="preserve">374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная матовая 1200x458x8</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка ДСП 1200x308x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.314.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 8</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: 20х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1843.00</t>
+            <t xml:space="preserve">642.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 700x308x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.311.DSP</t>
+            <t xml:space="preserve">Полка ДСП 700x458x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.317.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">367.00</t>
+            <t xml:space="preserve">558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 1200x308x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.314.DSP</t>
+            <t xml:space="preserve">Полка ДСП 1200x458x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.320.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">629.00</t>
+            <t xml:space="preserve">958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 700x458x16</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка МДФ крашенная 700x308x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.311.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">547.00</t>
+            <t xml:space="preserve">2580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП 1200x458x16</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка МДФ крашенная 1200x308x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.314.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 308</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: 20х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стеллажей из трубы 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">939.00</t>
+            <t xml:space="preserve">4423.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 700x308x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.311.COL</t>
+            <t xml:space="preserve">Полка МДФ крашенная 700x458x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.317.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2529.00</t>
+            <t xml:space="preserve">3840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 1200x308x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.314.COL</t>
+            <t xml:space="preserve">Полка МДФ крашенная 1200x458x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.320.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 308</t>
+Глубина, мм: 458</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: 20х20 мм</t>
-[...3 lines deleted...]
-Примечание: для стеллажей из трубы 20х20</t>
+Труба: 25х25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стеллажей из трубы 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4336.00</t>
+            <t xml:space="preserve">6577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 700x458x16</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x360x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.312.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 16</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3765.00</t>
+            <t xml:space="preserve">798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка МДФ крашенная 1200x458x16</t>
-[...11 lines deleted...]
-Глубина, мм: 458</t>
+            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x360x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.315.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачное стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 16</t>
-[...7 lines deleted...]
-Примечание: для стеллажей из трубы 25х25</t>
+Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6448.00</t>
+            <t xml:space="preserve">1292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x360x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.312.GL</t>
+            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x510x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.318.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">782.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x360x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.315.GL</t>
+            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x510x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.321.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1267.00</t>
+            <t xml:space="preserve">1686.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 700x510x8</t>
-[...15 lines deleted...]
-Длина, мм: 700</t>
+            <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x360x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.315.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная прозрачная 1200x510x8</t>
-[...7 lines deleted...]
-Материал: прозрачное стекло</t>
+            <t xml:space="preserve">Полка верхняя стеклянная матовая 700x510x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.318.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1653.00</t>
+            <t xml:space="preserve">1259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x360x8</t>
-[...3 lines deleted...]
-Артикул: PRMST.315.MGL</t>
+            <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x510x8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.321.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1520.00</t>
+            <t xml:space="preserve">2053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная матовая 700x510x8</t>
-[...11 lines deleted...]
-Глубина, мм: 510</t>
+            <t xml:space="preserve">Полка верхняя ДСП 700x360x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.312.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 8</t>
+Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1234.00</t>
+            <t xml:space="preserve">438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя стеклянная матовая 1200x510x8</t>
-[...11 lines deleted...]
-Глубина, мм: 510</t>
+            <t xml:space="preserve">Полка верхняя ДСП 1200x360x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.315.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 8</t>
+Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2013.00</t>
+            <t xml:space="preserve">752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя ДСП 700x360x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.312.DSP</t>
+            <t xml:space="preserve">Полка верхняя ДСП 700x510x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.318.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">429.00</t>
+            <t xml:space="preserve">622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя ДСП 1200x360x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.315.DSP</t>
+            <t xml:space="preserve">Полка верхняя ДСП 1200x510x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.321.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">737.00</t>
+            <t xml:space="preserve">1065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя ДСП 700x510x16</t>
-[...11 lines deleted...]
-Глубина, мм: 510</t>
+            <t xml:space="preserve">Полка верхняя МДФ крашенная 700x360x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.312.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610.00</t>
+            <t xml:space="preserve">3013.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя ДСП 1200x510x16</t>
-[...11 lines deleted...]
-Глубина, мм: 510</t>
+            <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x360x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.315.COL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: МДФ крашенная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1044.00</t>
+            <t xml:space="preserve">5170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя МДФ крашенная 700x360x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.312.COL</t>
+            <t xml:space="preserve">Полка верхняя МДФ крашенная 700x510x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.318.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2954.00</t>
+            <t xml:space="preserve">4273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x360x16</t>
-[...3 lines deleted...]
-Артикул: PRMST.315.COL</t>
+            <t xml:space="preserve">Полка верхняя МДФ крашенная 1200x510x16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRMST.321.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ крашенная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 360</t>
+Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5069.00</t>
-[...121 lines deleted...]
-            <t xml:space="preserve">7184.00</t>
+            <t xml:space="preserve">7328.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
-    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>