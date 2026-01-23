--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.02.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стильные вешала для магазина одежды NRG (Собственное производство)</t>
   </si>
   <si>
     <t>Стильные вешала для магазина одежды NRG – образец стиля среди вешал. Выполненные из шлифованной или полированной нержавеющей стали, либо окрашенные в любой цвет (по каталогу RAL) станут украшением любого торгового зала и помогут привлечь внимание посетителей к продукции вашего магазина.
 Создаются вешала NRG на нашем производстве, они неразборные и помимо своей красоты, вешала очень крепкие и изготовлены из прочного нержавеющего металла, что позволяет с легкостью размещать на них тяжелую верхнюю одежду и не бояться, что стильное вешало не выдержит нагрузки.
 У вешал NRG имеется перфорация, совместимая с не менее красивыми вешалами Global, а также с системой Global. Но нужно учитывать, что ширина между стойками составляет 600 мм, поэтому вы можете купить дополнительно к стильным вешалам для магазина одежды NRG и часть универсальных элементов для Global, Four, Roto шириной 600 мм.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -103,51 +103,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20650.00</t>
+      <t xml:space="preserve">21063.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -168,51 +168,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15884.62</t>
+      <t xml:space="preserve">16202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -233,51 +233,51 @@
       <t xml:space="preserve">
 Высота, мм: 1525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6837.90</t>
+      <t xml:space="preserve">6975.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -298,51 +298,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23352.75</t>
+      <t xml:space="preserve">23820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -363,51 +363,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17963.65</t>
+      <t xml:space="preserve">18323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.002.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -428,51 +428,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6691.85</t>
+      <t xml:space="preserve">6826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -493,51 +493,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90457.69</t>
+      <t xml:space="preserve">92267.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -558,51 +558,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85219.62</t>
+      <t xml:space="preserve">86924.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало X</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.003.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -623,51 +623,51 @@
       <t xml:space="preserve">
 Высота, мм: 1625</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10911.20</t>
+      <t xml:space="preserve">11129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -688,51 +688,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19925.00</t>
+      <t xml:space="preserve">20324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -753,51 +753,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15326.92</t>
+      <t xml:space="preserve">15633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.004.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -818,51 +818,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8743.45</t>
+      <t xml:space="preserve">8918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -879,51 +879,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32891.90</t>
+      <t xml:space="preserve">33550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33120.31</t>
+      <t xml:space="preserve">33783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.NS.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25301.46</t>
+      <t xml:space="preserve">25807.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1062,51 +1062,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25477.16</t>
+      <t xml:space="preserve">25987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1123,51 +1123,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16365.65</t>
+      <t xml:space="preserve">16693.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1184,51 +1184,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16947.55</t>
+      <t xml:space="preserve">17287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1249,51 +1249,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39186.25</t>
+      <t xml:space="preserve">39970.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1314,51 +1314,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30143.27</t>
+      <t xml:space="preserve">30746.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.008.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1379,51 +1379,51 @@
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12801.80</t>
+      <t xml:space="preserve">13058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1436,51 +1436,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4166.00</t>
+      <t xml:space="preserve">4249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1493,51 +1493,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4468.00</t>
+      <t xml:space="preserve">4557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.009.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1550,51 +1550,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1239.70</t>
+      <t xml:space="preserve">1264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1607,51 +1607,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3985.00</t>
+      <t xml:space="preserve">4065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1664,51 +1664,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4280.00</t>
+      <t xml:space="preserve">4366.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.010.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1721,51 +1721,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1133.30</t>
+      <t xml:space="preserve">1156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1786,51 +1786,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39746.00</t>
+      <t xml:space="preserve">40541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -1851,51 +1851,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30573.85</t>
+      <t xml:space="preserve">31185.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркас гондолы NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.011.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -1916,51 +1916,51 @@
       <t xml:space="preserve">
 Высота, мм: 1576</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11187.20</t>
+      <t xml:space="preserve">11411.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -1973,51 +1973,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2065.00</t>
+      <t xml:space="preserve">2106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -2030,51 +2030,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2149.00</t>
+      <t xml:space="preserve">2192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штанга для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.012.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -2087,51 +2087,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1003.95</t>
+      <t xml:space="preserve">1024.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -2144,51 +2144,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3128.00</t>
+      <t xml:space="preserve">3191.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -2201,51 +2201,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3260.00</t>
+      <t xml:space="preserve">3325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.013.RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -2258,51 +2258,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1251.20</t>
+      <t xml:space="preserve">1276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3816,51 +3816,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.02.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3904,51 +3904,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20650.00</t>
+            <t xml:space="preserve">21063.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Y</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.001.NS</t>
           </r>
@@ -3972,51 +3972,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15884.62</t>
+            <t xml:space="preserve">16202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Y</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4042,51 +4042,51 @@
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6837.90</t>
+            <t xml:space="preserve">6975.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.002.PNS</t>
           </r>
@@ -4110,51 +4110,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23352.75</t>
+            <t xml:space="preserve">23820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4180,51 +4180,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17963.65</t>
+            <t xml:space="preserve">18323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.002.RAL</t>
           </r>
@@ -4248,51 +4248,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6691.85</t>
+            <t xml:space="preserve">6826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4318,51 +4318,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90457.69</t>
+            <t xml:space="preserve">92267.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.003.NS</t>
           </r>
@@ -4386,51 +4386,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85219.62</t>
+            <t xml:space="preserve">86924.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4456,51 +4456,51 @@
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10911.20</t>
+            <t xml:space="preserve">11129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.004.PNS</t>
           </r>
@@ -4524,51 +4524,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19925.00</t>
+            <t xml:space="preserve">20324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4594,51 +4594,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15326.92</t>
+            <t xml:space="preserve">15633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.004.RAL</t>
           </r>
@@ -4662,51 +4662,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8743.45</t>
+            <t xml:space="preserve">8918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4728,51 +4728,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32891.90</t>
+            <t xml:space="preserve">33550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.PNS.MGL</t>
           </r>
@@ -4792,51 +4792,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33120.31</t>
+            <t xml:space="preserve">33783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4858,51 +4858,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25301.46</t>
+            <t xml:space="preserve">25807.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
           </r>
@@ -4922,51 +4922,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25477.16</t>
+            <t xml:space="preserve">25987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4988,51 +4988,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16365.65</t>
+            <t xml:space="preserve">16693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
           </r>
@@ -5052,51 +5052,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16947.55</t>
+            <t xml:space="preserve">17287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5122,51 +5122,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39186.25</t>
+            <t xml:space="preserve">39970.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.008.NS</t>
           </r>
@@ -5190,51 +5190,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30143.27</t>
+            <t xml:space="preserve">30746.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5260,51 +5260,51 @@
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12801.80</t>
+            <t xml:space="preserve">13058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.009.PNS</t>
           </r>
@@ -5320,51 +5320,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4166.00</t>
+            <t xml:space="preserve">4249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5382,51 +5382,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4468.00</t>
+            <t xml:space="preserve">4557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.009.RAL</t>
           </r>
@@ -5442,51 +5442,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1239.70</t>
+            <t xml:space="preserve">1264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5504,51 +5504,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3985.00</t>
+            <t xml:space="preserve">4065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.010.NS</t>
           </r>
@@ -5564,51 +5564,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4280.00</t>
+            <t xml:space="preserve">4366.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5626,51 +5626,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1133.30</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.011.PNS</t>
           </r>
@@ -5694,51 +5694,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39746.00</t>
+            <t xml:space="preserve">40541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5764,51 +5764,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30573.85</t>
+            <t xml:space="preserve">31185.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.011.RAL</t>
           </r>
@@ -5832,51 +5832,51 @@
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11187.20</t>
+            <t xml:space="preserve">11411.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5894,51 +5894,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2065.00</t>
+            <t xml:space="preserve">2106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.012.NS</t>
           </r>
@@ -5954,51 +5954,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2149.00</t>
+            <t xml:space="preserve">2192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6016,51 +6016,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1003.95</t>
+            <t xml:space="preserve">1024.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.013.PNS</t>
           </r>
@@ -6076,51 +6076,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3128.00</t>
+            <t xml:space="preserve">3191.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6138,51 +6138,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3260.00</t>
+            <t xml:space="preserve">3325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.013.RAL</t>
           </r>
@@ -6198,51 +6198,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1251.20</t>
+            <t xml:space="preserve">1276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>