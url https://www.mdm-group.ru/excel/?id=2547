--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,78 +15,192 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стильные вешала для магазина одежды NRG (Собственное производство)</t>
   </si>
   <si>
     <t>Стильные вешала для магазина одежды NRG – образец стиля среди вешал. Выполненные из шлифованной или полированной нержавеющей стали, либо окрашенные в любой цвет (по каталогу RAL) станут украшением любого торгового зала и помогут привлечь внимание посетителей к продукции вашего магазина.
 Создаются вешала NRG на нашем производстве, они неразборные и помимо своей красоты, вешала очень крепкие и изготовлены из прочного нержавеющего металла, что позволяет с легкостью размещать на них тяжелую верхнюю одежду и не бояться, что стильное вешало не выдержит нагрузки.
 У вешал NRG имеется перфорация, совместимая с не менее красивыми вешалами Global, а также с системой Global. Но нужно учитывать, что ширина между стойками составляет 600 мм, поэтому вы можете купить дополнительно к стильным вешалам для магазина одежды NRG и часть универсальных элементов для Global, Four, Roto шириной 600 мм.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Вешало прямое 1500х450х1595h</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRL.001.RAL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1595</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12909.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Вешало Х двухрядное 1500х622х1595h</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRL.006.RAL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 622</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1595</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">19361.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало Y</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.001.PNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
@@ -2362,51 +2476,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acbfb720_3a7c_11e5_a10e_0025902b3cc1_8C93BDED_320F_4B39_9D2B_8773B7158D3D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4c7a77_67bf_11e7_9ffe_0025902b3cc1_8F31BE2D_1A2C_4446_9C7A_F3E944BF421F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3167132c_67c3_11e7_9ffe_0025902b3cc1_NRG001RAL4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4fb008b_3a7c_11e5_a10e_0025902b3cc1_62ABD3B1_D8C0_463E_8BC8_F6A3813DB4855.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cda883_67bf_11e7_9ffe_0025902b3cc1_002.resize26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec624399_67c3_11e7_9ffe_0025902b3cc1_NRG002RAL7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5692512_3a7c_11e5_a10e_0025902b3cc1_F239D68A_8FC8_4A90_B939_43F2EBCE217C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0d0d57_67c0_11e7_9ffe_0025902b3cc1_veshala_x_300_3009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a66d7e0_67c3_11e7_9ffe_0025902b3cc1_NRG03RAL10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4feac1e_3a7c_11e5_a10e_0025902b3cc1_92F53837_C537_4BEB_AE75_72ED038EE1AD11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b4f74e_67c0_11e7_9ffe_0025902b3cc1_00412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882f3889_67c3_11e7_9ffe_0025902b3cc1_NRG004RAL13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ec0c63_3a7d_11e5_a10e_0025902b3cc1_00F35E05_6927_4112_A5A4_6908AC2BA7C614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e69204_67bf_11e7_9ffe_0025902b3cc1_A484E91F_2B3A_4DB5_B6CF_6613B583E0F415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8897f26d_67c0_11e7_9ffe_0025902b3cc1_BAB19F17_4969_4C15_A9A0_D344B105ADEE16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ec6a4_67c0_11e7_9ffe_0025902b3cc1_DD9AD0CB_5EA0_4DE5_ABC4_0BD55CABFCC217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fbe549_67c4_11e7_9ffe_0025902b3cc1_93E69CFD_56C1_4F3B_8418_9AC28391FC6518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30ff228b_67c4_11e7_9ffe_0025902b3cc1_148E4AA7_FA7E_48DE_A16E_481A603444CC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224c8f44_3a7d_11e5_a10e_0025902b3cc1_169225EE_0E73_40AC_8C8E_FA63B9B956DE20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a5c899_67c0_11e7_9ffe_0025902b3cc1_31A12601_247F_4441_985D_389ACFE41FFD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb47826_67c4_11e7_9ffe_0025902b3cc1_NRG008RAL22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382ffd31_3a7d_11e5_a10e_0025902b3cc1_8E249BA7_D6F0_4ECB_8482_19A683C6AC8623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f966cb4d_67c0_11e7_9ffe_0025902b3cc1_692F2879_3D28_4259_9300_4E1B755BFDBF24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af41547_67c4_11e7_9ffe_0025902b3cc1_NRG009RAL25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460ac3c4_3a7d_11e5_a10e_0025902b3cc1_0BEF8AA5_2A37_4721_8EF1_77CC349083E026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5935153_67c1_11e7_9ffe_0025902b3cc1_1233BBF9_ECAF_4CF3_844B_D5605195442527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88bed748_67c4_11e7_9ffe_0025902b3cc1_NRG010RAL28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c93152_3a7d_11e5_a10e_0025902b3cc1_71FEEF30_1112_4653_B7D6_A8EDE59230F329.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d816aaba_67c1_11e7_9ffe_0025902b3cc1_EF462B3C_AB43_4DAA_AF96_E1F55328BC0C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee74d37_67c4_11e7_9ffe_0025902b3cc1_NRG011RAL31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b1d1da_3a7d_11e5_a10e_0025902b3cc1_D9C702EC_8E0F_43BD_8D44_818ED74F174232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde2effd_67c1_11e7_9ffe_0025902b3cc1_9B0742D6_1042_45CE_B770_327D0AD4B94E33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9cda5c_67c4_11e7_9ffe_0025902b3cc1_NRG012RAL34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682f8b21_3a7d_11e5_a10e_0025902b3cc1_F3EB5D7B_8DD5_4D9D_BA8E_A954C0163AF335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd73e5c_67c2_11e7_9ffe_0025902b3cc1_3161921F_4D81_4028_92F2_6E32C4B3E1BC36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1dbd1a3_67c4_11e7_9ffe_0025902b3cc1_NRG013RAL37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f2d3a3_df34_11e7_b78c_0025902b3cc1_0012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edce13f4_df34_11e7_b78c_0025902b3cc1_0063.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acbfb720_3a7c_11e5_a10e_0025902b3cc1_8C93BDED_320F_4B39_9D2B_8773B7158D3D4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4c7a77_67bf_11e7_9ffe_0025902b3cc1_8F31BE2D_1A2C_4446_9C7A_F3E944BF421F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3167132c_67c3_11e7_9ffe_0025902b3cc1_NRG001RAL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4fb008b_3a7c_11e5_a10e_0025902b3cc1_62ABD3B1_D8C0_463E_8BC8_F6A3813DB4857.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cda883_67bf_11e7_9ffe_0025902b3cc1_002.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec624399_67c3_11e7_9ffe_0025902b3cc1_NRG002RAL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5692512_3a7c_11e5_a10e_0025902b3cc1_F239D68A_8FC8_4A90_B939_43F2EBCE217C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0d0d57_67c0_11e7_9ffe_0025902b3cc1_veshala_x_300_30011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a66d7e0_67c3_11e7_9ffe_0025902b3cc1_NRG03RAL12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4feac1e_3a7c_11e5_a10e_0025902b3cc1_92F53837_C537_4BEB_AE75_72ED038EE1AD13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b4f74e_67c0_11e7_9ffe_0025902b3cc1_00414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882f3889_67c3_11e7_9ffe_0025902b3cc1_NRG004RAL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ec0c63_3a7d_11e5_a10e_0025902b3cc1_00F35E05_6927_4112_A5A4_6908AC2BA7C616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e69204_67bf_11e7_9ffe_0025902b3cc1_A484E91F_2B3A_4DB5_B6CF_6613B583E0F417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8897f26d_67c0_11e7_9ffe_0025902b3cc1_BAB19F17_4969_4C15_A9A0_D344B105ADEE18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ec6a4_67c0_11e7_9ffe_0025902b3cc1_DD9AD0CB_5EA0_4DE5_ABC4_0BD55CABFCC219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fbe549_67c4_11e7_9ffe_0025902b3cc1_93E69CFD_56C1_4F3B_8418_9AC28391FC6520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30ff228b_67c4_11e7_9ffe_0025902b3cc1_148E4AA7_FA7E_48DE_A16E_481A603444CC21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224c8f44_3a7d_11e5_a10e_0025902b3cc1_169225EE_0E73_40AC_8C8E_FA63B9B956DE22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a5c899_67c0_11e7_9ffe_0025902b3cc1_31A12601_247F_4441_985D_389ACFE41FFD23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb47826_67c4_11e7_9ffe_0025902b3cc1_NRG008RAL24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382ffd31_3a7d_11e5_a10e_0025902b3cc1_8E249BA7_D6F0_4ECB_8482_19A683C6AC8625.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f966cb4d_67c0_11e7_9ffe_0025902b3cc1_692F2879_3D28_4259_9300_4E1B755BFDBF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af41547_67c4_11e7_9ffe_0025902b3cc1_NRG009RAL27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460ac3c4_3a7d_11e5_a10e_0025902b3cc1_0BEF8AA5_2A37_4721_8EF1_77CC349083E028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5935153_67c1_11e7_9ffe_0025902b3cc1_1233BBF9_ECAF_4CF3_844B_D5605195442529.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88bed748_67c4_11e7_9ffe_0025902b3cc1_NRG010RAL30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c93152_3a7d_11e5_a10e_0025902b3cc1_71FEEF30_1112_4653_B7D6_A8EDE59230F331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d816aaba_67c1_11e7_9ffe_0025902b3cc1_EF462B3C_AB43_4DAA_AF96_E1F55328BC0C32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee74d37_67c4_11e7_9ffe_0025902b3cc1_NRG011RAL33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b1d1da_3a7d_11e5_a10e_0025902b3cc1_D9C702EC_8E0F_43BD_8D44_818ED74F174234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde2effd_67c1_11e7_9ffe_0025902b3cc1_9B0742D6_1042_45CE_B770_327D0AD4B94E35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9cda5c_67c4_11e7_9ffe_0025902b3cc1_NRG012RAL36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682f8b21_3a7d_11e5_a10e_0025902b3cc1_F3EB5D7B_8DD5_4D9D_BA8E_A954C0163AF337.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd73e5c_67c2_11e7_9ffe_0025902b3cc1_3161921F_4D81_4028_92F2_6E32C4B3E1BC38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1dbd1a3_67c4_11e7_9ffe_0025902b3cc1_NRG013RAL39.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3477,50 +3591,110 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3774,54 +3948,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D24" sqref="D24"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -3856,2341 +4030,2463 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало Y</t>
-[...27 lines deleted...]
-Труба: Круглая труба D-27 мм</t>
+            <t xml:space="preserve">Вешало прямое 1500х450х1595h</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRL.001.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1595</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21063.00</t>
+            <t xml:space="preserve">12909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало Y</t>
-[...27 lines deleted...]
-Труба: Круглая труба D-25 мм</t>
+            <t xml:space="preserve">Вешало Х двухрядное 1500х622х1595h</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRL.006.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 622</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1595</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16202.00</t>
+            <t xml:space="preserve">19361.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Y</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.001.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.001.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1525</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: Круглая труба D-25 мм</t>
+Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6975.00</t>
+            <t xml:space="preserve">21063.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало Z</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Вешало Y</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.001.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 550</t>
-[...11 lines deleted...]
-Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
+Глубина, мм: 575</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1525</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1525</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23820.00</t>
+            <t xml:space="preserve">16202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало Z</t>
-[...27 lines deleted...]
-Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
+            <t xml:space="preserve">Вешало Y</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.001.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 575</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1525</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1525</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18323.00</t>
+            <t xml:space="preserve">6975.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало Z</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.002.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.002.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
+Труба: Круглая труба D-27 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6826.00</t>
+            <t xml:space="preserve">23820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало X</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Вешало Z</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.002.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 820</t>
-[...11 lines deleted...]
-Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-32 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92267.00</t>
+            <t xml:space="preserve">18323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало X</t>
-[...27 lines deleted...]
-Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
+            <t xml:space="preserve">Вешало Z</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.002.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-25 мм, прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">86924.00</t>
+            <t xml:space="preserve">6826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало X</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.003.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.003.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1625</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11129.00</t>
+            <t xml:space="preserve">92267.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало A</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Вешало X</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.003.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
-[...11 lines deleted...]
-Труба: Круглая труба D-27 мм</t>
+Глубина, мм: 820</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1625</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20324.00</t>
+            <t xml:space="preserve">86924.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Вешало A</t>
-[...27 lines deleted...]
-Труба: Круглая труба D-25 мм</t>
+            <t xml:space="preserve">Вешало X</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.003.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 820</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1625</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-32 мм, прямоугольная труба 60х30 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15633.00</t>
+            <t xml:space="preserve">11129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало A</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.004.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.004.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1780</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: Круглая труба D-25 мм</t>
+Труба: Круглая труба D-27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8918.00</t>
+            <t xml:space="preserve">20324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Вешало A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.004.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 1180</t>
-[...11 lines deleted...]
-Труба: Квадратная труба 25х25</t>
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1780</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33550.00</t>
+            <t xml:space="preserve">15633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
-[...27 lines deleted...]
-Труба: Квадратная труба 25х25</t>
+            <t xml:space="preserve">Вешало A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.004.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1780</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33783.00</t>
+            <t xml:space="preserve">8918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
-[...7 lines deleted...]
-Цвет: шлифованная нержавеющая сталь</t>
+            <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.007.PNS.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25807.00</t>
+            <t xml:space="preserve">33550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.007.NS.MGL</t>
-[...3 lines deleted...]
-Цвет: шлифованная нержавеющая сталь</t>
+Артикул: NRG.007.PNS.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25987.00</t>
+            <t xml:space="preserve">33783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
-[...11 lines deleted...]
-Материал: Окрашенный металл</t>
+            <t xml:space="preserve">Стол трехярусный  (прозрачное стекло)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.007.NS.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16693.00</t>
+            <t xml:space="preserve">25807.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.007.RAL.MGL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.007.NS.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17287.00</t>
+            <t xml:space="preserve">25987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас гондолы NRG.008</t>
-[...31 lines deleted...]
-Примечание: Изделие неразборное</t>
+            <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.007.RAL.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39970.00</t>
+            <t xml:space="preserve">16693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас гондолы NRG.008</t>
-[...31 lines deleted...]
-Примечание: Изделие неразборное</t>
+            <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.007.RAL.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30746.00</t>
+            <t xml:space="preserve">17287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.008.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.008.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1266</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 40х20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13058.00</t>
+            <t xml:space="preserve">39970.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штанга для NRG.008</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Каркас гондолы NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.008.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Труба: Прямоугольная труба 30х15 мм</t>
+Глубина, мм: 640</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1266</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Прямоугольная труба 40х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4249.00</t>
+            <t xml:space="preserve">30746.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штанга для NRG.008</t>
-[...23 lines deleted...]
-Труба: Прямоугольная труба 30х15 мм</t>
+            <t xml:space="preserve">Каркас гондолы NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.008.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 640</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1266</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Прямоугольная труба 40х20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4557.00</t>
+            <t xml:space="preserve">13058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.009.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.009.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1264.00</t>
+            <t xml:space="preserve">4249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Штанга для NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.009.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4065.00</t>
+            <t xml:space="preserve">4557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
-[...11 lines deleted...]
-Материал: Нержавеющая сталь</t>
+            <t xml:space="preserve">Штанга для NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.009.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4366.00</t>
+            <t xml:space="preserve">1264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.010.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.010.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1156.00</t>
+            <t xml:space="preserve">4065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас гондолы NRG.011</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.010.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 640</t>
-[...15 lines deleted...]
-Примечание: Изделие неразборное</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40541.00</t>
+            <t xml:space="preserve">4366.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркас гондолы NRG.011</t>
-[...31 lines deleted...]
-Примечание: Изделие неразборное</t>
+            <t xml:space="preserve">Кронштейн фронтальный для NRG.008</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.010.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Прямоугольная труба 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31185.00</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркас гондолы NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.011.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.011.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1258</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1576</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11411.00</t>
+            <t xml:space="preserve">40541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штанга для NRG.011</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Каркас гондолы NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.011.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Труба: Круглая труба D-25 мм</t>
+Глубина, мм: 640</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1258</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1576</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-32 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2106.00</t>
+            <t xml:space="preserve">31185.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штанга для NRG.011</t>
-[...23 lines deleted...]
-Труба: Круглая труба D-25 мм</t>
+            <t xml:space="preserve">Каркас гондолы NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.011.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 640</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1258</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1576</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Круглая труба D-32 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Изделие неразборное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2192.00</t>
+            <t xml:space="preserve">11411.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штанга для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRG.012.RAL</t>
-[...7 lines deleted...]
-Материал: Окрашенный металл</t>
+Артикул: NRG.012.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">2106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
-[...7 lines deleted...]
-Цвет: полированная нержавеющая сталь</t>
+            <t xml:space="preserve">Штанга для NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.012.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
+Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3191.00</t>
+            <t xml:space="preserve">2192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
-[...11 lines deleted...]
-Материал: Нержавеющая сталь</t>
+            <t xml:space="preserve">Штанга для NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.012.RAL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: окрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Окрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
-Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
+Труба: Круглая труба D-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3325.00</t>
+            <t xml:space="preserve">1024.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.013.PNS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: полированная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Труба 1- D-25 мм, Труба 2  - D-20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3191.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" s="4"/>
+      <c r="B25" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRG.013.NS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: шлифованная нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Нержавеющая сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Труба: Труба 1- D-25 мм, Труба 2  - D 20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3325.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C25" s="4"/>
+      <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн фронтальный для NRG.011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.013.RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: окрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Окрашенный металл</t>
           </r>