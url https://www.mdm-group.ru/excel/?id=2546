--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.11.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Рейлы для одежды лофт серия Fit (Собственное производство)</t>
   </si>
   <si>
     <t>Рейлы для одежды лофт серия Fit – стильные и современные рейлы для одежды в стиле лофт, произведенные из водопроводных труб и фитингов.
 Стойки для одежды из труб отлично впишутся в современный дизайн магазинов в стиле лофт и индастриал, а также украсят собой и придадут особые черты любому помещению.
 Металлические элементы рейлов выполнены из стали и покрыты прозрачным лаком. По желанию их можно покрасить в цвета по каталогу RAL или другие цвета с эффектами. Полки могут быть выполнены из ДСП или МДФ. Акцентным штрихом данной системы являются полки из ДСП, имитирующего состаренное дерево.
 На металле допускаются и не являются браком следы ржавчины и побежалости на поверхности металла, а также не зачищенные сварочные швы. Все это входит в дизайнерскую концепцию, металл надежно покрыт прозрачным лаком, который не допускает возможности испачкаться и испачкать товар.
 Наша компания является производителем торгового оборудования для магазинов в стиле лофт, рейлы для одежды лофт Fit являются частью торговой системы Fit, а также прекрасно сочетаются со столами Fit.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 059 V2 \ Вешало (рейл)</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8809.00</t>
+      <t xml:space="preserve">8985.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 060 V2 \  Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.060.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9909.00</t>
+      <t xml:space="preserve">10107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 061 V2 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.061.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10809.00</t>
+      <t xml:space="preserve">11025.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 062 V2 \ Вешало ступенчатое (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.062.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -284,51 +284,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10309.00</t>
+      <t xml:space="preserve">10515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 063 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.063</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -353,51 +353,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6036.00</t>
+      <t xml:space="preserve">6157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 064 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.064</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -414,116 +414,120 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9709.00</t>
+      <t xml:space="preserve">9903.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 057A V2 \ Вешало наклонное (рейл) (3 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.057A.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 5811 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4940.00</t>
+      <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 057B V2 \ Вешало наклонное (рейл) (3 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.057B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -540,51 +544,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6274.00</t>
+      <t xml:space="preserve">6399.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 058A V2 \ Вешало наклонное (рейл) (4 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.058A.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -597,51 +601,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5775.00</t>
+      <t xml:space="preserve">5891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 058B V2 \ Вешало наклонное (рейл) (4 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.058B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -654,116 +658,120 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6143.00</t>
+      <t xml:space="preserve">6266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 052 V2 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.052.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 10990 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8808.00</t>
+      <t xml:space="preserve">8984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 072 \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.072</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -780,51 +788,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10083.00</t>
+      <t xml:space="preserve">10285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 071 \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.071</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -841,51 +849,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10723.00</t>
+      <t xml:space="preserve">10937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 053 V2 \ Полка для вешал (рейлов) FIT 052 V2 и FIT 072</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.053.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -971,51 +979,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5409.00</t>
+      <t xml:space="preserve">5517.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 056 \ Вешало двухрядное (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.056</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1032,51 +1040,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13590.00</t>
+      <t xml:space="preserve">13862.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 055 \ Вешало двухрядное (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.055</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1093,51 +1101,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14490.00</t>
+      <t xml:space="preserve">14780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 065 \ Вешало подвесное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.065</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1150,51 +1158,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8909.00</t>
+      <t xml:space="preserve">9087.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 066 V2 \ Вешало подвесное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.066.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1207,51 +1215,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6709.00</t>
+      <t xml:space="preserve">6843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.073.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -1264,51 +1272,51 @@
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с подвесным вешалом FIT.066.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1124.00</t>
+      <t xml:space="preserve">1146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.073.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -1390,51 +1398,51 @@
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5590.00</t>
+      <t xml:space="preserve">5702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 067R V2 \ Вешало с опорой на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.067.R.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1463,51 +1471,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 5590 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3912.00</t>
+      <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 068 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.068</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1516,51 +1524,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 069 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.069</t>
@@ -1573,51 +1581,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2450.00</t>
+      <t xml:space="preserve">2499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 070 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.070</t>
@@ -1630,51 +1638,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2950.00</t>
+      <t xml:space="preserve">3009.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -2892,51 +2900,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.11.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2976,51 +2984,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8809.00</t>
+            <t xml:space="preserve">8985.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 060 V2 \  Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.060.V2</t>
           </r>
@@ -3040,51 +3048,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9909.00</t>
+            <t xml:space="preserve">10107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 061 V2 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3106,51 +3114,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10809.00</t>
+            <t xml:space="preserve">11025.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 062 V2 \ Вешало ступенчатое (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.062.V2</t>
           </r>
@@ -3170,51 +3178,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10309.00</t>
+            <t xml:space="preserve">10515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 063 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3244,51 +3252,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6036.00</t>
+            <t xml:space="preserve">6157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 064 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.064</t>
           </r>
@@ -3308,51 +3316,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9709.00</t>
+            <t xml:space="preserve">9903.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 057A V2 \ Вешало наклонное (рейл) (3 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3362,67 +3370,71 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 5811 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4940.00</t>
+            <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 057B V2 \ Вешало наклонное (рейл) (3 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.057B.V2</t>
           </r>
@@ -3442,51 +3454,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6274.00</t>
+            <t xml:space="preserve">6399.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 058A V2 \ Вешало наклонное (рейл) (4 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3504,51 +3516,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5775.00</t>
+            <t xml:space="preserve">5891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 058B V2 \ Вешало наклонное (рейл) (4 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.058B.V2</t>
           </r>
@@ -3564,51 +3576,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6143.00</t>
+            <t xml:space="preserve">6266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 052 V2 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3618,67 +3630,71 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 10990 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8808.00</t>
+            <t xml:space="preserve">8984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 072 \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.072</t>
           </r>
@@ -3698,51 +3714,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10083.00</t>
+            <t xml:space="preserve">10285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 071 \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3764,51 +3780,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10723.00</t>
+            <t xml:space="preserve">10937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 053 V2 \ Полка для вешал (рейлов) FIT 052 V2 и FIT 072</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.053.V2.UW</t>
           </r>
@@ -3902,51 +3918,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5409.00</t>
+            <t xml:space="preserve">5517.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 056 \ Вешало двухрядное (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.056</t>
           </r>
@@ -3966,51 +3982,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13590.00</t>
+            <t xml:space="preserve">13862.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 055 \ Вешало двухрядное (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4032,51 +4048,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14490.00</t>
+            <t xml:space="preserve">14780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 065 \ Вешало подвесное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.065</t>
           </r>
@@ -4092,51 +4108,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8909.00</t>
+            <t xml:space="preserve">9087.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 066 V2 \ Вешало подвесное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4154,51 +4170,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6709.00</t>
+            <t xml:space="preserve">6843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.073.V2.DSP</t>
           </r>
@@ -4214,51 +4230,51 @@
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с подвесным вешалом FIT.066.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1124.00</t>
+            <t xml:space="preserve">1146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4348,51 +4364,51 @@
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5590.00</t>
+            <t xml:space="preserve">5702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 067R V2 \ Вешало с опорой на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4426,51 +4442,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 5590 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3912.00</t>
+            <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 068 \ Вешало для ремней</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.068</t>
           </r>
@@ -4482,51 +4498,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4544,51 +4560,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450.00</t>
+            <t xml:space="preserve">2499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 070 \ Вешало для ремней</t>
           </r>
@@ -4604,51 +4620,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2950.00</t>
+            <t xml:space="preserve">3009.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>