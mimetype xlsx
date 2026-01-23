--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">02.04.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Зеркала в декоративной раме</t>
   </si>
   <si>
     <t>Декоративные рамы для зеркал изготавливаются из различных материалов: ДСП, МДФ покрытый пленкой ПВХ или кожзаменителем, МДФ окрашенный. Возможно использование в качестве декора багетной рамы. Стоимость зеркала в багетной раме рассчитывается отдельно.Зеркало и банкетка могут быть выполнены по индивидуальным размерам. Цена подлежит согласованию.Цвета материалов, образцы багета и кожзаменителя  представлены на нашем сайте www.mdm-group.ru, а также в выставочном зале.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме МДФ краш. 700х1800мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MIR.100A.COL</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14242.00</t>
+      <t xml:space="preserve">14527.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме ДСП 700х1800мм</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6479.00</t>
+      <t xml:space="preserve">6609.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме МДФ краш. 800х1800мм</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16281.00</t>
+      <t xml:space="preserve">16607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме ДСП 800х1800мм</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7401.00</t>
+      <t xml:space="preserve">7549.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме МДФ краш. 900х1800мм</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18320.00</t>
+      <t xml:space="preserve">18686.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR.100 \ Зеркало в декоративной раме ДСП 900х1800мм</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8321.00</t>
+      <t xml:space="preserve">8487.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100A \ Зеркало</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6825.00</t>
+      <t xml:space="preserve">6962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100B \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100B.DSP</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7560.00</t>
+      <t xml:space="preserve">7711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100C \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100C.DSP</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8390.00</t>
+      <t xml:space="preserve">8558.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100B \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100B.UW</t>
@@ -1392,51 +1392,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.04.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1464,51 +1464,51 @@
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14242.00</t>
+            <t xml:space="preserve">14527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1524,51 +1524,51 @@
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6479.00</t>
+            <t xml:space="preserve">6609.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1586,51 +1586,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16281.00</t>
+            <t xml:space="preserve">16607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1646,51 +1646,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7401.00</t>
+            <t xml:space="preserve">7549.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1708,51 +1708,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18320.00</t>
+            <t xml:space="preserve">18686.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1768,51 +1768,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8321.00</t>
+            <t xml:space="preserve">8487.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1834,51 +1834,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6825.00</t>
+            <t xml:space="preserve">6962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 100B \ Зеркало</t>
           </r>
@@ -1894,51 +1894,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7560.00</t>
+            <t xml:space="preserve">7711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1956,51 +1956,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8390.00</t>
+            <t xml:space="preserve">8558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 100B \ Зеркало</t>
           </r>