--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,164 +33,164 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.12.2023</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Островные конструкции и примерочные Логика</t>
   </si>
   <si>
     <t>Модульность серии «Логика» позволяет легко перестраивать Вашу торговую мебель при изменениях в ассортименте. Благодаря разнообразным навесным элементам Вы сможете разместить на стеллажах и гондолах «Логики» не только одежду, но и широкий круг других товаров. Высокое качество и привлекательный дизайн торгового оборудования «Логика» подчеркнут уровень Вашего магазина и представленной продукции.Прямолинейные стойки стеллажей крепятся к стене, но возможна и самостоятельная установка стеллажа – на L-образной стойке. В нижней части как пристенные, так и островные элементы серии оборудованы удобными накопителями для товара. Задние стенки стеллажей помимо ДСП могут быть изготовлены из акрилового стекла и снабжены подсветкой. Верх стеллажа предусматривает размещение рекламных постеров.Дизайн разнообразных островных элементов «Логики» отражает последние тенденции в развитии оборудовани</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.U104 / Примерочная сборная двойная (Алебастр)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.U104</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 48696 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">41393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.011.001 \ Подиум</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.011.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28146.00</t>
+      <t xml:space="preserve">28709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.012.001 \ Стол выдвижной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.012.001</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60680.00</t>
+      <t xml:space="preserve">61894.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.012.002 \ Стол выдвижной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.012.002</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49522.00</t>
+      <t xml:space="preserve">50512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.012.003 \ Стол выдвижной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.012.003</t>
@@ -317,100 +317,100 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34512.00</t>
+      <t xml:space="preserve">35202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.009.003 \ Стол круглый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.009.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: торец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35339.00</t>
+      <t xml:space="preserve">36046.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: торец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31907.00</t>
+      <t xml:space="preserve">32545.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.009.004 \ Пирамида на подиуме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.009.004</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 816</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49321.00</t>
+      <t xml:space="preserve">50307.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.009.001 \ Пирамида с дверками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.009.001</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46082.00</t>
+      <t xml:space="preserve">47004.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.006.003 \ Полка стеклянная</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Глубина, мм: 327</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 547</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для LGK.015.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1086.00</t>
+      <t xml:space="preserve">1108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.007.004 \ Полка ДСП</t>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Глубина, мм: 327</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 547</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для LGK.015.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.015.001 \ Вешало</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Высота, мм: 1360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полки в комплектацию не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">44418.00</t>
+      <t xml:space="preserve">45306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.015.002 \ Вешало 4-х рожковое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.015.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29610.00</t>
+      <t xml:space="preserve">30202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.015.003 \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.015.003</t>
@@ -834,51 +834,51 @@
       <t xml:space="preserve">
 Высота, мм: 1464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: каркас окраш. металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46285.00</t>
+      <t xml:space="preserve">47211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.015.003NR \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.015.003NR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 700</t>
@@ -891,51 +891,51 @@
       <t xml:space="preserve">
 Высота, мм: 1464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: каркас нерж. сталь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68285.00</t>
+      <t xml:space="preserve">69651.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.001 \ Левая боковина с декором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
@@ -948,51 +948,51 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9370.00</t>
+      <t xml:space="preserve">9557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.001P \ Левая боковина с декором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.001P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
@@ -1005,96 +1005,96 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15880.00</t>
+      <t xml:space="preserve">16198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.004 \ Примерочная с декором комплектная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18730.00</t>
+      <t xml:space="preserve">19105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1107,51 +1107,51 @@
       <t xml:space="preserve">
 Артикул: LGK.016.004P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27923.00</t>
+      <t xml:space="preserve">28481.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8507.00</t>
+      <t xml:space="preserve">8677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.003P \ Центральная боковина с декором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.003P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13527.00</t>
+      <t xml:space="preserve">13798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.002 \ Правая боковина с декором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
@@ -1290,51 +1290,51 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9370.00</t>
+      <t xml:space="preserve">9557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.002P \ Правая боковина с декором</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.002P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15880.00</t>
+      <t xml:space="preserve">16198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2515,51 +2515,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.12.2023</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2575,74 +2575,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.U104 / Примерочная сборная двойная (Алебастр)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.016.U104</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1116</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 48696 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">41393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.011.001 \ Подиум</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.011.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -2651,51 +2651,51 @@
             <t xml:space="preserve">
 Ширина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28146.00</t>
+            <t xml:space="preserve">28709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2713,51 +2713,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60680.00</t>
+            <t xml:space="preserve">61894.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.012.002 \ Стол выдвижной</t>
           </r>
@@ -2773,51 +2773,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49522.00</t>
+            <t xml:space="preserve">50512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2835,51 +2835,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34512.00</t>
+            <t xml:space="preserve">35202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.009.003 \ Стол круглый</t>
           </r>
@@ -2887,51 +2887,51 @@
             <t xml:space="preserve">
 Артикул: LGK.009.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: торец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35339.00</t>
+            <t xml:space="preserve">36046.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2957,51 +2957,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: торец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31907.00</t>
+            <t xml:space="preserve">32545.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.009.004 \ Пирамида на подиуме</t>
           </r>
@@ -3017,51 +3017,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 816</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49321.00</t>
+            <t xml:space="preserve">50307.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3075,51 +3075,51 @@
             <t xml:space="preserve">
 Глубина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46082.00</t>
+            <t xml:space="preserve">47004.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3135,51 +3135,51 @@
             <t xml:space="preserve">
 Глубина, мм: 327</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 547</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для LGK.015.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1086.00</t>
+            <t xml:space="preserve">1108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3197,51 +3197,51 @@
             <t xml:space="preserve">
 Глубина, мм: 327</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 547</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для LGK.015.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3265,51 +3265,51 @@
             <t xml:space="preserve">
 Высота, мм: 1360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полки в комплектацию не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">44418.00</t>
+            <t xml:space="preserve">45306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.015.002 \ Вешало 4-х рожковое</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3323,51 +3323,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29610.00</t>
+            <t xml:space="preserve">30202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.015.003 \ Вешало</t>
           </r>
@@ -3387,51 +3387,51 @@
             <t xml:space="preserve">
 Высота, мм: 1464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: каркас окраш. металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46285.00</t>
+            <t xml:space="preserve">47211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.015.003NR \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3449,51 +3449,51 @@
             <t xml:space="preserve">
 Высота, мм: 1464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: каркас нерж. сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Оклеивается пластиком: верх и торец подиума</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68285.00</t>
+            <t xml:space="preserve">69651.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.001 \ Левая боковина с декором</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.016.001</t>
           </r>
@@ -3509,51 +3509,51 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9370.00</t>
+            <t xml:space="preserve">9557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.001P \ Левая боковина с декором</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3571,99 +3571,99 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15880.00</t>
+            <t xml:space="preserve">16198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.004 \ Примерочная с декором комплектная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.016.004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18730.00</t>
+            <t xml:space="preserve">19105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3681,51 +3681,51 @@
             <t xml:space="preserve">
 Артикул: LGK.016.004P</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27923.00</t>
+            <t xml:space="preserve">28481.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3753,51 +3753,51 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8507.00</t>
+            <t xml:space="preserve">8677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.003P \ Центральная боковина с декором</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3815,51 +3815,51 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13527.00</t>
+            <t xml:space="preserve">13798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.002 \ Правая боковина с декором</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.016.002</t>
           </r>
@@ -3875,51 +3875,51 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9370.00</t>
+            <t xml:space="preserve">9557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.002P \ Правая боковина с декором</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3937,51 +3937,51 @@
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП оклейка пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15880.00</t>
+            <t xml:space="preserve">16198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>