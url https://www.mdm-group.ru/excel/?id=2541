--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -73,74 +73,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.016.U104 / Примерочная сборная двойная (Алебастр)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.016.U104</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 2125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1116</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 48696 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">41393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LGK.011.001 \ Подиум</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LGK.011.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2575,74 +2575,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.016.U104 / Примерочная сборная двойная (Алебастр)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.016.U104</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 2125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1116</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 48696 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">41393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LGK.011.001 \ Подиум</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LGK.011.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>