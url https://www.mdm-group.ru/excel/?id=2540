--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.07.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки WIKO I (из алюминиевого профиля)</t>
   </si>
   <si>
     <t>Прилавки и витрины серии «WIKO» очень хорошо известны в России. Серия Wiko универсальна, обладает высокими эксплуатационными качествами и отличным внешним видом. Возможно изготовление нестандартных вариантов прилавков и витрин.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW1-5090 P V2</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10580.00</t>
+      <t xml:space="preserve">10792.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10949.00</t>
+      <t xml:space="preserve">11168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12187.00</t>
+      <t xml:space="preserve">12431.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12064.00</t>
+      <t xml:space="preserve">12305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12933.00</t>
+      <t xml:space="preserve">13192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13054.00</t>
+      <t xml:space="preserve">13315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14846.00</t>
+      <t xml:space="preserve">15143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с дверками угловой наружный</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12933.00</t>
+      <t xml:space="preserve">13192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой внутренний</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11693.00</t>
+      <t xml:space="preserve">11927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
@@ -610,51 +610,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24232.00</t>
+      <t xml:space="preserve">24717.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -671,51 +671,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25383.00</t>
+      <t xml:space="preserve">25891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -732,51 +732,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28928.00</t>
+      <t xml:space="preserve">29507.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -793,51 +793,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25945.00</t>
+      <t xml:space="preserve">26464.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -846,51 +846,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26243.00</t>
+      <t xml:space="preserve">26768.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.DSP</t>
@@ -903,51 +903,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28242.00</t>
+      <t xml:space="preserve">28807.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.EP</t>
@@ -960,51 +960,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34355.00</t>
+      <t xml:space="preserve">35042.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.MIR</t>
@@ -1017,51 +1017,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29675.00</t>
+      <t xml:space="preserve">30269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD</t>
@@ -1082,51 +1082,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32284.00</t>
+      <t xml:space="preserve">32930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1143,51 +1143,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33649.00</t>
+      <t xml:space="preserve">34322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1204,51 +1204,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38556.00</t>
+      <t xml:space="preserve">39327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1265,51 +1265,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34573.00</t>
+      <t xml:space="preserve">35264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1326,51 +1326,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32870.00</t>
+      <t xml:space="preserve">33527.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1387,51 +1387,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34233.00</t>
+      <t xml:space="preserve">34918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1448,51 +1448,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39140.00</t>
+      <t xml:space="preserve">39923.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1509,51 +1509,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35156.00</t>
+      <t xml:space="preserve">35859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1570,51 +1570,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32284.00</t>
+      <t xml:space="preserve">32930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1631,51 +1631,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33649.00</t>
+      <t xml:space="preserve">34322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1692,51 +1692,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38556.00</t>
+      <t xml:space="preserve">39327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1753,51 +1753,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34573.00</t>
+      <t xml:space="preserve">35264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1814,51 +1814,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32870.00</t>
+      <t xml:space="preserve">33527.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1875,51 +1875,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34233.00</t>
+      <t xml:space="preserve">34918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1936,51 +1936,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39140.00</t>
+      <t xml:space="preserve">39923.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1997,51 +1997,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35156.00</t>
+      <t xml:space="preserve">35859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2058,51 +2058,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30923.00</t>
+      <t xml:space="preserve">31541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2119,51 +2119,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32284.00</t>
+      <t xml:space="preserve">32930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2180,51 +2180,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37190.00</t>
+      <t xml:space="preserve">37934.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2241,51 +2241,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33206.00</t>
+      <t xml:space="preserve">33870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2302,51 +2302,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31374.00</t>
+      <t xml:space="preserve">32001.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2363,51 +2363,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32741.00</t>
+      <t xml:space="preserve">33396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2424,51 +2424,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37646.00</t>
+      <t xml:space="preserve">38399.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2485,51 +2485,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33663.00</t>
+      <t xml:space="preserve">34336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2546,51 +2546,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30923.00</t>
+      <t xml:space="preserve">31541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2607,51 +2607,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32284.00</t>
+      <t xml:space="preserve">32930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2668,51 +2668,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36481.00</t>
+      <t xml:space="preserve">37211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2729,51 +2729,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33206.00</t>
+      <t xml:space="preserve">33870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -4557,51 +4557,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.07.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4629,51 +4629,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10580.00</t>
+            <t xml:space="preserve">10792.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4689,51 +4689,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10949.00</t>
+            <t xml:space="preserve">11168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4751,51 +4751,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12187.00</t>
+            <t xml:space="preserve">12431.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4811,51 +4811,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12064.00</t>
+            <t xml:space="preserve">12305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4873,51 +4873,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12933.00</t>
+            <t xml:space="preserve">13192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4933,51 +4933,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13054.00</t>
+            <t xml:space="preserve">13315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4995,51 +4995,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14846.00</t>
+            <t xml:space="preserve">15143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5055,51 +5055,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12933.00</t>
+            <t xml:space="preserve">13192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5117,51 +5117,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11693.00</t>
+            <t xml:space="preserve">11927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5189,51 +5189,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24232.00</t>
+            <t xml:space="preserve">24717.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5255,51 +5255,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25383.00</t>
+            <t xml:space="preserve">25891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-5050 ZD.EP</t>
           </r>
@@ -5319,51 +5319,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28928.00</t>
+            <t xml:space="preserve">29507.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5385,51 +5385,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25945.00</t>
+            <t xml:space="preserve">26464.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина угловая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-5050 NZ</t>
           </r>
@@ -5441,51 +5441,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26243.00</t>
+            <t xml:space="preserve">26768.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5503,51 +5503,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28242.00</t>
+            <t xml:space="preserve">28807.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина угловая с освещением</t>
           </r>
@@ -5563,51 +5563,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34355.00</t>
+            <t xml:space="preserve">35042.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5625,51 +5625,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29675.00</t>
+            <t xml:space="preserve">30269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
@@ -5693,51 +5693,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32284.00</t>
+            <t xml:space="preserve">32930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5759,51 +5759,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33649.00</t>
+            <t xml:space="preserve">34322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD.EP</t>
           </r>
@@ -5823,51 +5823,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38556.00</t>
+            <t xml:space="preserve">39327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5889,51 +5889,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34573.00</t>
+            <t xml:space="preserve">35264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD</t>
           </r>
@@ -5953,51 +5953,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32870.00</t>
+            <t xml:space="preserve">33527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6019,51 +6019,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34233.00</t>
+            <t xml:space="preserve">34918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.EP</t>
           </r>
@@ -6083,51 +6083,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39140.00</t>
+            <t xml:space="preserve">39923.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6149,51 +6149,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35156.00</t>
+            <t xml:space="preserve">35859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR</t>
           </r>
@@ -6213,51 +6213,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32284.00</t>
+            <t xml:space="preserve">32930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6279,51 +6279,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33649.00</t>
+            <t xml:space="preserve">34322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR.EP</t>
           </r>
@@ -6343,51 +6343,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38556.00</t>
+            <t xml:space="preserve">39327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6409,51 +6409,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34573.00</t>
+            <t xml:space="preserve">35264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD</t>
           </r>
@@ -6473,51 +6473,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32870.00</t>
+            <t xml:space="preserve">33527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6539,51 +6539,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34233.00</t>
+            <t xml:space="preserve">34918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.EP</t>
           </r>
@@ -6603,51 +6603,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39140.00</t>
+            <t xml:space="preserve">39923.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6669,51 +6669,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35156.00</t>
+            <t xml:space="preserve">35859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z</t>
           </r>
@@ -6733,51 +6733,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30923.00</t>
+            <t xml:space="preserve">31541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6799,51 +6799,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32284.00</t>
+            <t xml:space="preserve">32930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z.EP</t>
           </r>
@@ -6863,51 +6863,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37190.00</t>
+            <t xml:space="preserve">37934.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6929,51 +6929,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33206.00</t>
+            <t xml:space="preserve">33870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z SD</t>
           </r>
@@ -6993,51 +6993,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31374.00</t>
+            <t xml:space="preserve">32001.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7059,51 +7059,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32741.00</t>
+            <t xml:space="preserve">33396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.EP</t>
           </r>
@@ -7123,51 +7123,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37646.00</t>
+            <t xml:space="preserve">38399.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7189,51 +7189,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33663.00</t>
+            <t xml:space="preserve">34336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD</t>
           </r>
@@ -7253,51 +7253,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30923.00</t>
+            <t xml:space="preserve">31541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7319,51 +7319,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32284.00</t>
+            <t xml:space="preserve">32930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.EP</t>
           </r>
@@ -7383,51 +7383,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36481.00</t>
+            <t xml:space="preserve">37211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7449,51 +7449,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33206.00</t>
+            <t xml:space="preserve">33870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>