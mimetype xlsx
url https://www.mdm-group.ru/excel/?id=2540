--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки WIKO I (из алюминиевого профиля)</t>
   </si>
   <si>
     <t>Прилавки и витрины серии «WIKO» очень хорошо известны в России. Серия Wiko универсальна, обладает высокими эксплуатационными качествами и отличным внешним видом. Возможно изготовление нестандартных вариантов прилавков и витрин.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LW1-5090 P V2</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10792.00</t>
+      <t xml:space="preserve">11332.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11168.00</t>
+      <t xml:space="preserve">11726.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12431.00</t>
+      <t xml:space="preserve">13053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 892</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12305.00</t>
+      <t xml:space="preserve">12920.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок глухой</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13192.00</t>
+      <t xml:space="preserve">13852.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с остекленным верхом</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13315.00</t>
+      <t xml:space="preserve">13981.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15143.00</t>
+      <t xml:space="preserve">15900.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с дверками угловой наружный</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13192.00</t>
+      <t xml:space="preserve">13852.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой внутренний</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11927.00</t>
+      <t xml:space="preserve">12523.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
@@ -610,51 +610,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24717.00</t>
+      <t xml:space="preserve">26694.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -671,51 +671,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25891.00</t>
+      <t xml:space="preserve">27962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -732,51 +732,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29507.00</t>
+      <t xml:space="preserve">31868.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 ZD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -793,51 +793,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26464.00</t>
+      <t xml:space="preserve">28581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -846,51 +846,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26768.00</t>
+      <t xml:space="preserve">28909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.DSP</t>
@@ -903,51 +903,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28807.00</t>
+      <t xml:space="preserve">31112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.EP</t>
@@ -960,51 +960,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35042.00</t>
+      <t xml:space="preserve">37845.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина угловая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-5050 NZ.MIR</t>
@@ -1017,51 +1017,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30269.00</t>
+      <t xml:space="preserve">32691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD</t>
@@ -1082,51 +1082,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32930.00</t>
+      <t xml:space="preserve">35564.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1143,51 +1143,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34322.00</t>
+      <t xml:space="preserve">37068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1204,51 +1204,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39327.00</t>
+      <t xml:space="preserve">42473.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1265,51 +1265,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35264.00</t>
+      <t xml:space="preserve">38085.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1326,51 +1326,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33527.00</t>
+      <t xml:space="preserve">36209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1387,51 +1387,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34918.00</t>
+      <t xml:space="preserve">37711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1448,51 +1448,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39923.00</t>
+      <t xml:space="preserve">43117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1509,51 +1509,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35859.00</t>
+      <t xml:space="preserve">38728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1570,51 +1570,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32930.00</t>
+      <t xml:space="preserve">35564.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1631,51 +1631,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34322.00</t>
+      <t xml:space="preserve">37068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1692,51 +1692,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39327.00</t>
+      <t xml:space="preserve">42473.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1753,51 +1753,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35264.00</t>
+      <t xml:space="preserve">38085.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1814,51 +1814,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33527.00</t>
+      <t xml:space="preserve">36209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1875,51 +1875,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34918.00</t>
+      <t xml:space="preserve">37711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1936,51 +1936,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39923.00</t>
+      <t xml:space="preserve">43117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -1997,51 +1997,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35859.00</t>
+      <t xml:space="preserve">38728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2058,51 +2058,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31541.00</t>
+      <t xml:space="preserve">34064.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2119,51 +2119,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32930.00</t>
+      <t xml:space="preserve">35564.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2180,51 +2180,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37934.00</t>
+      <t xml:space="preserve">40969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2241,51 +2241,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33870.00</t>
+      <t xml:space="preserve">36580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2302,51 +2302,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32001.00</t>
+      <t xml:space="preserve">34561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2363,51 +2363,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33396.00</t>
+      <t xml:space="preserve">36068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2424,51 +2424,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38399.00</t>
+      <t xml:space="preserve">41471.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -2485,51 +2485,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34336.00</t>
+      <t xml:space="preserve">37083.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2546,51 +2546,51 @@
       <t xml:space="preserve">
 Задняя стенка: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31541.00</t>
+      <t xml:space="preserve">34064.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2607,51 +2607,51 @@
       <t xml:space="preserve">
 Задняя стенка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32930.00</t>
+      <t xml:space="preserve">35564.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2668,51 +2668,51 @@
       <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37211.00</t>
+      <t xml:space="preserve">40188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина узкая с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.MIR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -2729,51 +2729,51 @@
       <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33870.00</t>
+      <t xml:space="preserve">36580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -4557,51 +4557,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4629,51 +4629,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10792.00</t>
+            <t xml:space="preserve">11332.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4689,51 +4689,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11168.00</t>
+            <t xml:space="preserve">11726.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4751,51 +4751,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12431.00</t>
+            <t xml:space="preserve">13053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4811,51 +4811,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 892</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12305.00</t>
+            <t xml:space="preserve">12920.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4873,51 +4873,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13192.00</t>
+            <t xml:space="preserve">13852.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4933,51 +4933,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13315.00</t>
+            <t xml:space="preserve">13981.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4995,51 +4995,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15143.00</t>
+            <t xml:space="preserve">15900.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5055,51 +5055,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13192.00</t>
+            <t xml:space="preserve">13852.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5117,51 +5117,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11927.00</t>
+            <t xml:space="preserve">12523.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5189,51 +5189,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24717.00</t>
+            <t xml:space="preserve">26694.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5255,51 +5255,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25891.00</t>
+            <t xml:space="preserve">27962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-5050 ZD.EP</t>
           </r>
@@ -5319,51 +5319,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29507.00</t>
+            <t xml:space="preserve">31868.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5385,51 +5385,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26464.00</t>
+            <t xml:space="preserve">28581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина угловая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-5050 NZ</t>
           </r>
@@ -5441,51 +5441,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26768.00</t>
+            <t xml:space="preserve">28909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5503,51 +5503,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28807.00</t>
+            <t xml:space="preserve">31112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина угловая с освещением</t>
           </r>
@@ -5563,51 +5563,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35042.00</t>
+            <t xml:space="preserve">37845.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5625,51 +5625,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30269.00</t>
+            <t xml:space="preserve">32691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
@@ -5693,51 +5693,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32930.00</t>
+            <t xml:space="preserve">35564.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5759,51 +5759,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34322.00</t>
+            <t xml:space="preserve">37068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD.EP</t>
           </r>
@@ -5823,51 +5823,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39327.00</t>
+            <t xml:space="preserve">42473.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5889,51 +5889,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35264.00</t>
+            <t xml:space="preserve">38085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD</t>
           </r>
@@ -5953,51 +5953,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33527.00</t>
+            <t xml:space="preserve">36209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6019,51 +6019,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34918.00</t>
+            <t xml:space="preserve">37711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZD SD.EP</t>
           </r>
@@ -6083,51 +6083,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39923.00</t>
+            <t xml:space="preserve">43117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6149,51 +6149,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35859.00</t>
+            <t xml:space="preserve">38728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR</t>
           </r>
@@ -6213,51 +6213,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32930.00</t>
+            <t xml:space="preserve">35564.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6279,51 +6279,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34322.00</t>
+            <t xml:space="preserve">37068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR.EP</t>
           </r>
@@ -6343,51 +6343,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39327.00</t>
+            <t xml:space="preserve">42473.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6409,51 +6409,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35264.00</t>
+            <t xml:space="preserve">38085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD</t>
           </r>
@@ -6473,51 +6473,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33527.00</t>
+            <t xml:space="preserve">36209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6539,51 +6539,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34918.00</t>
+            <t xml:space="preserve">37711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 ZR SD.EP</t>
           </r>
@@ -6603,51 +6603,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39923.00</t>
+            <t xml:space="preserve">43117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6669,51 +6669,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35859.00</t>
+            <t xml:space="preserve">38728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z</t>
           </r>
@@ -6733,51 +6733,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31541.00</t>
+            <t xml:space="preserve">34064.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6799,51 +6799,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32930.00</t>
+            <t xml:space="preserve">35564.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z.EP</t>
           </r>
@@ -6863,51 +6863,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37934.00</t>
+            <t xml:space="preserve">40969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6929,51 +6929,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33870.00</t>
+            <t xml:space="preserve">36580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z SD</t>
           </r>
@@ -6993,51 +6993,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32001.00</t>
+            <t xml:space="preserve">34561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7059,51 +7059,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33396.00</t>
+            <t xml:space="preserve">36068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-10050 Z SD.EP</t>
           </r>
@@ -7123,51 +7123,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38399.00</t>
+            <t xml:space="preserve">41471.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7189,51 +7189,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: отсутствуют</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34336.00</t>
+            <t xml:space="preserve">37083.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD</t>
           </r>
@@ -7253,51 +7253,51 @@
             <t xml:space="preserve">
 Задняя стенка: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31541.00</t>
+            <t xml:space="preserve">34064.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7319,51 +7319,51 @@
             <t xml:space="preserve">
 Задняя стенка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32930.00</t>
+            <t xml:space="preserve">35564.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: WW1-30100 ZD SD.EP</t>
           </r>
@@ -7383,51 +7383,51 @@
             <t xml:space="preserve">
 Задняя стенка: Экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37211.00</t>
+            <t xml:space="preserve">40188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина узкая с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7449,51 +7449,51 @@
             <t xml:space="preserve">
 Задняя стенка: Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дверцы тумбы: распашные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стеклянные дверцы: раздвижные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33870.00</t>
+            <t xml:space="preserve">36580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>