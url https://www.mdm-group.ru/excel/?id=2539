--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.11.2023</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Прилавки Карат</t>
   </si>
   <si>
     <t>Прилавки серии «Карат» предназначены для магазинов ювелирных изделий, парфюмерии, косметики, бижутерии, магазинов часов, а также других групп товаров, чей размер относительно невелик.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.KAR.01.500 \ Прилавок остекленный с двумя полками клееное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.KAR.01.500</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23981.00</t>
+      <t xml:space="preserve">24461.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.KAR.02.500 \ Прилавок остекленный с одной полкой клееное стекло</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20787.00</t>
+      <t xml:space="preserve">21204.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.KAR.03.500 \ Прилавок остекленный с двумя полками клееное стекло</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25118.00</t>
+      <t xml:space="preserve">25619.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.KAR.04.500 \ Прилавок остекленный с одной полкой клееное стекло</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21924.00</t>
+      <t xml:space="preserve">22362.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT 101.500 \ Верх прилавка остекленного с двумя полками с замком</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9418.00</t>
+      <t xml:space="preserve">9606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT 102.500 \ Верх прилавка остекленного с одной полкой с замком</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6394.00</t>
+      <t xml:space="preserve">6522.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KT 103P.500 \ Верх прилавка глухого прямого</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7419.00</t>
+      <t xml:space="preserve">7567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KT 103P-P.500 \ Верх прилавка глухого прямого (пластик)</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 618</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11150.00</t>
+      <t xml:space="preserve">11373.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT106.500 \ Тумба с дверками H-580мм</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 502</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10336.00</t>
+      <t xml:space="preserve">10543.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT109.500 \ Тумба с дверками H-820мм</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Глубина, мм: 502</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10620.00</t>
+      <t xml:space="preserve">10832.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT116.500 \  Стекло клееное высокое</t>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 245</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1140.00</t>
+      <t xml:space="preserve">1163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT122.500 \ Фронт панель для тумбы</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1046.00</t>
+      <t xml:space="preserve">1067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT123.500 \ Фронт панель для тумбы</t>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 704</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1525.00</t>
+      <t xml:space="preserve">1556.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT124.500 \ Фронт панель для тумбы</t>
@@ -826,51 +826,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">911.00</t>
+      <t xml:space="preserve">929.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT125.500 \ Фронт панель для тумбы</t>
@@ -883,100 +883,100 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 704</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1300.00</t>
+      <t xml:space="preserve">1326.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KARAT KT126.500 \ Зеркало в прилавок КТ 101.500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 126.500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">367.00</t>
+      <t xml:space="preserve">374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -989,51 +989,51 @@
       </rPr>
       <t xml:space="preserve">KARAT KT127.500 \ Зеркало в прилавок КТ 102.500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 127.500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 464</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">197.00</t>
+      <t xml:space="preserve">201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стекло клееное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20707.00</t>
+      <t xml:space="preserve">21122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный с одной полкой, клееное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.KAR.02</t>
@@ -1115,51 +1115,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стекло клееное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19729.00</t>
+      <t xml:space="preserve">20124.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный с одной полкой, клееное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.KAR.04</t>
@@ -1172,51 +1172,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стекло клееное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20989.00</t>
+      <t xml:space="preserve">21407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Глухой прилавок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.KAR.06</t>
@@ -1225,51 +1225,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23178.00</t>
+      <t xml:space="preserve">23641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Глухой прилавок</t>
@@ -1282,51 +1282,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21918.00</t>
+      <t xml:space="preserve">22358.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Глухой прилавок с местом под кассу</t>
@@ -1339,51 +1339,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19455.00</t>
+      <t xml:space="preserve">19843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Глухой прилавок с местом под кассу</t>
@@ -1396,51 +1396,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18195.00</t>
+      <t xml:space="preserve">18560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка остекленного с двумя полками, с замком</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6702.00</t>
+      <t xml:space="preserve">6836.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка остекленного с двумя полками, с освещением, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 101-01</t>
@@ -1514,51 +1514,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9820.00</t>
+      <t xml:space="preserve">10016.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка остекленного с одной полкой, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 102</t>
@@ -1571,51 +1571,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5724.00</t>
+      <t xml:space="preserve">5838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка остекленного с одной полкой, с освещением, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 102-01</t>
@@ -1628,51 +1628,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9077.00</t>
+      <t xml:space="preserve">9259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого полукруглого с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103.R</t>
@@ -1689,51 +1689,51 @@
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13777.00</t>
+      <t xml:space="preserve">14053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого полукруглого с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 720</t>
@@ -1746,51 +1746,51 @@
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13777.00</t>
+      <t xml:space="preserve">14053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого полукруглого с местом под кассу и замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103K.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 720</t>
@@ -1803,51 +1803,51 @@
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17129.00</t>
+      <t xml:space="preserve">17472.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого полукруглого с местом под кассу и замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103K.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 720</t>
@@ -1860,51 +1860,51 @@
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17129.00</t>
+      <t xml:space="preserve">17472.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103P.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -1921,51 +1921,51 @@
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8146.00</t>
+      <t xml:space="preserve">8309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103P.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -1982,51 +1982,51 @@
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8146.00</t>
+      <t xml:space="preserve">8309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103P-P.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -2043,173 +2043,173 @@
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12428.00</t>
+      <t xml:space="preserve">12677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Верх прилавка глухого прямого</t>
-[...3 lines deleted...]
-Артикул: KT 103P-P.L</t>
+      <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 103PK.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ориентация: левая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: оклеены пластиком</t>
+Ориентация: правая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото правая ориентация</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Столешница, торец и боковины: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12428.00</t>
+      <t xml:space="preserve">10255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
-[...3 lines deleted...]
-Артикул: KT 103PK.R</t>
+      <t xml:space="preserve">Верх прилавка глухого прямого</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 103P-P.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ориентация: правая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: ДСП 16 мм</t>
+Ориентация: левая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Столешница, торец и боковины: оклеены пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10054.00</t>
+      <t xml:space="preserve">12677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103PK.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -2226,51 +2226,51 @@
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10054.00</t>
+      <t xml:space="preserve">10255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103PK-P.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -2287,51 +2287,51 @@
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15454.00</t>
+      <t xml:space="preserve">15763.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103PK-P.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -2348,100 +2348,100 @@
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15454.00</t>
+      <t xml:space="preserve">15763.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с полкой &amp;lt;b&amp;gt;*&amp;lt;/b&amp;gt;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 107</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6236.00</t>
+      <t xml:space="preserve">6361.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с полкой &amp;lt;b&amp;gt;*&amp;lt;/b&amp;gt;</t>
@@ -2454,51 +2454,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5630.00</t>
+      <t xml:space="preserve">5743.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с ящиками</t>
@@ -2511,51 +2511,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15779.00</t>
+      <t xml:space="preserve">16095.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с ящиками &amp;lt;b&amp;gt;*&amp;lt;/b&amp;gt;</t>
@@ -2568,51 +2568,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12987.00</t>
+      <t xml:space="preserve">13247.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с дверьми и замком</t>
@@ -2625,51 +2625,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8797.00</t>
+      <t xml:space="preserve">8973.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тумба с дверьми и замком &amp;lt;b&amp;gt;*&amp;lt;/b&amp;gt;</t>
@@ -2682,51 +2682,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7726.00</t>
+      <t xml:space="preserve">7881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внешний</t>
@@ -2739,51 +2739,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22806.00</t>
+      <t xml:space="preserve">23262.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внешний</t>
@@ -2796,51 +2796,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21316.00</t>
+      <t xml:space="preserve">21742.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внутренний</t>
@@ -2853,51 +2853,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18944.00</t>
+      <t xml:space="preserve">19323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внутренний</t>
@@ -2910,51 +2910,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16195.00</t>
+      <t xml:space="preserve">16519.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внешний</t>
@@ -2967,51 +2967,51 @@
       <t xml:space="preserve">
 Глубина, мм: 664</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 664</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22295.00</t>
+      <t xml:space="preserve">22741.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внешний</t>
@@ -3024,51 +3024,51 @@
       <t xml:space="preserve">
 Глубина, мм: 664</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 664</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18944.00</t>
+      <t xml:space="preserve">19323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внутренний</t>
@@ -3081,51 +3081,51 @@
       <t xml:space="preserve">
 Глубина, мм: 665</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 665</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18385.00</t>
+      <t xml:space="preserve">18753.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок угловой, внутренний</t>
@@ -3138,51 +3138,51 @@
       <t xml:space="preserve">
 Глубина, мм: 665</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 665</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15594.00</t>
+      <t xml:space="preserve">15906.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клееное стекло</t>
@@ -3191,51 +3191,51 @@
       <t xml:space="preserve">
 Артикул: KT 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 245</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5864.00</t>
+      <t xml:space="preserve">5981.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3260,51 +3260,51 @@
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель для клееного стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 121.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -3317,168 +3317,168 @@
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Боковая панель</t>
-[...23 lines deleted...]
-Для прилавков: с клееным стеклом</t>
+      <t xml:space="preserve">Фронтальная панель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 123</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: возможен выбор цвета для каждой панели</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Для тумб: КТ 107, КТ 108, КТ 109</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">837.00</t>
+      <t xml:space="preserve">1139.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фронтальная панель</t>
-[...11 lines deleted...]
-Для тумб: КТ 107, КТ 108, КТ 109</t>
+      <t xml:space="preserve">Боковая панель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 119.R</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ориентация: правая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Для прилавков: с клееным стеклом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1117.00</t>
+      <t xml:space="preserve">854.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 119.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3488,96 +3488,96 @@
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">837.00</t>
+      <t xml:space="preserve">854.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фронтальная панель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 122</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможен выбор цвета для каждой панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для тумб: КТ 104, КТ 105, КТ 106</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">837.00</t>
+      <t xml:space="preserve">854.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3586,51 +3586,51 @@
       </rPr>
       <t xml:space="preserve">Фронтальная панель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для тумб: КТ 107, КТ 108, КТ 109</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">931.00</t>
+      <t xml:space="preserve">950.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3643,51 +3643,51 @@
       </rPr>
       <t xml:space="preserve">Фронтальная панель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 124</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для тумб: КТ 104, КТ 105, КТ 106</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">790.00</t>
+      <t xml:space="preserve">806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3700,51 +3700,51 @@
       </rPr>
       <t xml:space="preserve">Зеркала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 126</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: КТ 101</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1212.00</t>
+      <t xml:space="preserve">1236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3757,51 +3757,51 @@
       </rPr>
       <t xml:space="preserve">Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 127</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: КТ 102</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3877,51 +3877,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR015002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR025003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR035004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR045005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT101500_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT102500_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P5008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P_P5009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT106500_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT109500_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6af117d_902b_11ee_907c_ac1f6b40b531_KT116500_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT122500_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT123500_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT124500_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT125500_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305ea53_902b_11ee_907c_ac1f6b40b531_KT126500_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305eb0c_902b_11ee_907c_ac1f6b40b531_KT127500_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec027ee8_9f94_11e7_93ca_0025902b3cc1_1FCD2544_DF57_400A_A08D_CE3DE9213DA419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3a101_9f96_11e7_93ca_0025902b3cc1_51DE69A0_6C38_4D8A_98EC_C10799A0645020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b897145d_9f98_11e7_93ca_0025902b3cc1_4663D4D2_2120_45E0_BC7D_D18CDD6E8CED21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152f1e72_9f99_11e7_93ca_0025902b3cc1_302A7031_E226_4435_AE66_5FFC2070AC0822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ada985_9f98_11e7_93ca_0025902b3cc1_295B8BD3_18ED_4E91_B229_69068AF1021C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674c7201_9f99_11e7_93ca_0025902b3cc1_7AB883B1_829D_4225_A966_495ADB2D9B4624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9c3c37_9f99_11e7_93ca_0025902b3cc1_46242CC4_8844_48CC_928B_C1C5889B9CD225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65651ec3_a1cb_11e7_93ca_0025902b3cc1_1797F387_E6D0_4B3E_9D43_1332458FD43A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f39e039_a1cb_11e7_93ca_0025902b3cc1_6B3550A2_EA51_487B_91F8_01E06F73EDFA27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fce2a1_a1cb_11e7_93ca_0025902b3cc1_CEAD9CB7_F820_4493_9A2E_6A3BCCD929EC28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3be3a9_a1cb_11e7_93ca_0025902b3cc1_B44CE4D8_BFDF_48C2_82C6_D94E6DB2882D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c47f7d_a1cd_11e7_93ca_0025902b3cc1_D016EDC9_7353_4531_B5E0_B2A5B35C90F930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedaf6d3_a1cb_11e7_93ca_0025902b3cc1_A9F2FB24_980D_40DF_88E5_5D4C9CC277B631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e02f050_a1d1_11e7_93ca_0025902b3cc1_0F998DBF_E6F0_4A5E_906C_E7436AAAEC0B32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a756f3_a1d0_11e7_93ca_0025902b3cc1_864F37F8_88EE_4BC2_A5AD_F62A60BC9F2E33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e125f067_a1cd_11e7_93ca_0025902b3cc1_B72075F4_BFD2_4224_B0AD_C6FFAAE7D7DA34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e986de7_a1cd_11e7_93ca_0025902b3cc1_5204F294_4429_4FE1_B43B_7AAAAD70257135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb18e5c5_a1d0_11e7_93ca_0025902b3cc1_830E6FA1_40DB_46A4_A8D2_A57DB3306C1136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e887f_a1d0_11e7_93ca_0025902b3cc1_74C1F8C0_23ED_4863_B286_4F55A497539A37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af07e49_a1d0_11e7_93ca_0025902b3cc1_BF5CE44E_7AF4_4C02_81F7_957F59E1D02638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82112b5f_a1ce_11e7_93ca_0025902b3cc1_02339A8E_BA7B_4480_8473_1ED2A9EBA5AC39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e82df2f_a1d0_11e7_93ca_0025902b3cc1_CC52DBDF_3EC9_415E_9E0E_BC54E1D6E6AB40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771396ad_a1d0_11e7_93ca_0025902b3cc1_3D2D8044_DF41_468C_9BEA_56F23949683F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7028ad_a1d2_11e7_93ca_0025902b3cc1_3255FFB5_C40E_4A9D_ADEB_23FC4BD1BCEC42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7620ce_a1d1_11e7_93ca_0025902b3cc1_7F8E417F_43E7_47D7_87A8_2A61509345EF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742aa_ff21_11e0_833e_003048f27c5f_2946F6F3_566B_42F3_9C48_21FD65FF59DA44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742a0_ff21_11e0_833e_003048f27c5f_8505AB83_FDDB_47F1_ADCF_D5FD02E9839C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742b6_ff21_11e0_833e_003048f27c5f_0607CD58_E0A3_472A_88E4_FB95AA39D34046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d374_ff1f_11e0_833e_003048f27c5f_8B9CDA6F_E812_4D9A_BA33_2DD7B42F02F847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc5acc0_a1d5_11e7_93ca_0025902b3cc1_12A06812_A98F_439C_8CCF_178835171B5348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b28a77_a1d5_11e7_93ca_0025902b3cc1_138E41CF_E932_444A_93FC_FF659CA0EFAD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cd1721_a1d5_11e7_93ca_0025902b3cc1_149F20EB_DE6C_483D_97F6_F11B336AF12A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b8db8d_a1d5_11e7_93ca_0025902b3cc1_2B96393E_CB5E_44D2_8FF8_280CA0C82D7B51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb74701_a1d7_11e7_93ca_0025902b3cc1_71EB1C2F_0639_4B9A_838B_AF9689A276E152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c22c8c_a1d7_11e7_93ca_0025902b3cc1_9BCBAA1F_24A0_45E2_8FF4_7336CC1A45E553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976c014a_a1d7_11e7_93ca_0025902b3cc1_94F7DBA9_D3F5_4F95_9071_BE6A044C7DC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb2e257_a1d7_11e7_93ca_0025902b3cc1_C873B427_F25B_480D_AB3D_762EC343115655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0387b54_a1d5_11e7_93ca_0025902b3cc1_33E6F59C_3643_4A0E_9647_25C67059214A56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b9927f_a1d6_11e7_93ca_0025902b3cc1_DBAE08E1_DAA2_4D99_BD0E_7C9DECF42E5057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9c14f_a1d5_11e7_93ca_0025902b3cc1_8F0E5E68_0223_4FED_A908_E07D771FEBC358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da76a5a0_a1d5_11e7_93ca_0025902b3cc1_D6C85A40_CDE7_4E47_88B4_FBD8D8B34F2259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b471ca_a1d6_11e7_93ca_0025902b3cc1_58BE9FAE_BEE0_4445_BF94_7524D32D9F6660.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8599fe7_a1d5_11e7_93ca_0025902b3cc1_5CF1CF6C_68BB_4E26_8171_8FCE7EF16E5761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab1b58_a1d6_11e7_93ca_0025902b3cc1_8B33DA3F_A0E4_4658_B12B_14F896FB9C4F62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c929184_a1d6_11e7_93ca_0025902b3cc1_B9696B00_4B54_4AB7_95A0_C26A628A404463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a093a5_a1d6_11e7_93ca_0025902b3cc1_8E551CEA_D7E4_48B3_B432_E06314051E2D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9490011c_a1d6_11e7_93ca_0025902b3cc1_8440570B_BF40_4173_B56F_71D9DF7D830F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61884959_ff21_11e0_833e_003048f27c5f_47A1342E_E194_4236_86BE_7F1C8C4D4F8766.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR015002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR025003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR035004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR045005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT101500_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT102500_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P5008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P_P5009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT106500_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT109500_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6af117d_902b_11ee_907c_ac1f6b40b531_KT116500_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT122500_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT123500_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT124500_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT125500_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305ea53_902b_11ee_907c_ac1f6b40b531_KT126500_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305eb0c_902b_11ee_907c_ac1f6b40b531_KT127500_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec027ee8_9f94_11e7_93ca_0025902b3cc1_1FCD2544_DF57_400A_A08D_CE3DE9213DA419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3a101_9f96_11e7_93ca_0025902b3cc1_51DE69A0_6C38_4D8A_98EC_C10799A0645020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b897145d_9f98_11e7_93ca_0025902b3cc1_4663D4D2_2120_45E0_BC7D_D18CDD6E8CED21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152f1e72_9f99_11e7_93ca_0025902b3cc1_302A7031_E226_4435_AE66_5FFC2070AC0822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ada985_9f98_11e7_93ca_0025902b3cc1_295B8BD3_18ED_4E91_B229_69068AF1021C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674c7201_9f99_11e7_93ca_0025902b3cc1_7AB883B1_829D_4225_A966_495ADB2D9B4624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9c3c37_9f99_11e7_93ca_0025902b3cc1_46242CC4_8844_48CC_928B_C1C5889B9CD225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65651ec3_a1cb_11e7_93ca_0025902b3cc1_1797F387_E6D0_4B3E_9D43_1332458FD43A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f39e039_a1cb_11e7_93ca_0025902b3cc1_6B3550A2_EA51_487B_91F8_01E06F73EDFA27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fce2a1_a1cb_11e7_93ca_0025902b3cc1_CEAD9CB7_F820_4493_9A2E_6A3BCCD929EC28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3be3a9_a1cb_11e7_93ca_0025902b3cc1_B44CE4D8_BFDF_48C2_82C6_D94E6DB2882D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c47f7d_a1cd_11e7_93ca_0025902b3cc1_D016EDC9_7353_4531_B5E0_B2A5B35C90F930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedaf6d3_a1cb_11e7_93ca_0025902b3cc1_A9F2FB24_980D_40DF_88E5_5D4C9CC277B631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e02f050_a1d1_11e7_93ca_0025902b3cc1_0F998DBF_E6F0_4A5E_906C_E7436AAAEC0B32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a756f3_a1d0_11e7_93ca_0025902b3cc1_864F37F8_88EE_4BC2_A5AD_F62A60BC9F2E33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e125f067_a1cd_11e7_93ca_0025902b3cc1_B72075F4_BFD2_4224_B0AD_C6FFAAE7D7DA34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e986de7_a1cd_11e7_93ca_0025902b3cc1_5204F294_4429_4FE1_B43B_7AAAAD70257135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb18e5c5_a1d0_11e7_93ca_0025902b3cc1_830E6FA1_40DB_46A4_A8D2_A57DB3306C1136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af07e49_a1d0_11e7_93ca_0025902b3cc1_BF5CE44E_7AF4_4C02_81F7_957F59E1D02637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e887f_a1d0_11e7_93ca_0025902b3cc1_74C1F8C0_23ED_4863_B286_4F55A497539A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82112b5f_a1ce_11e7_93ca_0025902b3cc1_02339A8E_BA7B_4480_8473_1ED2A9EBA5AC39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e82df2f_a1d0_11e7_93ca_0025902b3cc1_CC52DBDF_3EC9_415E_9E0E_BC54E1D6E6AB40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771396ad_a1d0_11e7_93ca_0025902b3cc1_3D2D8044_DF41_468C_9BEA_56F23949683F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7028ad_a1d2_11e7_93ca_0025902b3cc1_3255FFB5_C40E_4A9D_ADEB_23FC4BD1BCEC42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7620ce_a1d1_11e7_93ca_0025902b3cc1_7F8E417F_43E7_47D7_87A8_2A61509345EF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742aa_ff21_11e0_833e_003048f27c5f_2946F6F3_566B_42F3_9C48_21FD65FF59DA44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742a0_ff21_11e0_833e_003048f27c5f_8505AB83_FDDB_47F1_ADCF_D5FD02E9839C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742b6_ff21_11e0_833e_003048f27c5f_0607CD58_E0A3_472A_88E4_FB95AA39D34046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d374_ff1f_11e0_833e_003048f27c5f_8B9CDA6F_E812_4D9A_BA33_2DD7B42F02F847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc5acc0_a1d5_11e7_93ca_0025902b3cc1_12A06812_A98F_439C_8CCF_178835171B5348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b28a77_a1d5_11e7_93ca_0025902b3cc1_138E41CF_E932_444A_93FC_FF659CA0EFAD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cd1721_a1d5_11e7_93ca_0025902b3cc1_149F20EB_DE6C_483D_97F6_F11B336AF12A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b8db8d_a1d5_11e7_93ca_0025902b3cc1_2B96393E_CB5E_44D2_8FF8_280CA0C82D7B51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb74701_a1d7_11e7_93ca_0025902b3cc1_71EB1C2F_0639_4B9A_838B_AF9689A276E152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c22c8c_a1d7_11e7_93ca_0025902b3cc1_9BCBAA1F_24A0_45E2_8FF4_7336CC1A45E553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976c014a_a1d7_11e7_93ca_0025902b3cc1_94F7DBA9_D3F5_4F95_9071_BE6A044C7DC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb2e257_a1d7_11e7_93ca_0025902b3cc1_C873B427_F25B_480D_AB3D_762EC343115655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0387b54_a1d5_11e7_93ca_0025902b3cc1_33E6F59C_3643_4A0E_9647_25C67059214A56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b9927f_a1d6_11e7_93ca_0025902b3cc1_DBAE08E1_DAA2_4D99_BD0E_7C9DECF42E5057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9c14f_a1d5_11e7_93ca_0025902b3cc1_8F0E5E68_0223_4FED_A908_E07D771FEBC358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b471ca_a1d6_11e7_93ca_0025902b3cc1_58BE9FAE_BEE0_4445_BF94_7524D32D9F6659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da76a5a0_a1d5_11e7_93ca_0025902b3cc1_D6C85A40_CDE7_4E47_88B4_FBD8D8B34F2260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8599fe7_a1d5_11e7_93ca_0025902b3cc1_5CF1CF6C_68BB_4E26_8171_8FCE7EF16E5761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab1b58_a1d6_11e7_93ca_0025902b3cc1_8B33DA3F_A0E4_4658_B12B_14F896FB9C4F62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c929184_a1d6_11e7_93ca_0025902b3cc1_B9696B00_4B54_4AB7_95A0_C26A628A404463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a093a5_a1d6_11e7_93ca_0025902b3cc1_8E551CEA_D7E4_48B3_B432_E06314051E2D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9490011c_a1d6_11e7_93ca_0025902b3cc1_8440570B_BF40_4173_B56F_71D9DF7D830F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61884959_ff21_11e0_833e_003048f27c5f_47A1342E_E194_4236_86BE_7F1C8C4D4F8766.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5629,81 +5629,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="838200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="838200" cy="952500"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -6201,51 +6201,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.11.2023</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6273,51 +6273,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 532</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23981.00</t>
+            <t xml:space="preserve">24461.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6333,51 +6333,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 532</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20787.00</t>
+            <t xml:space="preserve">21204.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6395,51 +6395,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 532</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25118.00</t>
+            <t xml:space="preserve">25619.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6455,51 +6455,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 532</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21924.00</t>
+            <t xml:space="preserve">22362.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6517,51 +6517,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9418.00</t>
+            <t xml:space="preserve">9606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6577,51 +6577,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6394.00</t>
+            <t xml:space="preserve">6522.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6639,51 +6639,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7419.00</t>
+            <t xml:space="preserve">7567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6699,51 +6699,51 @@
             <t xml:space="preserve">
 Глубина, мм: 618</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11150.00</t>
+            <t xml:space="preserve">11373.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6761,51 +6761,51 @@
             <t xml:space="preserve">
 Глубина, мм: 502</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10336.00</t>
+            <t xml:space="preserve">10543.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6821,51 +6821,51 @@
             <t xml:space="preserve">
 Глубина, мм: 502</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10620.00</t>
+            <t xml:space="preserve">10832.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6883,51 +6883,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 245</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1140.00</t>
+            <t xml:space="preserve">1163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6943,51 +6943,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1046.00</t>
+            <t xml:space="preserve">1067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7005,51 +7005,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 704</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1525.00</t>
+            <t xml:space="preserve">1556.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7065,51 +7065,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">911.00</t>
+            <t xml:space="preserve">929.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7127,51 +7127,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 704</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1300.00</t>
+            <t xml:space="preserve">1326.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7179,51 +7179,51 @@
             </rPr>
             <t xml:space="preserve">KARAT KT126.500 \ Зеркало в прилавок КТ 101.500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 126.500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">367.00</t>
+            <t xml:space="preserve">374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
@@ -7241,51 +7241,51 @@
             </rPr>
             <t xml:space="preserve">KARAT KT127.500 \ Зеркало в прилавок КТ 102.500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 127.500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 464</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">197.00</t>
+            <t xml:space="preserve">201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
@@ -7313,51 +7313,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стекло клееное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20707.00</t>
+            <t xml:space="preserve">21122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7375,51 +7375,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стекло клееное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19729.00</t>
+            <t xml:space="preserve">20124.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок остекленный с одной полкой, клееное стекло</t>
           </r>
@@ -7435,51 +7435,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стекло клееное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20989.00</t>
+            <t xml:space="preserve">21407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7493,51 +7493,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23178.00</t>
+            <t xml:space="preserve">23641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7553,51 +7553,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21918.00</t>
+            <t xml:space="preserve">22358.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7615,51 +7615,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19455.00</t>
+            <t xml:space="preserve">19843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7675,51 +7675,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18195.00</t>
+            <t xml:space="preserve">18560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7741,51 +7741,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6702.00</t>
+            <t xml:space="preserve">6836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка остекленного с двумя полками, с освещением, с замком</t>
           </r>
@@ -7801,51 +7801,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9820.00</t>
+            <t xml:space="preserve">10016.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7863,51 +7863,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5724.00</t>
+            <t xml:space="preserve">5838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка остекленного с одной полкой, с освещением, с замком</t>
           </r>
@@ -7923,51 +7923,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стекло в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9077.00</t>
+            <t xml:space="preserve">9259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7989,51 +7989,51 @@
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13777.00</t>
+            <t xml:space="preserve">14053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого полукруглого с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103.L</t>
           </r>
@@ -8049,51 +8049,51 @@
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13777.00</t>
+            <t xml:space="preserve">14053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого полукруглого с местом под кассу и замком</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8111,51 +8111,51 @@
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17129.00</t>
+            <t xml:space="preserve">17472.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого полукруглого с местом под кассу и замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103K.L</t>
           </r>
@@ -8171,51 +8171,51 @@
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17129.00</t>
+            <t xml:space="preserve">17472.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8237,51 +8237,51 @@
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8146.00</t>
+            <t xml:space="preserve">8309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103P.L</t>
           </r>
@@ -8301,51 +8301,51 @@
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8146.00</t>
+            <t xml:space="preserve">8309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8367,181 +8367,181 @@
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12428.00</t>
+            <t xml:space="preserve">12677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верх прилавка глухого прямого</t>
-[...3 lines deleted...]
-Артикул: KT 103P-P.L</t>
+            <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 103PK.R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ориентация: левая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: оклеены пластиком</t>
+Ориентация: правая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото правая ориентация</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Столешница, торец и боковины: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12428.00</t>
+            <t xml:space="preserve">10255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
-[...3 lines deleted...]
-Артикул: KT 103PK.R</t>
+            <t xml:space="preserve">Верх прилавка глухого прямого</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 103P-P.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ориентация: правая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: ДСП 16 мм</t>
+Ориентация: левая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Столешница, торец и боковины: оклеены пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10054.00</t>
+            <t xml:space="preserve">12677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103PK.L</t>
           </r>
@@ -8561,51 +8561,51 @@
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10054.00</t>
+            <t xml:space="preserve">10255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8627,51 +8627,51 @@
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15454.00</t>
+            <t xml:space="preserve">15763.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103PK-P.L</t>
           </r>
@@ -8691,51 +8691,51 @@
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото правая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница, торец и боковины: оклеены пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15454.00</t>
+            <t xml:space="preserve">15763.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тумба с полкой &amp;lt;b&amp;gt;*&amp;lt;/b&amp;gt;</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8745,51 +8745,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6236.00</t>
+            <t xml:space="preserve">6361.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8805,51 +8805,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5630.00</t>
+            <t xml:space="preserve">5743.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8867,51 +8867,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15779.00</t>
+            <t xml:space="preserve">16095.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8927,51 +8927,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12987.00</t>
+            <t xml:space="preserve">13247.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8989,51 +8989,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8797.00</t>
+            <t xml:space="preserve">8973.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9049,51 +9049,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7726.00</t>
+            <t xml:space="preserve">7881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9111,51 +9111,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22806.00</t>
+            <t xml:space="preserve">23262.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9171,51 +9171,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21316.00</t>
+            <t xml:space="preserve">21742.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9233,51 +9233,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18944.00</t>
+            <t xml:space="preserve">19323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9293,51 +9293,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16195.00</t>
+            <t xml:space="preserve">16519.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9355,51 +9355,51 @@
             <t xml:space="preserve">
 Глубина, мм: 664</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 664</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22295.00</t>
+            <t xml:space="preserve">22741.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9415,51 +9415,51 @@
             <t xml:space="preserve">
 Глубина, мм: 664</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 664</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18944.00</t>
+            <t xml:space="preserve">19323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9477,51 +9477,51 @@
             <t xml:space="preserve">
 Глубина, мм: 665</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 665</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18385.00</t>
+            <t xml:space="preserve">18753.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9537,51 +9537,51 @@
             <t xml:space="preserve">
 Глубина, мм: 665</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 665</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15594.00</t>
+            <t xml:space="preserve">15906.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9595,51 +9595,51 @@
             <t xml:space="preserve">
 Артикул: KT 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 245</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5864.00</t>
+            <t xml:space="preserve">5981.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9667,51 +9667,51 @@
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель для клееного стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9729,176 +9729,176 @@
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Боковая панель</t>
-[...23 lines deleted...]
-Для прилавков: с клееным стеклом</t>
+            <t xml:space="preserve">Фронтальная панель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 123</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможен выбор цвета для каждой панели</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для тумб: КТ 107, КТ 108, КТ 109</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">837.00</t>
+            <t xml:space="preserve">1139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фронтальная панель</t>
-[...11 lines deleted...]
-Для тумб: КТ 107, КТ 108, КТ 109</t>
+            <t xml:space="preserve">Боковая панель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 119.R</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ориентация: правая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: с клееным стеклом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1117.00</t>
+            <t xml:space="preserve">854.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 119.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
@@ -9911,101 +9911,101 @@
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото левая ориентация</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: с клееным стеклом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">837.00</t>
+            <t xml:space="preserve">854.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фронтальная панель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 122</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможен выбор цвета для каждой панели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для тумб: КТ 104, КТ 105, КТ 106</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">837.00</t>
+            <t xml:space="preserve">854.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -10017,51 +10017,51 @@
             </rPr>
             <t xml:space="preserve">Фронтальная панель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для тумб: КТ 107, КТ 108, КТ 109</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">931.00</t>
+            <t xml:space="preserve">950.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
@@ -10079,51 +10079,51 @@
             </rPr>
             <t xml:space="preserve">Фронтальная панель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 124</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для тумб: КТ 104, КТ 105, КТ 106</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">790.00</t>
+            <t xml:space="preserve">806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
@@ -10139,51 +10139,51 @@
             </rPr>
             <t xml:space="preserve">Зеркала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 126</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: КТ 101</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1212.00</t>
+            <t xml:space="preserve">1236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
@@ -10201,51 +10201,51 @@
             </rPr>
             <t xml:space="preserve">Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 127</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: КТ 102</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>