--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -2060,156 +2060,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
-[...3 lines deleted...]
-Артикул: KT 103PK.R</t>
+      <t xml:space="preserve">Верх прилавка глухого прямого</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 103P-P.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ориентация: правая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: ДСП 16 мм</t>
+Ориентация: левая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Столешница, торец и боковины: оклеены пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10255.00</t>
+      <t xml:space="preserve">12677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Верх прилавка глухого прямого</t>
-[...3 lines deleted...]
-Артикул: KT 103P-P.L</t>
+      <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KT 103PK.R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 336</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ориентация: левая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: оклеены пластиком</t>
+Ориентация: правая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото правая ориентация</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Столешница, торец и боковины: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12677.00</t>
+      <t xml:space="preserve">10255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KT 103PK.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 620</t>
@@ -3877,51 +3877,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR015002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR025003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR035004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR045005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT101500_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT102500_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P5008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P_P5009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT106500_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT109500_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6af117d_902b_11ee_907c_ac1f6b40b531_KT116500_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT122500_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT123500_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT124500_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT125500_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305ea53_902b_11ee_907c_ac1f6b40b531_KT126500_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305eb0c_902b_11ee_907c_ac1f6b40b531_KT127500_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec027ee8_9f94_11e7_93ca_0025902b3cc1_1FCD2544_DF57_400A_A08D_CE3DE9213DA419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3a101_9f96_11e7_93ca_0025902b3cc1_51DE69A0_6C38_4D8A_98EC_C10799A0645020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b897145d_9f98_11e7_93ca_0025902b3cc1_4663D4D2_2120_45E0_BC7D_D18CDD6E8CED21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152f1e72_9f99_11e7_93ca_0025902b3cc1_302A7031_E226_4435_AE66_5FFC2070AC0822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ada985_9f98_11e7_93ca_0025902b3cc1_295B8BD3_18ED_4E91_B229_69068AF1021C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674c7201_9f99_11e7_93ca_0025902b3cc1_7AB883B1_829D_4225_A966_495ADB2D9B4624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9c3c37_9f99_11e7_93ca_0025902b3cc1_46242CC4_8844_48CC_928B_C1C5889B9CD225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65651ec3_a1cb_11e7_93ca_0025902b3cc1_1797F387_E6D0_4B3E_9D43_1332458FD43A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f39e039_a1cb_11e7_93ca_0025902b3cc1_6B3550A2_EA51_487B_91F8_01E06F73EDFA27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fce2a1_a1cb_11e7_93ca_0025902b3cc1_CEAD9CB7_F820_4493_9A2E_6A3BCCD929EC28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3be3a9_a1cb_11e7_93ca_0025902b3cc1_B44CE4D8_BFDF_48C2_82C6_D94E6DB2882D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c47f7d_a1cd_11e7_93ca_0025902b3cc1_D016EDC9_7353_4531_B5E0_B2A5B35C90F930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedaf6d3_a1cb_11e7_93ca_0025902b3cc1_A9F2FB24_980D_40DF_88E5_5D4C9CC277B631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e02f050_a1d1_11e7_93ca_0025902b3cc1_0F998DBF_E6F0_4A5E_906C_E7436AAAEC0B32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a756f3_a1d0_11e7_93ca_0025902b3cc1_864F37F8_88EE_4BC2_A5AD_F62A60BC9F2E33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e125f067_a1cd_11e7_93ca_0025902b3cc1_B72075F4_BFD2_4224_B0AD_C6FFAAE7D7DA34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e986de7_a1cd_11e7_93ca_0025902b3cc1_5204F294_4429_4FE1_B43B_7AAAAD70257135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb18e5c5_a1d0_11e7_93ca_0025902b3cc1_830E6FA1_40DB_46A4_A8D2_A57DB3306C1136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af07e49_a1d0_11e7_93ca_0025902b3cc1_BF5CE44E_7AF4_4C02_81F7_957F59E1D02637.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e887f_a1d0_11e7_93ca_0025902b3cc1_74C1F8C0_23ED_4863_B286_4F55A497539A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82112b5f_a1ce_11e7_93ca_0025902b3cc1_02339A8E_BA7B_4480_8473_1ED2A9EBA5AC39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e82df2f_a1d0_11e7_93ca_0025902b3cc1_CC52DBDF_3EC9_415E_9E0E_BC54E1D6E6AB40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771396ad_a1d0_11e7_93ca_0025902b3cc1_3D2D8044_DF41_468C_9BEA_56F23949683F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7028ad_a1d2_11e7_93ca_0025902b3cc1_3255FFB5_C40E_4A9D_ADEB_23FC4BD1BCEC42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7620ce_a1d1_11e7_93ca_0025902b3cc1_7F8E417F_43E7_47D7_87A8_2A61509345EF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742aa_ff21_11e0_833e_003048f27c5f_2946F6F3_566B_42F3_9C48_21FD65FF59DA44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742a0_ff21_11e0_833e_003048f27c5f_8505AB83_FDDB_47F1_ADCF_D5FD02E9839C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742b6_ff21_11e0_833e_003048f27c5f_0607CD58_E0A3_472A_88E4_FB95AA39D34046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d374_ff1f_11e0_833e_003048f27c5f_8B9CDA6F_E812_4D9A_BA33_2DD7B42F02F847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc5acc0_a1d5_11e7_93ca_0025902b3cc1_12A06812_A98F_439C_8CCF_178835171B5348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b28a77_a1d5_11e7_93ca_0025902b3cc1_138E41CF_E932_444A_93FC_FF659CA0EFAD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cd1721_a1d5_11e7_93ca_0025902b3cc1_149F20EB_DE6C_483D_97F6_F11B336AF12A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b8db8d_a1d5_11e7_93ca_0025902b3cc1_2B96393E_CB5E_44D2_8FF8_280CA0C82D7B51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb74701_a1d7_11e7_93ca_0025902b3cc1_71EB1C2F_0639_4B9A_838B_AF9689A276E152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c22c8c_a1d7_11e7_93ca_0025902b3cc1_9BCBAA1F_24A0_45E2_8FF4_7336CC1A45E553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976c014a_a1d7_11e7_93ca_0025902b3cc1_94F7DBA9_D3F5_4F95_9071_BE6A044C7DC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb2e257_a1d7_11e7_93ca_0025902b3cc1_C873B427_F25B_480D_AB3D_762EC343115655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0387b54_a1d5_11e7_93ca_0025902b3cc1_33E6F59C_3643_4A0E_9647_25C67059214A56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b9927f_a1d6_11e7_93ca_0025902b3cc1_DBAE08E1_DAA2_4D99_BD0E_7C9DECF42E5057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9c14f_a1d5_11e7_93ca_0025902b3cc1_8F0E5E68_0223_4FED_A908_E07D771FEBC358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b471ca_a1d6_11e7_93ca_0025902b3cc1_58BE9FAE_BEE0_4445_BF94_7524D32D9F6659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da76a5a0_a1d5_11e7_93ca_0025902b3cc1_D6C85A40_CDE7_4E47_88B4_FBD8D8B34F2260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8599fe7_a1d5_11e7_93ca_0025902b3cc1_5CF1CF6C_68BB_4E26_8171_8FCE7EF16E5761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab1b58_a1d6_11e7_93ca_0025902b3cc1_8B33DA3F_A0E4_4658_B12B_14F896FB9C4F62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c929184_a1d6_11e7_93ca_0025902b3cc1_B9696B00_4B54_4AB7_95A0_C26A628A404463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a093a5_a1d6_11e7_93ca_0025902b3cc1_8E551CEA_D7E4_48B3_B432_E06314051E2D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9490011c_a1d6_11e7_93ca_0025902b3cc1_8440570B_BF40_4173_B56F_71D9DF7D830F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61884959_ff21_11e0_833e_003048f27c5f_47A1342E_E194_4236_86BE_7F1C8C4D4F8766.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR015002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR025003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR035004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KKAR045005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT101500_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT102500_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P5008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT103P_P5009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT106500_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT109500_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6af117d_902b_11ee_907c_ac1f6b40b531_KT116500_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT122500_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT123500_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT124500_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/KT125500_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305ea53_902b_11ee_907c_ac1f6b40b531_KT126500_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f305eb0c_902b_11ee_907c_ac1f6b40b531_KT127500_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec027ee8_9f94_11e7_93ca_0025902b3cc1_1FCD2544_DF57_400A_A08D_CE3DE9213DA419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3a101_9f96_11e7_93ca_0025902b3cc1_51DE69A0_6C38_4D8A_98EC_C10799A0645020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b897145d_9f98_11e7_93ca_0025902b3cc1_4663D4D2_2120_45E0_BC7D_D18CDD6E8CED21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152f1e72_9f99_11e7_93ca_0025902b3cc1_302A7031_E226_4435_AE66_5FFC2070AC0822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ada985_9f98_11e7_93ca_0025902b3cc1_295B8BD3_18ED_4E91_B229_69068AF1021C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674c7201_9f99_11e7_93ca_0025902b3cc1_7AB883B1_829D_4225_A966_495ADB2D9B4624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9c3c37_9f99_11e7_93ca_0025902b3cc1_46242CC4_8844_48CC_928B_C1C5889B9CD225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65651ec3_a1cb_11e7_93ca_0025902b3cc1_1797F387_E6D0_4B3E_9D43_1332458FD43A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f39e039_a1cb_11e7_93ca_0025902b3cc1_6B3550A2_EA51_487B_91F8_01E06F73EDFA27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fce2a1_a1cb_11e7_93ca_0025902b3cc1_CEAD9CB7_F820_4493_9A2E_6A3BCCD929EC28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3be3a9_a1cb_11e7_93ca_0025902b3cc1_B44CE4D8_BFDF_48C2_82C6_D94E6DB2882D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c47f7d_a1cd_11e7_93ca_0025902b3cc1_D016EDC9_7353_4531_B5E0_B2A5B35C90F930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedaf6d3_a1cb_11e7_93ca_0025902b3cc1_A9F2FB24_980D_40DF_88E5_5D4C9CC277B631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e02f050_a1d1_11e7_93ca_0025902b3cc1_0F998DBF_E6F0_4A5E_906C_E7436AAAEC0B32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a756f3_a1d0_11e7_93ca_0025902b3cc1_864F37F8_88EE_4BC2_A5AD_F62A60BC9F2E33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e125f067_a1cd_11e7_93ca_0025902b3cc1_B72075F4_BFD2_4224_B0AD_C6FFAAE7D7DA34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e986de7_a1cd_11e7_93ca_0025902b3cc1_5204F294_4429_4FE1_B43B_7AAAAD70257135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb18e5c5_a1d0_11e7_93ca_0025902b3cc1_830E6FA1_40DB_46A4_A8D2_A57DB3306C1136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e887f_a1d0_11e7_93ca_0025902b3cc1_74C1F8C0_23ED_4863_B286_4F55A497539A37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af07e49_a1d0_11e7_93ca_0025902b3cc1_BF5CE44E_7AF4_4C02_81F7_957F59E1D02638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82112b5f_a1ce_11e7_93ca_0025902b3cc1_02339A8E_BA7B_4480_8473_1ED2A9EBA5AC39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e82df2f_a1d0_11e7_93ca_0025902b3cc1_CC52DBDF_3EC9_415E_9E0E_BC54E1D6E6AB40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771396ad_a1d0_11e7_93ca_0025902b3cc1_3D2D8044_DF41_468C_9BEA_56F23949683F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7028ad_a1d2_11e7_93ca_0025902b3cc1_3255FFB5_C40E_4A9D_ADEB_23FC4BD1BCEC42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7620ce_a1d1_11e7_93ca_0025902b3cc1_7F8E417F_43E7_47D7_87A8_2A61509345EF43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742aa_ff21_11e0_833e_003048f27c5f_2946F6F3_566B_42F3_9C48_21FD65FF59DA44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742a0_ff21_11e0_833e_003048f27c5f_8505AB83_FDDB_47F1_ADCF_D5FD02E9839C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b742b6_ff21_11e0_833e_003048f27c5f_0607CD58_E0A3_472A_88E4_FB95AA39D34046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d374_ff1f_11e0_833e_003048f27c5f_8B9CDA6F_E812_4D9A_BA33_2DD7B42F02F847.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc5acc0_a1d5_11e7_93ca_0025902b3cc1_12A06812_A98F_439C_8CCF_178835171B5348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b28a77_a1d5_11e7_93ca_0025902b3cc1_138E41CF_E932_444A_93FC_FF659CA0EFAD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cd1721_a1d5_11e7_93ca_0025902b3cc1_149F20EB_DE6C_483D_97F6_F11B336AF12A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b8db8d_a1d5_11e7_93ca_0025902b3cc1_2B96393E_CB5E_44D2_8FF8_280CA0C82D7B51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb74701_a1d7_11e7_93ca_0025902b3cc1_71EB1C2F_0639_4B9A_838B_AF9689A276E152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c22c8c_a1d7_11e7_93ca_0025902b3cc1_9BCBAA1F_24A0_45E2_8FF4_7336CC1A45E553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976c014a_a1d7_11e7_93ca_0025902b3cc1_94F7DBA9_D3F5_4F95_9071_BE6A044C7DC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb2e257_a1d7_11e7_93ca_0025902b3cc1_C873B427_F25B_480D_AB3D_762EC343115655.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0387b54_a1d5_11e7_93ca_0025902b3cc1_33E6F59C_3643_4A0E_9647_25C67059214A56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b9927f_a1d6_11e7_93ca_0025902b3cc1_DBAE08E1_DAA2_4D99_BD0E_7C9DECF42E5057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9c14f_a1d5_11e7_93ca_0025902b3cc1_8F0E5E68_0223_4FED_A908_E07D771FEBC358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b471ca_a1d6_11e7_93ca_0025902b3cc1_58BE9FAE_BEE0_4445_BF94_7524D32D9F6659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da76a5a0_a1d5_11e7_93ca_0025902b3cc1_D6C85A40_CDE7_4E47_88B4_FBD8D8B34F2260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8599fe7_a1d5_11e7_93ca_0025902b3cc1_5CF1CF6C_68BB_4E26_8171_8FCE7EF16E5761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab1b58_a1d6_11e7_93ca_0025902b3cc1_8B33DA3F_A0E4_4658_B12B_14F896FB9C4F62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c929184_a1d6_11e7_93ca_0025902b3cc1_B9696B00_4B54_4AB7_95A0_C26A628A404463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a093a5_a1d6_11e7_93ca_0025902b3cc1_8E551CEA_D7E4_48B3_B432_E06314051E2D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9490011c_a1d6_11e7_93ca_0025902b3cc1_8440570B_BF40_4173_B56F_71D9DF7D830F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61884959_ff21_11e0_833e_003048f27c5f_47A1342E_E194_4236_86BE_7F1C8C4D4F8766.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8387,161 +8387,161 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
-[...3 lines deleted...]
-Артикул: KT 103PK.R</t>
+            <t xml:space="preserve">Верх прилавка глухого прямого</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 103P-P.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ориентация: правая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: ДСП 16 мм</t>
+Ориентация: левая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото левая ориентация</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Столешница, торец и боковины: оклеены пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10255.00</t>
+            <t xml:space="preserve">12677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верх прилавка глухого прямого</t>
-[...3 lines deleted...]
-Артикул: KT 103P-P.L</t>
+            <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KT 103PK.R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 336</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ориентация: левая</t>
-[...7 lines deleted...]
-Столешница, торец и боковины: оклеены пластиком</t>
+Ориентация: правая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото правая ориентация</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Столешница, торец и боковины: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12677.00</t>
+            <t xml:space="preserve">10255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верх прилавка глухого прямого с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KT 103PK.L</t>
           </r>