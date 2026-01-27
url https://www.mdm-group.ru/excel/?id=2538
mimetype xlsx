--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Spot 25 PLUS</t>
   </si>
   <si>
     <t>Модульная система Spot 25 - одна из самых популярных точечных (гнездовых) систем.
 При помощи небольшого металлического крепления (гнезда) в панель устанавливаются кронштейны, штанги и полкодержатели, необходимые для выкладки или вывешивания товара.
 Панель может быть из МДФ (ДСП и других материалов) и может быть размещена в интерьере любым способом. На базе системы Spot 25 можно создавать и пристенные, и настенные, и островные конструкции. Почти незаметное крепление и возможность размещать его в любом месте панели дают много вариантов для интерьерного дизайна в магазинах.
 Все навесные элементы, необходимые для выкладки товара выполнены из круглой трубы д-25мм.
 Гнездовая система Spot 25 будет надежным решением для магазинов одежды.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Spot25 Type6-CH \ Крепление на панель</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">504.00</t>
+      <t xml:space="preserve">514.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.15.290 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.15.290.CH</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">398.00</t>
+      <t xml:space="preserve">406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.15.390 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.15.390.CH</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">477.00</t>
+      <t xml:space="preserve">487.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.17.425 \ Кронштейн изогнутый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.17.425.CH</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Глубина, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">675.00</t>
+      <t xml:space="preserve">689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.19.410 \ Кронштейн наклонный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.19.410.CH</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Глубина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">675.00</t>
+      <t xml:space="preserve">689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.21 \ Полкодержатель со штангой (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.21.CH</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.22.390 \ Полкодержатель (1 шт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.25.22.390.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">477.00</t>
+      <t xml:space="preserve">487.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Spot Type10 \ Держатель панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.RU.1003.ZN.pr</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за хлыст</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Spot Type10 \ Держатель панели</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за хлыст</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">669.00</t>
+      <t xml:space="preserve">682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Spot Type11 \ Зацеп настенный</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Артикул: SO.RU.1101.9016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: продаётся поштучно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">113.00</t>
+      <t xml:space="preserve">115.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -714,402 +714,372 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754d6_e214_11e6_9cf3_0025902b3cc1_8C3482FB_21CC_4E7B_8CA5_4AC4D9BAA6392.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b879423_7a80_11e6_9c74_0025902b3cc0_3003003.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152de51e_9c20_11e6_9f4a_0025902b3cc0_SO_25_15_290_CH4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32972745_9c20_11e6_9f4a_0025902b3cc0_SO_25_15_390_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc047ca3_9c1f_11e6_9f4a_0025902b3cc0_SO_25_17_425_CH6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0ad76b_9c20_11e6_9f4a_0025902b3cc0_SO_25_19_410_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d00fc3_9c20_11e6_9f4a_0025902b3cc0_4DDBDE5B_1569_4C69_855C_96D7E74834F78.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b44c79d_9c20_11e6_9f4a_0025902b3cc0_143B294D_D9BB_4736_8B89_C7864670097E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6b3e6c_9ce2_11e6_9f4a_0025902b3cc0_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a083d42_647a_11e6_9c74_0025902b3cc0_211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B12.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b879423_7a80_11e6_9c74_0025902b3cc0_3003002.JPG"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152de51e_9c20_11e6_9f4a_0025902b3cc0_SO_25_15_290_CH3.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32972745_9c20_11e6_9f4a_0025902b3cc0_SO_25_15_390_CH4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc047ca3_9c1f_11e6_9f4a_0025902b3cc0_SO_25_17_425_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0ad76b_9c20_11e6_9f4a_0025902b3cc0_SO_25_19_410_CH6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d00fc3_9c20_11e6_9f4a_0025902b3cc0_4DDBDE5B_1569_4C69_855C_96D7E74834F77.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b44c79d_9c20_11e6_9f4a_0025902b3cc0_143B294D_D9BB_4736_8B89_C7864670097E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6b3e6c_9ce2_11e6_9f4a_0025902b3cc0_19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a083d42_647a_11e6_9c74_0025902b3cc0_210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B11.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>57150</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="6000750" cy="2209800"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1376,431 +1346,425 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z12"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D12" sqref="D12"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="190.5">
-[...7 lines deleted...]
-      <c r="B8" s="5" t="inlineStr">
+    <row r="7" spans="1:26">
+      <c r="A7" s="4"/>
+      <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot25 Type6-CH \ Крепление на панель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.0006.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">504.00</t>
+            <t xml:space="preserve">514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C8" s="4"/>
-      <c r="D8" s="5" t="inlineStr">
+      <c r="C7" s="4"/>
+      <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.15.290 \ Кронштейн прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.15.290.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">398.00</t>
+            <t xml:space="preserve">406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:26">
-[...1 lines deleted...]
-      <c r="B9" s="5" t="inlineStr">
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.15.390 \ Кронштейн прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.15.390.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">477.00</t>
+            <t xml:space="preserve">487.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C9" s="4"/>
-      <c r="D9" s="5" t="inlineStr">
+      <c r="C8" s="4"/>
+      <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.17.425 \ Кронштейн изогнутый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.17.425.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">675.00</t>
+            <t xml:space="preserve">689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:26">
-[...1 lines deleted...]
-      <c r="B10" s="5" t="inlineStr">
+    <row r="9" spans="1:26">
+      <c r="A9" s="4"/>
+      <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.19.410 \ Кронштейн наклонный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.19.410.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">675.00</t>
+            <t xml:space="preserve">689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C10" s="4"/>
-      <c r="D10" s="5" t="inlineStr">
+      <c r="C9" s="4"/>
+      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.21 \ Полкодержатель со штангой (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.21.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
@@ -1808,311 +1772,310 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:26">
-[...1 lines deleted...]
-      <c r="B11" s="5" t="inlineStr">
+    <row r="10" spans="1:26">
+      <c r="A10" s="4"/>
+      <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.22.390 \ Полкодержатель (1 шт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.25.22.390.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">477.00</t>
+            <t xml:space="preserve">487.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C11" s="4"/>
-      <c r="D11" s="5" t="inlineStr">
+      <c r="C10" s="4"/>
+      <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot Type10 \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.RU.1003.ZN.pr</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за хлыст</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:26">
-[...1 lines deleted...]
-      <c r="B12" s="5" t="inlineStr">
+    <row r="11" spans="1:26">
+      <c r="A11" s="4"/>
+      <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot Type10 \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.RU.1002.ZN.pr</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за хлыст</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">669.00</t>
+            <t xml:space="preserve">682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C12" s="4"/>
-      <c r="D12" s="5" t="inlineStr">
+      <c r="C11" s="4"/>
+      <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot Type11 \ Зацеп настенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.RU.1101.9016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: продаётся поштучно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113.00</t>
+            <t xml:space="preserve">115.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
-    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>