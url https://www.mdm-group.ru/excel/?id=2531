--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">03.03.2022</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торгово-складские стеллажи на зацепах СУ</t>
   </si>
   <si>
     <t>При комплектации стеллажа высотой более 2000 мм следует учитывать, что на каждый м.п. стойки должно приходиться не менее одной поперечной стяжки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пример комплектации универсального стеллажа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SST.003.00</t>
     </r>
@@ -2950,51 +2950,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">03.03.2022</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>