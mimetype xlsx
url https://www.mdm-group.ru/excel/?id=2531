--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1736,912 +1736,942 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7897cc1a_99e5_11e7_9ffe_0025902b3cc1_DCD3FE47_2E03_488C_B53C_C577E17819932.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d2abb5_99e8_11e7_9ffe_0025902b3cc1_B6B40D41_3455_4E64_BE33_161F54C1D75C3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613b3ef8_99e8_11e7_9ffe_0025902b3cc1_6DC4E083_ECC3_4AF6_896E_F8A6D803C2534.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec49_02ae_11e0_b16f_003048d0c7fe_22AB5F6F_D782_4CD1_97DF_9C7605E336635.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5f3cf8_ff2d_11e0_833e_003048f27c5f_62605123_5EB1_45C6_8DF4_742E15914F706.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35295d27_10cd_11e8_b78c_0025902b3cc1_8FF769EC_A644_4B08_8FD7_6AF709A383BF7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a9636b_10cd_11e8_b78c_0025902b3cc1_1ABA0025_5E60_4E16_B673_BD2DB7C73EE38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc19430b_10cd_11e8_b78c_0025902b3cc1_979C7960_E158_4ED2_B86B_C8CF927B241C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53151f57_035a_11e0_b16f_003048d0c7fe_3A4F8F21_7947_4D00_9883_7232412441C210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03ab372_4f8f_11e0_86e2_003048f27c5f_096B6485_A834_4778_B33D_CAB32D71233D11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288a9f_02ae_11e0_b16f_003048d0c7fe_DB81E375_EE44_4534_957F_B84B6196705412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0659ef1_ff37_11e0_833e_003048f27c5f_D50A3DA3_179D_4AF5_8B14_A6ACB85E911313.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc311cd_074c_11e0_99a4_003048f27c5f_7309127D_18BE_4ECF_B8EB_3F8CF0EE320014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02d761b_02b0_11e0_b16f_003048d0c7fe_D9B75C44_3C2A_435B_A9D9_79A5094DC71815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12308f2_02b0_11e0_b16f_003048d0c7fe_20B34221_CB37_4339_94DD_1C8E81DDB53C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ac6208_86d3_11e5_81c1_0025902b3cc1_EDD6AADC_B894_4C3F_B025_5929EFC4A7B717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44d46b5_ff95_11e0_833e_003048f27c5f_D94E85FB_DB35_42CB_B1EA_18CFFFB72C6F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51e83b7_97c4_11e0_afc8_003048f27c5f_8CF2A64D_D2BC_4A9B_80CD_FA456F167CEE19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d53044d_81cc_11e0_afc8_003048f27c5f_A0706DF4_C7A6_4E00_A69A_201FFA1BDEEB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44d46bc_ff95_11e0_833e_003048f27c5f_F57E835E_1EC5_450C_B57B_D05F5A055A8D21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f65_ff95_11e0_833e_003048f27c5f_020A5051_2C9F_46D8_BC6D_022EA6B1830222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f6a_ff95_11e0_833e_003048f27c5f_D221A752_AB90_4E1F_A6BE_91665C0D03C223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f6f_ff95_11e0_833e_003048f27c5f_ACDDA26F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ccc9f5_ff27_11e0_833e_003048f27c5f_F4B0F684_2EC1_4839_8F6A_ADEBC4D4FC9C25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d530448_81cc_11e0_afc8_003048f27c5f_FEEDD77D_3F77_44D8_90CD_20710193378326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0659efb_ff37_11e0_833e_003048f27c5f_E37C420D_0887_4F07_A0CB_A1B728AD5E6227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c349f1_ff37_11e0_833e_003048f27c5f_D3F7CE17_2639_4813_A4E0_5234D8B6B74428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90ac15b_ff2c_11e0_833e_003048f27c5f_BD9E6244_C7CA_4C8F_9810_97184658F99C29.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e775446_e214_11e6_9cf3_0025902b3cc1_38D6951A_369F_45FD_A8A7_55DAB2D9B7062.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7897cc1a_99e5_11e7_9ffe_0025902b3cc1_DCD3FE47_2E03_488C_B53C_C577E17819933.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d2abb5_99e8_11e7_9ffe_0025902b3cc1_B6B40D41_3455_4E64_BE33_161F54C1D75C4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613b3ef8_99e8_11e7_9ffe_0025902b3cc1_6DC4E083_ECC3_4AF6_896E_F8A6D803C2535.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec49_02ae_11e0_b16f_003048d0c7fe_22AB5F6F_D782_4CD1_97DF_9C7605E336636.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5f3cf8_ff2d_11e0_833e_003048f27c5f_62605123_5EB1_45C6_8DF4_742E15914F707.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35295d27_10cd_11e8_b78c_0025902b3cc1_8FF769EC_A644_4B08_8FD7_6AF709A383BF8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a9636b_10cd_11e8_b78c_0025902b3cc1_1ABA0025_5E60_4E16_B673_BD2DB7C73EE39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc19430b_10cd_11e8_b78c_0025902b3cc1_979C7960_E158_4ED2_B86B_C8CF927B241C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53151f57_035a_11e0_b16f_003048d0c7fe_3A4F8F21_7947_4D00_9883_7232412441C211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03ab372_4f8f_11e0_86e2_003048f27c5f_096B6485_A834_4778_B33D_CAB32D71233D12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288a9f_02ae_11e0_b16f_003048d0c7fe_DB81E375_EE44_4534_957F_B84B6196705413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0659ef1_ff37_11e0_833e_003048f27c5f_D50A3DA3_179D_4AF5_8B14_A6ACB85E911314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc311cd_074c_11e0_99a4_003048f27c5f_7309127D_18BE_4ECF_B8EB_3F8CF0EE320015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02d761b_02b0_11e0_b16f_003048d0c7fe_D9B75C44_3C2A_435B_A9D9_79A5094DC71816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12308f2_02b0_11e0_b16f_003048d0c7fe_20B34221_CB37_4339_94DD_1C8E81DDB53C17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ac6208_86d3_11e5_81c1_0025902b3cc1_EDD6AADC_B894_4C3F_B025_5929EFC4A7B718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44d46b5_ff95_11e0_833e_003048f27c5f_D94E85FB_DB35_42CB_B1EA_18CFFFB72C6F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51e83b7_97c4_11e0_afc8_003048f27c5f_8CF2A64D_D2BC_4A9B_80CD_FA456F167CEE20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d53044d_81cc_11e0_afc8_003048f27c5f_A0706DF4_C7A6_4E00_A69A_201FFA1BDEEB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44d46bc_ff95_11e0_833e_003048f27c5f_F57E835E_1EC5_450C_B57B_D05F5A055A8D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f65_ff95_11e0_833e_003048f27c5f_020A5051_2C9F_46D8_BC6D_022EA6B1830223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f6a_ff95_11e0_833e_003048f27c5f_D221A752_AB90_4E1F_A6BE_91665C0D03C224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd78f6f_ff95_11e0_833e_003048f27c5f_ACDDA26F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ccc9f5_ff27_11e0_833e_003048f27c5f_F4B0F684_2EC1_4839_8F6A_ADEBC4D4FC9C26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d530448_81cc_11e0_afc8_003048f27c5f_FEEDD77D_3F77_44D8_90CD_20710193378327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0659efb_ff37_11e0_833e_003048f27c5f_E37C420D_0887_4F07_A0CB_A1B728AD5E6228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c349f1_ff37_11e0_833e_003048f27c5f_D3F7CE17_2639_4813_A4E0_5234D8B6B74429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90ac15b_ff2c_11e0_833e_003048f27c5f_BD9E6244_C7CA_4C8F_9810_97184658F99C30.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="3609975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2908,54 +2938,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z20"/>
+  <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2976,1699 +3006,1705 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="311.25">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пример комплектации универсального стеллажа</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.005.00</t>
-[...3 lines deleted...]
-Глубина, мм: 600</t>
+Артикул: SST.003.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11057.96</t>
+            <t xml:space="preserve">8889.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Стойка 2500</t>
-[...11 lines deleted...]
-Примечание: Под заказ</t>
+            <t xml:space="preserve">Пример комплектации универсального стеллажа</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.004.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">10177.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Крестовина жесткости длинномерная</t>
-[...7 lines deleted...]
-Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
+            <t xml:space="preserve">Пример комплектации универсального стеллажа</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.005.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">318.00</t>
+            <t xml:space="preserve">11057.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 400 мм)</t>
-[...11 lines deleted...]
-Цвет: серый полимер</t>
+            <t xml:space="preserve">СУ \ Стойка 2500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.031.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">230.00</t>
+            <t xml:space="preserve">690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 500 мм)</t>
-[...15 lines deleted...]
-Примечание: Под заказ</t>
+            <t xml:space="preserve">СУ \ Крестовина жесткости длинномерная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.058.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">318.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 600 мм)</t>
-[...7 lines deleted...]
-Длина, мм: 525</t>
+            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 400 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.205.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 325</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый полимер</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">307.00</t>
+            <t xml:space="preserve">230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Планка ограничительная задняя</t>
-[...7 lines deleted...]
-Длина, мм: 1030</t>
+            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 500 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.206.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 425</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый полимер</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">316.00</t>
+            <t xml:space="preserve">260.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Планка ограничительная задняя</t>
-[...11 lines deleted...]
-Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
+            <t xml:space="preserve">СУ \ Стяжка поперечная (для стеллажа глубиной 600 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.207.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 525</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый полимер</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170.00</t>
+            <t xml:space="preserve">307.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Подпятник для стойки</t>
-[...3 lines deleted...]
-Артикул: SST.042.00</t>
+            <t xml:space="preserve">СУ \ Планка ограничительная задняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.043.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1030</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.40</t>
+            <t xml:space="preserve">316.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Скоба для крепления стоек между собой &amp;quot;спина&amp;quot; к &amp;quot;спине&amp;quot;</t>
-[...3 lines deleted...]
-Артикул: SST.073.00</t>
+            <t xml:space="preserve">СУ \ Планка ограничительная задняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.056.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.50</t>
+            <t xml:space="preserve">170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 100кг)</t>
-[...15 lines deleted...]
-Длина, мм: 1000</t>
+            <t xml:space="preserve">СУ \ Подпятник для стойки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.042.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 100</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">964.00</t>
+            <t xml:space="preserve">33.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 150кг)</t>
-[...23 lines deleted...]
-Макс. допустимая нагрузка, кг: 150</t>
+            <t xml:space="preserve">СУ \ Скоба для крепления стоек между собой &amp;quot;спина&amp;quot; к &amp;quot;спине&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.073.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1256.00</t>
+            <t xml:space="preserve">29.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 150кг)</t>
-[...3 lines deleted...]
-Артикул: SST.035.00</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 100кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.051.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 600</t>
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 150</t>
+Макс. допустимая нагрузка, кг: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1429.00</t>
+            <t xml:space="preserve">964.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
-[...3 lines deleted...]
-Артикул: SST.200.00</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 150кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.034.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...3 lines deleted...]
-Длина, мм: 1200</t>
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 200</t>
+Макс. допустимая нагрузка, кг: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2082.00</t>
+            <t xml:space="preserve">1256.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
-[...3 lines deleted...]
-Артикул: SST.186.00</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 150кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.035.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Длина, мм: 1500</t>
+Глубина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 200</t>
+Макс. допустимая нагрузка, кг: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1428.00</t>
+            <t xml:space="preserve">1429.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.174.00</t>
+Артикул: SST.200.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Длина, мм: 1500</t>
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1635.00</t>
+            <t xml:space="preserve">2082.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.187.00</t>
+Артикул: SST.186.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 700</t>
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">527.00</t>
+            <t xml:space="preserve">1428.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.188.00</t>
+Артикул: SST.174.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
-[...3 lines deleted...]
-Длина, мм: 700</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">1635.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
-[...3 lines deleted...]
-Артикул: SST.190.00</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.187.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...3 lines deleted...]
-Длина, мм: 1200</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 300</t>
+Макс. допустимая нагрузка, кг: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2311.00</t>
+            <t xml:space="preserve">527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
-[...3 lines deleted...]
-Артикул: SST.191.00</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 200кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.188.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Длина, мм: 1500</t>
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 300</t>
+Макс. допустимая нагрузка, кг: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1695.00</t>
+            <t xml:space="preserve">813.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.192.00</t>
+Артикул: SST.190.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Длина, мм: 1500</t>
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1904.00</t>
+            <t xml:space="preserve">2311.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.083.00</t>
+Артикул: SST.191.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
-[...3 lines deleted...]
-Длина, мм: 700</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1033.00</t>
+            <t xml:space="preserve">1695.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.084.00</t>
+Артикул: SST.192.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 600</t>
-[...3 lines deleted...]
-Длина, мм: 700</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1146.00</t>
+            <t xml:space="preserve">1904.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SST.085.00</t>
+Артикул: SST.083.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 800</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1440.00</t>
+            <t xml:space="preserve">1033.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">СУ \ Стяжка-подпятник</t>
-[...11 lines deleted...]
-Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.084.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Под заказ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">193.00</t>
+            <t xml:space="preserve">1146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">СУ \ Полка (Грузоподъемность 300кг)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.085.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Под заказ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1440.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="4"/>
+      <c r="B21" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">СУ \ Стяжка-подпятник</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SST.114.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 225</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">193.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C21" s="4"/>
+      <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СУ \ Стяжка-подпятник</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SST.064.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: &amp;lt;b&amp;gt;под заказ&amp;lt;/b&amp;gt;</t>
           </r>
@@ -4692,50 +4728,51 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>