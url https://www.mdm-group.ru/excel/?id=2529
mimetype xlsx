--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2025</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи архивно-складские металлические ST</t>
   </si>
   <si>
     <t>Стеллажи архивно-складские металлические ST – стеллажи складские сборные, изготовленные из высокопрочной стали. Используются для хранения архивной документации и других мелкогабаритных предметов. Имеют дополнительные ребра жесткости и способны выдерживать равномерно распределенную нагрузку до 750 кг. на секцию.
 Каждая секция стеллажей архивно-складских состоит из 4 стоек и необходимого числа полок. Каждая полка комплектуется крепежными болтами и гайками.
 Стеллажи архивно-складские металлические являются легко сборными и разборными, что позволяет не привлекать для монтажа специализированных сборщиков, а произвести сборку/разборку самостоятельно.
 Складские стеллажи имеют влагостойкое покрытие и могут обеспечить надежное хранение архивной документации и других грузов даже в условиях повышенной влажности воздуха и при перепадах температур.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 07 \ Стеллаж металлический</t>
     </r>
     <r>
@@ -100,51 +100,51 @@
       <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6840.00</t>
+      <t xml:space="preserve">6976.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 08 \ Стеллаж металлический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SST.007.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
@@ -161,51 +161,51 @@
       <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7712.00</t>
+      <t xml:space="preserve">7868.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 09 \ Стеллаж металлический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SST.008.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -222,51 +222,51 @@
       <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8480.00</t>
+      <t xml:space="preserve">8652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 10 \ Стеллаж металлический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SST.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
@@ -283,100 +283,100 @@
       <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9168.00</t>
+      <t xml:space="preserve">9352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка 2000 - \ Стойка для стеллажей ST</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SST.130.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит 1 пластиковый подпятник, 4 уголка, 8 крепёжных болтов, 8 гаек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">689.00</t>
+      <t xml:space="preserve">703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка 2500 - \ Стойка для стеллажей ST</t>
@@ -389,51 +389,51 @@
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит 1 пластиковый подпятник, 4 уголка, 8 крепёжных болтов, 8 гаек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">861.00</t>
+      <t xml:space="preserve">878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка 300х1000 - \ Полка для стеллажей ST07</t>
@@ -446,51 +446,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1021.00</t>
+      <t xml:space="preserve">1041.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка для стеллажей ST08</t>
@@ -503,51 +503,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1239.00</t>
+      <t xml:space="preserve">1264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка для стеллажей ST09 и ST10</t>
@@ -560,51 +560,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1431.00</t>
+      <t xml:space="preserve">1460.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1316,51 +1316,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2025</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1400,51 +1400,51 @@
             <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6840.00</t>
+            <t xml:space="preserve">6976.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 08 \ Стеллаж металлический</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SST.007.00</t>
           </r>
@@ -1464,51 +1464,51 @@
             <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7712.00</t>
+            <t xml:space="preserve">7868.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 09 \ Стеллаж металлический</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1530,51 +1530,51 @@
             <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8480.00</t>
+            <t xml:space="preserve">8652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 10 \ Стеллаж металлический</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SST.009.00</t>
           </r>
@@ -1594,51 +1594,51 @@
             <t xml:space="preserve">
 Примечание: При сборке стеллажей «лентой» грузоподъёмность снижается до 280 кг на секцию.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Допустимая распределенная нагрузка на стеллаж: 560 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во полок, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9168.00</t>
+            <t xml:space="preserve">9352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка 2000 - \ Стойка для стеллажей ST</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1648,51 +1648,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит 1 пластиковый подпятник, 4 уголка, 8 крепёжных болтов, 8 гаек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">689.00</t>
+            <t xml:space="preserve">703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1708,51 +1708,51 @@
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит 1 пластиковый подпятник, 4 уголка, 8 крепёжных болтов, 8 гаек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">861.00</t>
+            <t xml:space="preserve">878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1770,51 +1770,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1021.00</t>
+            <t xml:space="preserve">1041.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1830,51 +1830,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1239.00</t>
+            <t xml:space="preserve">1264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1892,51 +1892,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит 8 крепёжных болтов, 8 гаек (уголками не комплектуется)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1431.00</t>
+            <t xml:space="preserve">1460.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>