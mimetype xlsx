--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Полочные стеллажи для склада и торгового зала Стайл (Стиль)</t>
   </si>
   <si>
     <t>Внимание! Cкомплектованные стеллажи дешевле (3590180A4C, 4590180A4C, 45120180A4C)!</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3590180A4C \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.069.CH</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10914.00</t>
+      <t xml:space="preserve">11132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3590180A4E \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.069.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -154,51 +154,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10914.00</t>
+      <t xml:space="preserve">11132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590180A4C \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.070.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8272162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11985.00</t>
+      <t xml:space="preserve">12225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590180A4E \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.070.BL </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11985.00</t>
+      <t xml:space="preserve">12225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45120180A4C \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.071.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -329,51 +329,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13668.00</t>
+      <t xml:space="preserve">13941.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3590C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.060.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1550.00</t>
+      <t xml:space="preserve">1581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.061.CH</t>
@@ -439,51 +439,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1872.00</t>
+      <t xml:space="preserve">1909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45120C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.062.CH</t>
@@ -496,100 +496,100 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2569.00</t>
+      <t xml:space="preserve">2620.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UP 90C \ Стойка, верхняя часть </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.066.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">587.00</t>
+      <t xml:space="preserve">599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Артикул: STS.067.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">587.00</t>
+      <t xml:space="preserve">599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Артикул: STS.068.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">371.00</t>
+      <t xml:space="preserve">378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -728,96 +728,96 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3033.00</t>
+      <t xml:space="preserve">3094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L 45C \ Ограждение для полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.063.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Артикул: STS.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">656.00</t>
+      <t xml:space="preserve">669.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -899,51 +899,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SV \ Держатель штанги (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.045.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1029,51 +1029,51 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">321.00</t>
+      <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1212,51 +1212,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.14</t>
+      <t xml:space="preserve">7.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2290,51 +2290,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2374,51 +2374,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10914.00</t>
+            <t xml:space="preserve">11132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3590180A4E \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.069.BL</t>
           </r>
@@ -2434,51 +2434,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10914.00</t>
+            <t xml:space="preserve">11132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4590180A4C \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2500,51 +2500,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8272162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11985.00</t>
+            <t xml:space="preserve">12225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4590180A4E \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.070.BL </t>
           </r>
@@ -2560,51 +2560,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11985.00</t>
+            <t xml:space="preserve">12225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45120180A4C \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2622,51 +2622,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13668.00</t>
+            <t xml:space="preserve">13941.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3590C \ Полка сетчатая (борт вниз)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.060.CH</t>
           </r>
@@ -2678,51 +2678,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1550.00</t>
+            <t xml:space="preserve">1581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2740,51 +2740,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1872.00</t>
+            <t xml:space="preserve">1909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45120C \ Полка сетчатая (борт вниз)</t>
           </r>
@@ -2800,51 +2800,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2569.00</t>
+            <t xml:space="preserve">2620.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2854,51 +2854,51 @@
             <t xml:space="preserve">
 Артикул: STS.066.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">587.00</t>
+            <t xml:space="preserve">599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2914,51 +2914,51 @@
             <t xml:space="preserve">
 Артикул: STS.067.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">587.00</t>
+            <t xml:space="preserve">599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2976,51 +2976,51 @@
             <t xml:space="preserve">
 Артикул: STS.068.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">371.00</t>
+            <t xml:space="preserve">378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3048,101 +3048,101 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3033.00</t>
+            <t xml:space="preserve">3094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L 45C \ Ограждение для полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.063.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3158,51 +3158,51 @@
             <t xml:space="preserve">
 Артикул: STS.064.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">656.00</t>
+            <t xml:space="preserve">669.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3232,51 +3232,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SV \ Держатель штанги (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.045.CH</t>
           </r>
@@ -3370,51 +3370,51 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">321.00</t>
+            <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.008.CH</t>
           </r>
@@ -3564,51 +3564,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.14</t>
+            <t xml:space="preserve">7.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>