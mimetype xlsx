--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -81,54 +81,50 @@
       <t xml:space="preserve">
 Артикул: STS.069.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -1009,173 +1005,169 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.CH</t>
+      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.008.0,8-1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.0,8-1.CH</t>
+      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1316,51 +1308,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a38336_3983_11e7_abe3_0025902b3cc1_135180A4EMAXchrome2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6289422a_3c80_11f0_8ec3_0050569cf81d_35180A4E3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb233eb4_3983_11e7_abe3_0025902b3cc1_45900A4Echrome4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8bad61_3c80_11f0_8ec3_0050569cf81d_45180A4E5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbebdeae_3983_11e7_abe3_0025902b3cc1_45120A4Echrome6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24db8f9c_3983_11e7_abe3_0025902b3cc1_47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bbb5954_3983_11e7_abe3_0025902b3cc1_58.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caa0f6e_3983_11e7_abe3_0025902b3cc1_69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91366186_3983_11e7_abe3_0025902b3cc1_1010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a110f738_3983_11e7_abe3_0025902b3cc1_911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b111a30a_3983_11e7_abe3_0025902b3cc1_812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fdfcc3_cde2_11e7_b78c_0025902b3cc1_4590c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f479fd2_3983_11e7_abe3_0025902b3cc1_sis06314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2c030_3983_11e7_abe3_0025902b3cc1_sis06415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114ed_0100_11e0_b16f_003048d0c7fe_E6F554B6_3CC6_43A0_AEE3_0D8865B0540D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f2b553_7c44_11e0_afc8_003048f27c5f_4716BB6C_0D29_456E_9C49_581FAE2C561217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_221.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a38336_3983_11e7_abe3_0025902b3cc1_135180A4EMAXchrome2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6289422a_3c80_11f0_8ec3_0050569cf81d_35180A4E3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb233eb4_3983_11e7_abe3_0025902b3cc1_45900A4Echrome4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8bad61_3c80_11f0_8ec3_0050569cf81d_45180A4E5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbebdeae_3983_11e7_abe3_0025902b3cc1_45120A4Echrome6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24db8f9c_3983_11e7_abe3_0025902b3cc1_47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bbb5954_3983_11e7_abe3_0025902b3cc1_58.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caa0f6e_3983_11e7_abe3_0025902b3cc1_69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91366186_3983_11e7_abe3_0025902b3cc1_1010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a110f738_3983_11e7_abe3_0025902b3cc1_911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b111a30a_3983_11e7_abe3_0025902b3cc1_812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fdfcc3_cde2_11e7_b78c_0025902b3cc1_4590c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f479fd2_3983_11e7_abe3_0025902b3cc1_sis06314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2c030_3983_11e7_abe3_0025902b3cc1_sis06415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114ed_0100_11e0_b16f_003048d0c7fe_E6F554B6_3CC6_43A0_AEE3_0D8865B0540D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f2b553_7c44_11e0_afc8_003048f27c5f_4716BB6C_0D29_456E_9C49_581FAE2C561217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_221.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2358,54 +2350,50 @@
             <t xml:space="preserve">
 Артикул: STS.069.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
@@ -3350,181 +3338,177 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.CH</t>
+            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.008.0,8-1.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.0,8-1.CH</t>
+            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>