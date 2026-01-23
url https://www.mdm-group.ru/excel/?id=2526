--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Крючки для перфорации</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 289-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.256.CH</t>
     </r>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.404.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -219,51 +219,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.400.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -280,51 +280,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.405.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -341,51 +341,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.66</t>
+      <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 289-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.249.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -463,51 +463,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.54</t>
+      <t xml:space="preserve">28.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.252.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -524,51 +524,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.253.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -585,51 +585,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.254.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -646,51 +646,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">36.72</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.255.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -707,51 +707,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.86</t>
+      <t xml:space="preserve">44.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.349.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -837,51 +837,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.00</t>
+      <t xml:space="preserve">21.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291 \ Крючок одинарный на перфорацию (L-150, d-4мм, шаг 25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.291.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -906,51 +906,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.50</t>
+      <t xml:space="preserve">23.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292 \ Крючок одинарный на перфорацию (L-200, d-4мм, шаг 25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.292.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -975,51 +975,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию (L-250, d-4мм, шаг 25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.293.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1048,51 +1048,51 @@
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.00</t>
+      <t xml:space="preserve">28.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.216.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1178,51 +1178,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.00</t>
+      <t xml:space="preserve">32.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-S-BL \ Крючок одинарный на перфорацию (L-150, d-5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.291S.BL.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1239,51 +1239,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.50</t>
+      <t xml:space="preserve">35.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-S-BL \ Крючок одинарный на перфорацию (L-200, d-5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.292S.BL.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1300,100 +1300,100 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TH.4.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.60</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-5 \ Заглушка для крючка диаметром 5мм</t>
@@ -1406,51 +1406,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.70</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-6 \ Заглушка для крючка диаметром 6мм</t>
@@ -1463,51 +1463,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
@@ -1528,51 +1528,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.80</t>
+      <t xml:space="preserve">5.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.423.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1589,51 +1589,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.78</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1727,51 +1727,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.90</t>
+      <t xml:space="preserve">46.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.424.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1861,51 +1861,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.02</t>
+      <t xml:space="preserve">53.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 304 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.018.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2060,51 +2060,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.90</t>
+      <t xml:space="preserve">39.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 302 \ Крючок двойной на перфорацию (L-200, d-4мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.302.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2121,51 +2121,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.90</t>
+      <t xml:space="preserve">44.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 303 \Крючок двойной на перфорацию (L-250, d-4мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.303.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2186,51 +2186,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.90</t>
+      <t xml:space="preserve">47.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.521.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2239,51 +2239,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.60</t>
+      <t xml:space="preserve">7.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.VH39.50.TR</t>
@@ -2296,51 +2296,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.50</t>
+      <t xml:space="preserve">5.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.406.CH</t>
@@ -2365,51 +2365,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 342-T \ Крючок одинарный с ценникодерж. на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEVK.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2446,51 +2446,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.10</t>
+      <t xml:space="preserve">57.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2576,51 +2576,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.347.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2641,51 +2641,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.346.6.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2779,51 +2779,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S-346-TU \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.402.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2844,51 +2844,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 341-T \ Крючок одинарный с ценникодерж. на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.341T.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2913,51 +2913,51 @@
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.00</t>
+      <t xml:space="preserve">43.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 342-T \ Крючок одинарный с ценникодерж. на перфорацию (L-200, d-4/5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.342T.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2982,51 +2982,51 @@
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 343-T \ Крючок одинарный с ценникодерж. на перфорацию (L-250, d-4/5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.343T.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -3051,51 +3051,51 @@
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.408.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3116,51 +3116,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.345.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3181,51 +3181,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.345.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3315,51 +3315,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.84</t>
+      <t xml:space="preserve">95.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.346.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3445,51 +3445,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.441T.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -3514,51 +3514,51 @@
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.442T.DBN.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -3652,51 +3652,51 @@
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.443T.DBN.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -3806,51 +3806,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.00</t>
+      <t xml:space="preserve">65.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -3867,51 +3867,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -3928,51 +3928,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 196 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VIT.018.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -4001,51 +4001,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">535.00</t>
+      <t xml:space="preserve">546.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.076.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -4074,51 +4074,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.170.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -4147,51 +4147,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.002.DBM.9006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
@@ -4200,51 +4200,51 @@
       <t xml:space="preserve">
 Размер: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210.00</t>
+      <t xml:space="preserve">214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.003.DBM.9006</t>
@@ -4257,51 +4257,51 @@
       <t xml:space="preserve">
 Размер: А5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">182.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.004.DBM.9006</t>
@@ -4314,96 +4314,96 @@
       <t xml:space="preserve">
 Размер: А6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">171.00</t>
+      <t xml:space="preserve">174.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6863,51 +6863,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7011,51 +7011,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7077,51 +7077,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.400.CH</t>
           </r>
@@ -7141,51 +7141,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7207,51 +7207,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.66</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 289-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.249.CH</t>
           </r>
@@ -7337,51 +7337,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.54</t>
+            <t xml:space="preserve">28.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.252.CH</t>
           </r>
@@ -7401,51 +7401,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7467,51 +7467,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.254.CH</t>
           </r>
@@ -7531,51 +7531,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">36.72</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7597,51 +7597,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.86</t>
+            <t xml:space="preserve">44.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.349.CH</t>
           </r>
@@ -7735,51 +7735,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.00</t>
+            <t xml:space="preserve">21.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291 \ Крючок одинарный на перфорацию (L-150, d-4мм, шаг 25мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.291.ZN</t>
           </r>
@@ -7807,51 +7807,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.50</t>
+            <t xml:space="preserve">23.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292 \ Крючок одинарный на перфорацию (L-200, d-4мм, шаг 25мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7881,51 +7881,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию (L-250, d-4мм, шаг 25мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.293.ZN</t>
           </r>
@@ -7957,51 +7957,51 @@
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.00</t>
+            <t xml:space="preserve">28.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8095,51 +8095,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.00</t>
+            <t xml:space="preserve">32.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-S-BL \ Крючок одинарный на перфорацию (L-150, d-5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8161,51 +8161,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.50</t>
+            <t xml:space="preserve">35.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-S-BL \ Крючок одинарный на перфорацию (L-200, d-5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.292S.BL.9005.MU</t>
           </r>
@@ -8225,51 +8225,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8279,51 +8279,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.60</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8339,51 +8339,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.70</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8401,51 +8401,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8469,51 +8469,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.80</t>
+            <t xml:space="preserve">5.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8535,51 +8535,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.78</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
           </r>
@@ -8681,51 +8681,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.90</t>
+            <t xml:space="preserve">46.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.424.DBN.CH</t>
           </r>
@@ -8823,51 +8823,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.02</t>
+            <t xml:space="preserve">53.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 304 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.018.CH</t>
           </r>
@@ -9033,51 +9033,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.90</t>
+            <t xml:space="preserve">39.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 302 \ Крючок двойной на перфорацию (L-200, d-4мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9099,51 +9099,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.90</t>
+            <t xml:space="preserve">44.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 303 \Крючок двойной на перфорацию (L-250, d-4мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.303.ZN</t>
           </r>
@@ -9167,51 +9167,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.90</t>
+            <t xml:space="preserve">47.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9225,51 +9225,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.60</t>
+            <t xml:space="preserve">7.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
           </r>
@@ -9285,51 +9285,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.50</t>
+            <t xml:space="preserve">5.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9359,51 +9359,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 342-T \ Крючок одинарный с ценникодерж. на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEVK.348.CH</t>
           </r>
@@ -9443,51 +9443,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.10</t>
+            <t xml:space="preserve">57.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9581,51 +9581,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9651,51 +9651,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.346.6.DBN.CH</t>
           </r>
@@ -9797,51 +9797,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S-346-TU \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.402.CH</t>
           </r>
@@ -9865,51 +9865,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 341-T \ Крючок одинарный с ценникодерж. на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9939,51 +9939,51 @@
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.00</t>
+            <t xml:space="preserve">43.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 342-T \ Крючок одинарный с ценникодерж. на перфорацию (L-200, d-4/5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.342T.ZN</t>
           </r>
@@ -10011,51 +10011,51 @@
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 343-T \ Крючок одинарный с ценникодерж. на перфорацию (L-250, d-4/5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10085,51 +10085,51 @@
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.408.CH</t>
           </r>
@@ -10153,51 +10153,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10223,51 +10223,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.345.DBN.CH</t>
           </r>
@@ -10365,51 +10365,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">95.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.346.DBN.CH</t>
           </r>
@@ -10503,51 +10503,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.441T.ZN</t>
           </r>
@@ -10575,51 +10575,51 @@
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10721,51 +10721,51 @@
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10883,51 +10883,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.00</t>
+            <t xml:space="preserve">65.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10949,51 +10949,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
           </r>
@@ -11013,51 +11013,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 196 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11091,51 +11091,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">535.00</t>
+            <t xml:space="preserve">546.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.076.ZN</t>
           </r>
@@ -11167,51 +11167,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11245,51 +11245,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.002.DBM.9006</t>
           </r>
@@ -11301,51 +11301,51 @@
             <t xml:space="preserve">
 Размер: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210.00</t>
+            <t xml:space="preserve">214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11363,51 +11363,51 @@
             <t xml:space="preserve">
 Размер: А5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">182.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
@@ -11423,101 +11423,101 @@
             <t xml:space="preserve">
 Размер: А6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">171.00</t>
+            <t xml:space="preserve">174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>