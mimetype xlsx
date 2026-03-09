--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1028,54 +1028,50 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">28.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1642,54 +1638,50 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 24.04.2025 09:31:42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 41,30 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1780,54 +1772,50 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 24.04.2025 09:32:25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 43 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">34.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1975,54 +1963,50 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 24.04.2025 09:33:06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 38,90 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2422,54 +2406,50 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 24.04.2025 09:34:10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">57.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2687,54 +2667,50 @@
 Артикул: SEV.346.6.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 94,30  руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">79.80</t>
     </r>
@@ -7937,54 +7913,50 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">28.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
@@ -8591,54 +8563,50 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 24.04.2025 09:31:42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 41,30 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -8737,54 +8705,50 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 24.04.2025 09:32:25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 43 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -8945,54 +8909,50 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 24.04.2025 09:33:06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 38,90 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9419,54 +9379,50 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 24.04.2025 09:34:10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">57.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9700,54 +9656,50 @@
 Артикул: SEV.346.6.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 94,30  руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">79.80</t>
           </r>