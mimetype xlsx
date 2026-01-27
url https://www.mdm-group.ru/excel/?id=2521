--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Сетчатые стеллажи Стайл (Стиль)</t>
   </si>
   <si>
     <t xml:space="preserve">Сетчатые торговые стеллажи Стайл (Стиль) предназначены для хранения товаров и различных предметов и обладают преимуществами:
 Универсальность в использовании - стеллажи можно использовать как в торговых залах, так и в складских помещениях, офисах и любых общественных зонах. 
 Прочная конструкция из стали - полки выдерживают до 100кг. 
 Мобильность - легкие компактные стеллажи, позволяют организовать упорядоченное хранение и демонстрацию товаров, эффективно используя пространство.
 Простота сборки и установки - для монтажа стеллажей не требуются инструменты.
 Полки стеллажей регулируются по высоте (благодаря поперечным бороздкам, имеющимся на стойках. Шаг регулировки 25мм.
 Стойки сетчатых стеллажей Стиль (Стайл) изготовлены из хромированной трубы диаметром 25мм, что позволяет сочетать этот вид оборудования с конструкциями из систем труб Joker, Uno, Tritix.
 Помимо стандартных стеллажей Стайл (Стиль) в ассортименте серии представлены полки, стойки, корзины, из которых можно скомплектовать нестандартные конструкции. Это могут быть стеллажи с двумя, тремя полками, корзинами, а также невысокие демонстрационные столы. Инструкция по сборке стеллажей СТАЙЛ (СТИЛЬ)
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10914.00</t>
+      <t xml:space="preserve">11132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3590180A4E \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.069.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10914.00</t>
+      <t xml:space="preserve">11132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590180A4C \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.070.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8272162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11985.00</t>
+      <t xml:space="preserve">12225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590180A4E \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.070.BL </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -280,51 +280,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11985.00</t>
+      <t xml:space="preserve">12225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45120180A4C \ Стеллаж сетчатый, 4 полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.071.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -337,51 +337,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13668.00</t>
+      <t xml:space="preserve">13941.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3590C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.060.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -390,51 +390,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1550.00</t>
+      <t xml:space="preserve">1581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4590C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.061.CH</t>
@@ -447,51 +447,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1872.00</t>
+      <t xml:space="preserve">1909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45120C \ Полка сетчатая (борт вниз)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.062.CH</t>
@@ -504,100 +504,100 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2569.00</t>
+      <t xml:space="preserve">2620.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UP 90C \ Стойка, верхняя часть </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.066.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">587.00</t>
+      <t xml:space="preserve">599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -610,51 +610,51 @@
       <t xml:space="preserve">
 Артикул: STS.067.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">587.00</t>
+      <t xml:space="preserve">599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -667,51 +667,51 @@
       <t xml:space="preserve">
 Артикул: STS.068.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">371.00</t>
+      <t xml:space="preserve">378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -736,96 +736,96 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3033.00</t>
+      <t xml:space="preserve">3094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L 45C \ Ограждение для полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.063.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -838,51 +838,51 @@
       <t xml:space="preserve">
 Артикул: STS.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">656.00</t>
+      <t xml:space="preserve">669.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -907,51 +907,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SV \ Держатель штанги (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STS.045.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1037,153 +1037,153 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">321.00</t>
+      <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.0,8-1.CH</t>
+      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.CH</t>
+      <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.008.0,8-1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1220,51 +1220,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.14</t>
+      <t xml:space="preserve">7.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1324,51 +1324,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a38336_3983_11e7_abe3_0025902b3cc1_135180A4EMAXchrome2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6289422a_3c80_11f0_8ec3_0050569cf81d_35180A4E3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb233eb4_3983_11e7_abe3_0025902b3cc1_45900A4Echrome4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8bad61_3c80_11f0_8ec3_0050569cf81d_45180A4E5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbebdeae_3983_11e7_abe3_0025902b3cc1_45120A4Echrome6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24db8f9c_3983_11e7_abe3_0025902b3cc1_47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bbb5954_3983_11e7_abe3_0025902b3cc1_58.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caa0f6e_3983_11e7_abe3_0025902b3cc1_69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91366186_3983_11e7_abe3_0025902b3cc1_1010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a110f738_3983_11e7_abe3_0025902b3cc1_911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b111a30a_3983_11e7_abe3_0025902b3cc1_812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fdfcc3_cde2_11e7_b78c_0025902b3cc1_4590c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f479fd2_3983_11e7_abe3_0025902b3cc1_sis06314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2c030_3983_11e7_abe3_0025902b3cc1_sis06415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114ed_0100_11e0_b16f_003048d0c7fe_E6F554B6_3CC6_43A0_AEE3_0D8865B0540D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f2b553_7c44_11e0_afc8_003048f27c5f_4716BB6C_0D29_456E_9C49_581FAE2C561217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_221.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a38336_3983_11e7_abe3_0025902b3cc1_135180A4EMAXchrome2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6289422a_3c80_11f0_8ec3_0050569cf81d_35180A4E3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb233eb4_3983_11e7_abe3_0025902b3cc1_45900A4Echrome4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8bad61_3c80_11f0_8ec3_0050569cf81d_45180A4E5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbebdeae_3983_11e7_abe3_0025902b3cc1_45120A4Echrome6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24db8f9c_3983_11e7_abe3_0025902b3cc1_47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bbb5954_3983_11e7_abe3_0025902b3cc1_58.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caa0f6e_3983_11e7_abe3_0025902b3cc1_69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91366186_3983_11e7_abe3_0025902b3cc1_1010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a110f738_3983_11e7_abe3_0025902b3cc1_911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b111a30a_3983_11e7_abe3_0025902b3cc1_812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fdfcc3_cde2_11e7_b78c_0025902b3cc1_4590c13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f479fd2_3983_11e7_abe3_0025902b3cc1_sis06314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2c030_3983_11e7_abe3_0025902b3cc1_sis06415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114ed_0100_11e0_b16f_003048d0c7fe_E6F554B6_3CC6_43A0_AEE3_0D8865B0540D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f2b553_7c44_11e0_afc8_003048f27c5f_4716BB6C_0D29_456E_9C49_581FAE2C561217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f2_fea3_11df_b16f_003048d0c7fe_118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_221.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2298,51 +2298,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2382,51 +2382,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10914.00</t>
+            <t xml:space="preserve">11132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3590180A4E \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.069.BL</t>
           </r>
@@ -2442,51 +2442,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10914.00</t>
+            <t xml:space="preserve">11132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4590180A4C \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2508,51 +2508,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8272162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11985.00</t>
+            <t xml:space="preserve">12225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4590180A4E \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.070.BL </t>
           </r>
@@ -2568,51 +2568,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11985.00</t>
+            <t xml:space="preserve">12225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45120180A4C \ Стеллаж сетчатый, 4 полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2630,51 +2630,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки регулируются по высоте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13668.00</t>
+            <t xml:space="preserve">13941.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3590C \ Полка сетчатая (борт вниз)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.060.CH</t>
           </r>
@@ -2686,51 +2686,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1550.00</t>
+            <t xml:space="preserve">1581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2748,51 +2748,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1872.00</t>
+            <t xml:space="preserve">1909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45120C \ Полка сетчатая (борт вниз)</t>
           </r>
@@ -2808,51 +2808,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2569.00</t>
+            <t xml:space="preserve">2620.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2862,51 +2862,51 @@
             <t xml:space="preserve">
 Артикул: STS.066.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">587.00</t>
+            <t xml:space="preserve">599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2922,51 +2922,51 @@
             <t xml:space="preserve">
 Артикул: STS.067.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">587.00</t>
+            <t xml:space="preserve">599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2984,51 +2984,51 @@
             <t xml:space="preserve">
 Артикул: STS.068.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">371.00</t>
+            <t xml:space="preserve">378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3056,101 +3056,101 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Конусные пластиковые втулки (4шт.) поставляются в комплекте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3033.00</t>
+            <t xml:space="preserve">3094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L 45C \ Ограждение для полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.063.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3166,51 +3166,51 @@
             <t xml:space="preserve">
 Артикул: STS.064.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">656.00</t>
+            <t xml:space="preserve">669.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3240,51 +3240,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SV \ Держатель штанги (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STS.045.CH</t>
           </r>
@@ -3378,161 +3378,161 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">321.00</t>
+            <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.0,8-1.CH</t>
+            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
-[...3 lines deleted...]
-Артикул: JOKP.008.CH</t>
+            <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.008.0,8-1.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
+Примечание: Для трубы д-25 с толщиной стенки от 0,8 до 1,0мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -3572,51 +3572,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.14</t>
+            <t xml:space="preserve">7.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>