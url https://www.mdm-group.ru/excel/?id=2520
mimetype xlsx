--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -13781,448 +13781,448 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.423.DBN.CH</t>
+      <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.254.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 100</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 41,30 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.254.CH</t>
+      <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.423.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:31:42</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 41,30 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.255.CH</t>
+      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.424.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:32:25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 43 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.86</t>
+      <t xml:space="preserve">34.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.424.DBN.CH</t>
+      <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.255.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 43 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.50</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 8</t>
+      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.424.DBN.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:33:06</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 38,90 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 4</t>
+      <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.349.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 38,90 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.00</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 304 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.018.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14337,367 +14337,367 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.348.CH</t>
+      <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.407.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.407.CH</t>
+      <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.406.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">53.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.406.CH</t>
+      <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.347.CH</t>
+      <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.6.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 94,30  руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">79.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.346.6.DBN.CH</t>
+      <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.347.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 94,30  руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.80</t>
+      <t xml:space="preserve">74.46</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 346-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.401.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14869,229 +14869,229 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.84</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">79.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">93.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.345.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -15222,164 +15222,164 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">55.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">79.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -16757,51 +16757,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300242.JPG"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301245.JPG"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301247.JPG"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300243.JPG"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301244.JPG"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301246.JPG"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -40409,467 +40409,467 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="4"/>
       <c r="B127" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.423.DBN.CH</t>
+            <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.254.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 100</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 41,30 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C127" s="4"/>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.254.CH</t>
+            <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.423.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:31:42</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 41,30 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="4"/>
       <c r="B128" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.255.CH</t>
+            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.424.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:32:25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 43 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.86</t>
+            <t xml:space="preserve">34.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C128" s="4"/>
       <c r="D128" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.424.DBN.CH</t>
+            <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.255.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 43 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.50</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="4"/>
       <c r="B129" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 8</t>
+            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.424.DBN.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:33:06</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 38,90 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C129" s="4"/>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 4</t>
+            <t xml:space="preserve">SU 294-T \ Крючок одинарный на перфорацию усиленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.349.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 38,90 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.00</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="4"/>
       <c r="B130" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 304 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40997,383 +40997,383 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="4"/>
       <c r="B131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.348.CH</t>
+            <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.407.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C131" s="4"/>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.407.CH</t>
+            <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.406.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">53.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="4"/>
       <c r="B132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.406.CH</t>
+            <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.348.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C132" s="4"/>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.347.CH</t>
+            <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.6.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 94,30  руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">79.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="4"/>
       <c r="B133" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.346.6.DBN.CH</t>
+            <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.347.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 94,30  руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.80</t>
+            <t xml:space="preserve">74.46</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C133" s="4"/>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 346-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.401.CH</t>
           </r>
@@ -41561,237 +41561,237 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="4"/>
       <c r="B135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C135" s="4"/>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">79.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="4"/>
       <c r="B136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C136" s="4"/>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.345.DBN.CH</t>
           </r>
@@ -41933,169 +41933,169 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">55.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C137" s="4"/>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="4"/>
       <c r="B138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">79.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C138" s="4"/>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
           </r>