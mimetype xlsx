--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Металлические стеллажи Русь (Россия), сплошные и перфорированные</t>
   </si>
   <si>
     <t>Возможна покраска изделий в различные цвета RAL. Подробности уточняйте у Вашего менеджера.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK003P \Стеллаж пристенный с полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK202</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10950.00</t>
+      <t xml:space="preserve">10962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK033 \  Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK051P</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9586.00</t>
+      <t xml:space="preserve">9598.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK027P \ Стеллаж пристенный с полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK201</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13430.00</t>
+      <t xml:space="preserve">13446.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK037P \ Стеллаж пристенный с полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK200</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16523.00</t>
+      <t xml:space="preserve">16541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK096P \ Стеллаж островной с полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK199</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20172.00</t>
+      <t xml:space="preserve">20188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK087P \ Стеллаж островной с полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK198</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24500.00</t>
+      <t xml:space="preserve">24518.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK001 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK001</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6391.00</t>
+      <t xml:space="preserve">6397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK002 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK002</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6822.00</t>
+      <t xml:space="preserve">6834.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK003 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK003</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6698.00</t>
+      <t xml:space="preserve">6704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK004 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK004</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7129.00</t>
+      <t xml:space="preserve">7141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK005 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK005</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7721.00</t>
+      <t xml:space="preserve">7727.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK007 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK007</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8152.00</t>
+      <t xml:space="preserve">8164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK008 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK008</t>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7010.00</t>
+      <t xml:space="preserve">7016.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK009 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK009</t>
@@ -887,51 +887,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7441.00</t>
+      <t xml:space="preserve">7453.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK010 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK010</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8033.00</t>
+      <t xml:space="preserve">8039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK012 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK012</t>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8464.00</t>
+      <t xml:space="preserve">8476.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK013 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK013</t>
@@ -1115,51 +1115,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6953.00</t>
+      <t xml:space="preserve">6960.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK014 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK014</t>
@@ -1172,51 +1172,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7441.00</t>
+      <t xml:space="preserve">7455.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK015 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK015</t>
@@ -1229,51 +1229,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7321.00</t>
+      <t xml:space="preserve">7328.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK016 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK016</t>
@@ -1286,51 +1286,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7809.00</t>
+      <t xml:space="preserve">7823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK017 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK017</t>
@@ -1400,51 +1400,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8439.00</t>
+      <t xml:space="preserve">8446.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK019 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK019</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8927.00</t>
+      <t xml:space="preserve">8941.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK020 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK020</t>
@@ -1514,51 +1514,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7657.00</t>
+      <t xml:space="preserve">7664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK021 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK021</t>
@@ -1571,51 +1571,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8145.00</t>
+      <t xml:space="preserve">8159.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK022 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK022</t>
@@ -1685,51 +1685,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8775.00</t>
+      <t xml:space="preserve">8782.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK024 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK024</t>
@@ -1742,51 +1742,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9263.00</t>
+      <t xml:space="preserve">9277.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK025 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK025</t>
@@ -1799,51 +1799,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7685.00</t>
+      <t xml:space="preserve">7693.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK026 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK026</t>
@@ -1856,51 +1856,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8227.00</t>
+      <t xml:space="preserve">8243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK027 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK027</t>
@@ -1913,51 +1913,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8042.00</t>
+      <t xml:space="preserve">8050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK028 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK028</t>
@@ -1970,51 +1970,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8584.00</t>
+      <t xml:space="preserve">8600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK029 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK029</t>
@@ -2084,51 +2084,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9294.00</t>
+      <t xml:space="preserve">9302.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK031 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK031</t>
@@ -2141,51 +2141,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9836.00</t>
+      <t xml:space="preserve">9852.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK032 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK032</t>
@@ -2198,51 +2198,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8766.00</t>
+      <t xml:space="preserve">8774.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK033 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK033</t>
@@ -2255,51 +2255,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9308.00</t>
+      <t xml:space="preserve">9324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK034 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK034</t>
@@ -2369,51 +2369,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10018.00</t>
+      <t xml:space="preserve">10026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK036 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK036</t>
@@ -2426,51 +2426,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10560.00</t>
+      <t xml:space="preserve">10576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK037 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK037</t>
@@ -2483,51 +2483,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9385.00</t>
+      <t xml:space="preserve">9394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK038 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK038</t>
@@ -2540,51 +2540,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10000.00</t>
+      <t xml:space="preserve">10018.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK039 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK039</t>
@@ -2597,51 +2597,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9607.00</t>
+      <t xml:space="preserve">9616.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK040 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK040</t>
@@ -2654,51 +2654,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10222.00</t>
+      <t xml:space="preserve">10240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK041 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK041</t>
@@ -2768,51 +2768,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11172.00</t>
+      <t xml:space="preserve">11181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK043 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK043</t>
@@ -2825,51 +2825,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11787.00</t>
+      <t xml:space="preserve">11805.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK044 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK044</t>
@@ -2882,51 +2882,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10279.00</t>
+      <t xml:space="preserve">10288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK045 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK045</t>
@@ -2939,51 +2939,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10894.00</t>
+      <t xml:space="preserve">10912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK046 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK046</t>
@@ -3053,51 +3053,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11844.00</t>
+      <t xml:space="preserve">11853.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK048 \ Стеллаж пристенный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK048</t>
@@ -3110,51 +3110,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12459.00</t>
+      <t xml:space="preserve">12477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK049 \  Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK049</t>
@@ -3167,51 +3167,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9001.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK050 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK050</t>
@@ -3281,51 +3281,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9308.00</t>
+      <t xml:space="preserve">9314.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK052 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK052</t>
@@ -3395,51 +3395,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10401.00</t>
+      <t xml:space="preserve">10407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK054 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK054</t>
@@ -3509,51 +3509,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11551.00</t>
+      <t xml:space="preserve">11557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK056 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK056</t>
@@ -3566,51 +3566,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9645.00</t>
+      <t xml:space="preserve">9652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK057 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK057</t>
@@ -3680,51 +3680,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10013.00</t>
+      <t xml:space="preserve">10020.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK059 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK059</t>
@@ -3794,51 +3794,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11183.00</t>
+      <t xml:space="preserve">11190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK061 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK061</t>
@@ -3908,51 +3908,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12410.00</t>
+      <t xml:space="preserve">12417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK063 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK063</t>
@@ -3965,51 +3965,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10705.00</t>
+      <t xml:space="preserve">10713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK064 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK064</t>
@@ -4079,51 +4079,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11062.00</t>
+      <t xml:space="preserve">11070.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK066 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK066</t>
@@ -4193,51 +4193,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12376.00</t>
+      <t xml:space="preserve">12384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK068 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK068</t>
@@ -4307,51 +4307,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13747.00</t>
+      <t xml:space="preserve">13755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK070 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK070</t>
@@ -4364,51 +4364,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12053.00</t>
+      <t xml:space="preserve">12062.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK071 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK071</t>
@@ -4478,51 +4478,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12275.00</t>
+      <t xml:space="preserve">12284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK073 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK073</t>
@@ -4592,51 +4592,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13739.00</t>
+      <t xml:space="preserve">13748.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK075 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK075</t>
@@ -4706,51 +4706,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15260.00</t>
+      <t xml:space="preserve">15269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK077 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK077</t>
@@ -4763,51 +4763,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8737.00</t>
+      <t xml:space="preserve">8761.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK078 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK078</t>
@@ -4877,51 +4877,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10281.00</t>
+      <t xml:space="preserve">10305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK080 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK080</t>
@@ -4934,51 +4934,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9631.00</t>
+      <t xml:space="preserve">9659.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK081 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK081</t>
@@ -5048,51 +5048,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11365.00</t>
+      <t xml:space="preserve">11393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK083 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK083</t>
@@ -5105,51 +5105,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10715.00</t>
+      <t xml:space="preserve">10747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK084 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK084</t>
@@ -5219,51 +5219,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12717.00</t>
+      <t xml:space="preserve">12749.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK086 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK086</t>
@@ -5276,51 +5276,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13027.00</t>
+      <t xml:space="preserve">13063.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK087 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK087</t>
@@ -5390,51 +5390,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15655.00</t>
+      <t xml:space="preserve">15691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK089 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK089</t>
@@ -5447,51 +5447,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9351.00</t>
+      <t xml:space="preserve">9375.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK090 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK090</t>
@@ -5561,51 +5561,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10895.00</t>
+      <t xml:space="preserve">10919.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK092 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK092</t>
@@ -5618,51 +5618,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10367.00</t>
+      <t xml:space="preserve">10395.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK093 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK093</t>
@@ -5732,51 +5732,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12101.00</t>
+      <t xml:space="preserve">12129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK095 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK095</t>
@@ -5789,51 +5789,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11429.00</t>
+      <t xml:space="preserve">11461.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK096 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK096</t>
@@ -5903,51 +5903,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13431.00</t>
+      <t xml:space="preserve">13463.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK098 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK098</t>
@@ -5960,51 +5960,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13471.00</t>
+      <t xml:space="preserve">13507.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK099 \ Стеллаж островной без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK099</t>
@@ -6074,51 +6074,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16099.00</t>
+      <t xml:space="preserve">16135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK101 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK101</t>
@@ -6188,51 +6188,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12566.00</t>
+      <t xml:space="preserve">12578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK103 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK103</t>
@@ -6245,51 +6245,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14469.00</t>
+      <t xml:space="preserve">14481.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK104 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK104</t>
@@ -6359,51 +6359,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13582.00</t>
+      <t xml:space="preserve">13596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK106 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK106</t>
@@ -6416,51 +6416,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15639.00</t>
+      <t xml:space="preserve">15653.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK107 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK107</t>
@@ -6530,51 +6530,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15174.00</t>
+      <t xml:space="preserve">15190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK109 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK109</t>
@@ -6587,51 +6587,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17519.00</t>
+      <t xml:space="preserve">17535.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK110 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK110</t>
@@ -6701,51 +6701,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17288.00</t>
+      <t xml:space="preserve">17306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK112 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK112</t>
@@ -6758,51 +6758,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19933.00</t>
+      <t xml:space="preserve">19951.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK113 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK113</t>
@@ -6872,51 +6872,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13180.00</t>
+      <t xml:space="preserve">13192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK115 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK115</t>
@@ -6929,51 +6929,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15083.00</t>
+      <t xml:space="preserve">15095.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK116 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK116</t>
@@ -7043,51 +7043,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14318.00</t>
+      <t xml:space="preserve">14332.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK118 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK118</t>
@@ -7100,51 +7100,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16375.00</t>
+      <t xml:space="preserve">16389.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK119 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK119</t>
@@ -7214,51 +7214,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15888.00</t>
+      <t xml:space="preserve">15904.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK121 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK121</t>
@@ -7271,51 +7271,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18233.00</t>
+      <t xml:space="preserve">18249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK122 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK122</t>
@@ -7385,51 +7385,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17732.00</t>
+      <t xml:space="preserve">17750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK124 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK124</t>
@@ -7442,51 +7442,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20377.00</t>
+      <t xml:space="preserve">20395.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK125 \ Стеллаж угловой внутренний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK125</t>
@@ -11082,51 +11082,51 @@
       <t xml:space="preserve">
 Артикул: SK188</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3323.00</t>
+      <t xml:space="preserve">3329.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11139,51 +11139,51 @@
       <t xml:space="preserve">
 Артикул: SK189</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3549.00</t>
+      <t xml:space="preserve">3556.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11196,51 +11196,51 @@
       <t xml:space="preserve">
 Артикул: SK190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3804.00</t>
+      <t xml:space="preserve">3812.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11253,51 +11253,51 @@
       <t xml:space="preserve">
 Артикул: SK191</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4123.00</t>
+      <t xml:space="preserve">4132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11306,51 +11306,51 @@
       </rPr>
       <t xml:space="preserve">SK188R \ Фриз с подсветкой рекламный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK188R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5135.00</t>
+      <t xml:space="preserve">5177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11363,51 +11363,51 @@
       </rPr>
       <t xml:space="preserve">SK189R \ Фриз с подсветкой рекламный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK189R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5523.00</t>
+      <t xml:space="preserve">5569.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11420,51 +11420,51 @@
       </rPr>
       <t xml:space="preserve">SK190R \ Фриз с подсветкой рекламный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK190R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5805.00</t>
+      <t xml:space="preserve">5853.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11477,51 +11477,51 @@
       </rPr>
       <t xml:space="preserve">SK191R \ Фриз с подсветкой рекламный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK191R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6451.00</t>
+      <t xml:space="preserve">6507.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11538,51 +11538,51 @@
       <t xml:space="preserve">
 Артикул: SK192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2217.00</t>
+      <t xml:space="preserve">2223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11595,51 +11595,51 @@
       <t xml:space="preserve">
 Артикул: SK193</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2443.00</t>
+      <t xml:space="preserve">2450.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11652,51 +11652,51 @@
       <t xml:space="preserve">
 Артикул: SK194</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2698.00</t>
+      <t xml:space="preserve">2706.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11709,51 +11709,51 @@
       <t xml:space="preserve">
 Артикул: SK195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3017.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11762,51 +11762,51 @@
       </rPr>
       <t xml:space="preserve">SK196 \ Фриз внутреннего угла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK196</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2552.00</t>
+      <t xml:space="preserve">2555.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11819,51 +11819,51 @@
       </rPr>
       <t xml:space="preserve">SK197 \ Фриз наружного угла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK197</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2697.00</t>
+      <t xml:space="preserve">2707.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11880,51 +11880,51 @@
       <t xml:space="preserve">
 Артикул: CKD100.01.00.000CB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1495</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6999.00</t>
+      <t xml:space="preserve">7139.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11941,51 +11941,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">182.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК080.23.00.000СБ \ Ограждение фронтальное</t>
@@ -11998,51 +11998,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">205.00</t>
+      <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.23.00.000СБ \ Ограждение фронтальное</t>
@@ -12055,51 +12055,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">298.00</t>
+      <t xml:space="preserve">304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.23.00.000СБ  Ограждение фронтальное L-990</t>
@@ -12112,51 +12112,51 @@
       <t xml:space="preserve">
 Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК1250.23.00.000СБ \ Ограждение фронтальное</t>
@@ -12169,51 +12169,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">272.00</t>
+      <t xml:space="preserve">277.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ограждение боковое</t>
@@ -12226,51 +12226,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.25.00.000 \ Ограждение боковое</t>
@@ -12283,51 +12283,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">178.00</t>
+      <t xml:space="preserve">182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.26.00.000 \ Ограждение боковое</t>
@@ -12340,51 +12340,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ограждение боковое</t>
@@ -12397,51 +12397,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">206.00</t>
+      <t xml:space="preserve">210.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СМ065.00.00.002 \ Панель фриза (плинтус)</t>
@@ -12462,51 +12462,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СМ080.00.00.002 \ Панель фриза (плинтус)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CM080.00.00.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -12519,51 +12519,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">335.00</t>
+      <t xml:space="preserve">342.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СМ100.00.00.002 \ Панель фриза (плинтус)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CM100.00.00.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -12576,51 +12576,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">389.00</t>
+      <t xml:space="preserve">397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СМ125.00.00.002 \ Панель фриза (плинтус)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CM125.00.00.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -12633,51 +12633,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">462.00</t>
+      <t xml:space="preserve">471.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель фриза рекламная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CK065.09.01.000.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -12686,51 +12686,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель фриза рекламная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CK080.09.01.000.WH</t>
@@ -12743,51 +12743,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2309.00</t>
+      <t xml:space="preserve">2355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель фриза рекламная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CK100.09.01.000.WH</t>
@@ -12800,51 +12800,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2390.00</t>
+      <t xml:space="preserve">2438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель фриза рекламная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CK125.09.01.000.WH</t>
@@ -12857,51 +12857,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2790.00</t>
+      <t xml:space="preserve">2846.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СКУ.00.00.003 \ Панель нижняя (плинтус)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СКУ.00.00.003</t>
@@ -12918,51 +12918,51 @@
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для горки: внутренней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СКУН.00.00.003 \ Панель нижняя (плинтус)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СКУН.00.00.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -12975,51 +12975,51 @@
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для горки: наружной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">356.00</t>
+      <t xml:space="preserve">363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СКУ.06.00.001 \ Панель фриза</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СКУ.06.00.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -13032,51 +13032,51 @@
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для горки: внутренней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153.00</t>
+      <t xml:space="preserve">156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СКУН.06.00.001 \ Панель фриза</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СКУН.06.00.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -13089,238 +13089,238 @@
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для горки: наружной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">499.00</t>
+      <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.05.00.005 \ Вставка фриза</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CK100.05.00.005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 289-S \ Крючок одинарный на перфорацию</t>
-[...19 lines deleted...]
-Шаг перфорации, мм: 50</t>
+      <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.216.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 24 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.46</t>
+      <t xml:space="preserve">18.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
-[...19 lines deleted...]
-Шаг перфорации, мм: 25</t>
+      <t xml:space="preserve">S 289-S \ Крючок одинарный на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.256.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 24 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.00</t>
+      <t xml:space="preserve">23.46</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 290-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.403.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13337,51 +13337,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.404.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13398,51 +13398,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.400.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13459,51 +13459,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293-S \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.405.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13520,51 +13520,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.66</t>
+      <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 289-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.249.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13642,51 +13642,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.54</t>
+      <t xml:space="preserve">28.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.252.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13703,51 +13703,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.253.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13764,51 +13764,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.254.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13825,51 +13825,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">36.72</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -13919,172 +13919,172 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.424.DBN.CH</t>
+      <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.255.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 43 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.50</t>
+      <t xml:space="preserve">44.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.255.CH</t>
+      <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.424.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:32:25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 43 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.86</t>
+      <t xml:space="preserve">34.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.424.DBN.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -14320,51 +14320,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.10</t>
+      <t xml:space="preserve">57.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.407.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14385,51 +14385,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.406.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14450,51 +14450,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14532,172 +14532,172 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.346.6.DBN.CH</t>
+      <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.347.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 94,30  руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.80</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.347.CH</t>
+      <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.6.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 94,30  руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">79.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 346-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.401.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14718,51 +14718,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S-346-TU \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.402.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14783,51 +14783,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.442T.DBN.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -14869,517 +14869,517 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">95.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.84</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+      <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.443T.DBN.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Тип упаковки: гофрокороб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Объем, м3: 0,019</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес брутто упаковки, кг: 5,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес брутто 1шт., кг: 0,011</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес нетто 1 шт., кг: 0,01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">55.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 250</t>
+      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.345.DBN.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
-[...19 lines deleted...]
-Вес нетто 1 шт., кг: 0,01</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">59.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">79.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -15396,51 +15396,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -15453,51 +15453,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">276.00</t>
+      <t xml:space="preserve">282.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -15510,51 +15510,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -15575,51 +15575,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 196 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VIT.018.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -15648,51 +15648,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">535.00</t>
+      <t xml:space="preserve">546.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.170.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -15721,51 +15721,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.076.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -15794,51 +15794,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Корзина навесная для стеллажа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KO-Ц-984</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 407</t>
@@ -15847,51 +15847,51 @@
       <t xml:space="preserve">
 Ширина, мм: 994</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 211</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 30 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1862.00</t>
+      <t xml:space="preserve">1899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.002.DBM.9006</t>
@@ -15904,51 +15904,51 @@
       <t xml:space="preserve">
 Размер: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210.00</t>
+      <t xml:space="preserve">214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.003.DBM.9006</t>
@@ -15961,51 +15961,51 @@
       <t xml:space="preserve">
 Размер: А5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">182.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.004.DBM.9006</t>
@@ -16018,96 +16018,96 @@
       <t xml:space="preserve">
 Размер: А6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">171.00</t>
+      <t xml:space="preserve">174.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -16132,51 +16132,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 128</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплекте хлебные кронштейны СК100.11.02.КП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2690.00</t>
+      <t xml:space="preserve">2744.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.11.02.000.СБ \ Полка хлебная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СК100.11.02.000.СБ</t>
@@ -16189,100 +16189,100 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплекте хлебные кронштейны СК100.11.02.КП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3650.00</t>
+      <t xml:space="preserve">3723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">СК100.11.02.КП \ Комплект хлебных кронштейнов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: СК100.11.02.КП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">580.00</t>
+      <t xml:space="preserve">592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -16299,51 +16299,51 @@
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5490.00</t>
+      <t xml:space="preserve">5600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LST 39-990 \ Ценникодержатель для стеллажей Русь</t>
@@ -16364,51 +16364,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">86.00</t>
+      <t xml:space="preserve">87.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.510.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -16421,51 +16421,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.00</t>
+      <t xml:space="preserve">94.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -16478,51 +16478,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">58.00</t>
+      <t xml:space="preserve">59.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.124.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -16535,51 +16535,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.00</t>
+      <t xml:space="preserve">97.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.518.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -16653,51 +16653,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -16757,51 +16757,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300243.JPG"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301244.JPG"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301246.JPG"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300243.JPG"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301245.JPG"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301246.JPG"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -25681,51 +25681,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -25757,51 +25757,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10950.00</t>
+            <t xml:space="preserve">10962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK033 \  Стеллаж пристенный без полок</t>
           </r>
@@ -25817,51 +25817,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9586.00</t>
+            <t xml:space="preserve">9598.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -25879,51 +25879,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13430.00</t>
+            <t xml:space="preserve">13446.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK037P \ Стеллаж пристенный с полками</t>
           </r>
@@ -25939,51 +25939,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16523.00</t>
+            <t xml:space="preserve">16541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26001,51 +26001,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20172.00</t>
+            <t xml:space="preserve">20188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK087P \ Стеллаж островной с полками</t>
           </r>
@@ -26061,51 +26061,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24500.00</t>
+            <t xml:space="preserve">24518.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26123,51 +26123,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6391.00</t>
+            <t xml:space="preserve">6397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK002 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26183,51 +26183,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6822.00</t>
+            <t xml:space="preserve">6834.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26245,51 +26245,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6698.00</t>
+            <t xml:space="preserve">6704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK004 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26305,51 +26305,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7129.00</t>
+            <t xml:space="preserve">7141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26427,51 +26427,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7721.00</t>
+            <t xml:space="preserve">7727.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26489,51 +26489,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8152.00</t>
+            <t xml:space="preserve">8164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK008 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26549,51 +26549,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7010.00</t>
+            <t xml:space="preserve">7016.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26611,51 +26611,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7441.00</t>
+            <t xml:space="preserve">7453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK010 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26733,51 +26733,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8033.00</t>
+            <t xml:space="preserve">8039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK012 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26793,51 +26793,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8464.00</t>
+            <t xml:space="preserve">8476.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26855,51 +26855,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6953.00</t>
+            <t xml:space="preserve">6960.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK014 \ Стеллаж пристенный без полок</t>
           </r>
@@ -26915,51 +26915,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7441.00</t>
+            <t xml:space="preserve">7455.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -26977,51 +26977,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7321.00</t>
+            <t xml:space="preserve">7328.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK016 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27037,51 +27037,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7809.00</t>
+            <t xml:space="preserve">7823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27159,51 +27159,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8439.00</t>
+            <t xml:space="preserve">8446.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27221,51 +27221,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8927.00</t>
+            <t xml:space="preserve">8941.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK020 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27281,51 +27281,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7657.00</t>
+            <t xml:space="preserve">7664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27343,51 +27343,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8145.00</t>
+            <t xml:space="preserve">8159.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK022 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27465,51 +27465,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8775.00</t>
+            <t xml:space="preserve">8782.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK024 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27525,51 +27525,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9263.00</t>
+            <t xml:space="preserve">9277.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27587,51 +27587,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7685.00</t>
+            <t xml:space="preserve">7693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK026 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27647,51 +27647,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8227.00</t>
+            <t xml:space="preserve">8243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27709,51 +27709,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8042.00</t>
+            <t xml:space="preserve">8050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK028 \ Стеллаж пристенный без полок</t>
           </r>
@@ -27769,51 +27769,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8584.00</t>
+            <t xml:space="preserve">8600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27891,51 +27891,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9294.00</t>
+            <t xml:space="preserve">9302.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27953,51 +27953,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9836.00</t>
+            <t xml:space="preserve">9852.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK032 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28013,51 +28013,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8766.00</t>
+            <t xml:space="preserve">8774.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28075,51 +28075,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9308.00</t>
+            <t xml:space="preserve">9324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK034 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28197,51 +28197,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10018.00</t>
+            <t xml:space="preserve">10026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK036 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28257,51 +28257,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10560.00</t>
+            <t xml:space="preserve">10576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28319,51 +28319,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9385.00</t>
+            <t xml:space="preserve">9394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK038 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28379,51 +28379,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10000.00</t>
+            <t xml:space="preserve">10018.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28441,51 +28441,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9607.00</t>
+            <t xml:space="preserve">9616.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK040 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28501,51 +28501,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10222.00</t>
+            <t xml:space="preserve">10240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28623,51 +28623,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11172.00</t>
+            <t xml:space="preserve">11181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28685,51 +28685,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11787.00</t>
+            <t xml:space="preserve">11805.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK044 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28745,51 +28745,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10279.00</t>
+            <t xml:space="preserve">10288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28807,51 +28807,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10894.00</t>
+            <t xml:space="preserve">10912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK046 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28929,51 +28929,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11844.00</t>
+            <t xml:space="preserve">11853.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK048 \ Стеллаж пристенный без полок</t>
           </r>
@@ -28989,51 +28989,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12459.00</t>
+            <t xml:space="preserve">12477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -29051,51 +29051,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9001.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK050 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -29173,51 +29173,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9308.00</t>
+            <t xml:space="preserve">9314.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK052 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -29295,51 +29295,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10401.00</t>
+            <t xml:space="preserve">10407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK054 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -29417,51 +29417,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11551.00</t>
+            <t xml:space="preserve">11557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK056 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -29477,51 +29477,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9645.00</t>
+            <t xml:space="preserve">9652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -29599,51 +29599,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10013.00</t>
+            <t xml:space="preserve">10020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -29721,51 +29721,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11183.00</t>
+            <t xml:space="preserve">11190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -29843,51 +29843,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12410.00</t>
+            <t xml:space="preserve">12417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -29905,51 +29905,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10705.00</t>
+            <t xml:space="preserve">10713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK064 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -30027,51 +30027,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11062.00</t>
+            <t xml:space="preserve">11070.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK066 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -30149,51 +30149,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12376.00</t>
+            <t xml:space="preserve">12384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK068 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -30271,51 +30271,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13747.00</t>
+            <t xml:space="preserve">13755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK070 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -30331,51 +30331,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12053.00</t>
+            <t xml:space="preserve">12062.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -30453,51 +30453,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12275.00</t>
+            <t xml:space="preserve">12284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -30575,51 +30575,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13739.00</t>
+            <t xml:space="preserve">13748.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -30697,51 +30697,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15260.00</t>
+            <t xml:space="preserve">15269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -30759,51 +30759,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8737.00</t>
+            <t xml:space="preserve">8761.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK078 \ Стеллаж островной без полок</t>
           </r>
@@ -30881,51 +30881,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10281.00</t>
+            <t xml:space="preserve">10305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK080 \ Стеллаж островной без полок</t>
           </r>
@@ -30941,51 +30941,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9631.00</t>
+            <t xml:space="preserve">9659.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31063,51 +31063,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11365.00</t>
+            <t xml:space="preserve">11393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31125,51 +31125,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10715.00</t>
+            <t xml:space="preserve">10747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK084 \ Стеллаж островной без полок</t>
           </r>
@@ -31247,51 +31247,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12717.00</t>
+            <t xml:space="preserve">12749.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK086 \ Стеллаж островной без полок</t>
           </r>
@@ -31307,51 +31307,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13027.00</t>
+            <t xml:space="preserve">13063.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31429,51 +31429,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15655.00</t>
+            <t xml:space="preserve">15691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31491,51 +31491,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9351.00</t>
+            <t xml:space="preserve">9375.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK090 \ Стеллаж островной без полок</t>
           </r>
@@ -31613,51 +31613,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10895.00</t>
+            <t xml:space="preserve">10919.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK092 \ Стеллаж островной без полок</t>
           </r>
@@ -31673,51 +31673,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10367.00</t>
+            <t xml:space="preserve">10395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31795,51 +31795,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12101.00</t>
+            <t xml:space="preserve">12129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -31857,51 +31857,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11429.00</t>
+            <t xml:space="preserve">11461.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK096 \ Стеллаж островной без полок</t>
           </r>
@@ -31979,51 +31979,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13431.00</t>
+            <t xml:space="preserve">13463.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK098 \ Стеллаж островной без полок</t>
           </r>
@@ -32039,51 +32039,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13471.00</t>
+            <t xml:space="preserve">13507.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -32161,51 +32161,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16099.00</t>
+            <t xml:space="preserve">16135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -32283,51 +32283,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12566.00</t>
+            <t xml:space="preserve">12578.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -32345,51 +32345,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14469.00</t>
+            <t xml:space="preserve">14481.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK104 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -32467,51 +32467,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13582.00</t>
+            <t xml:space="preserve">13596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK106 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -32527,51 +32527,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15639.00</t>
+            <t xml:space="preserve">15653.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -32649,51 +32649,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15174.00</t>
+            <t xml:space="preserve">15190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -32711,51 +32711,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17519.00</t>
+            <t xml:space="preserve">17535.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK110 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -32833,51 +32833,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17288.00</t>
+            <t xml:space="preserve">17306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK112 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -32893,51 +32893,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19933.00</t>
+            <t xml:space="preserve">19951.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -33015,51 +33015,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13180.00</t>
+            <t xml:space="preserve">13192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -33077,51 +33077,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15083.00</t>
+            <t xml:space="preserve">15095.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK116 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -33199,51 +33199,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14318.00</t>
+            <t xml:space="preserve">14332.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK118 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -33259,51 +33259,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16375.00</t>
+            <t xml:space="preserve">16389.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="4"/>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -33381,51 +33381,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15888.00</t>
+            <t xml:space="preserve">15904.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="4"/>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -33443,51 +33443,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18233.00</t>
+            <t xml:space="preserve">18249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK122 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -33565,51 +33565,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17732.00</t>
+            <t xml:space="preserve">17750.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK124 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -33625,51 +33625,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20377.00</t>
+            <t xml:space="preserve">20395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -37521,51 +37521,51 @@
             <t xml:space="preserve">
 Артикул: SK188</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3323.00</t>
+            <t xml:space="preserve">3329.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="4"/>
       <c r="B104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -37583,51 +37583,51 @@
             <t xml:space="preserve">
 Артикул: SK189</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3549.00</t>
+            <t xml:space="preserve">3556.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C104" s="4"/>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -37643,51 +37643,51 @@
             <t xml:space="preserve">
 Артикул: SK190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3804.00</t>
+            <t xml:space="preserve">3812.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="4"/>
       <c r="B105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -37705,51 +37705,51 @@
             <t xml:space="preserve">
 Артикул: SK191</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4123.00</t>
+            <t xml:space="preserve">4132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C105" s="4"/>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -37761,51 +37761,51 @@
             </rPr>
             <t xml:space="preserve">SK188R \ Фриз с подсветкой рекламный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK188R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5135.00</t>
+            <t xml:space="preserve">5177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="4"/>
@@ -37823,51 +37823,51 @@
             </rPr>
             <t xml:space="preserve">SK189R \ Фриз с подсветкой рекламный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK189R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5523.00</t>
+            <t xml:space="preserve">5569.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C106" s="4"/>
       <c r="D106" s="5" t="inlineStr">
         <is>
@@ -37883,51 +37883,51 @@
             </rPr>
             <t xml:space="preserve">SK190R \ Фриз с подсветкой рекламный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK190R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5805.00</t>
+            <t xml:space="preserve">5853.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="4"/>
@@ -37945,51 +37945,51 @@
             </rPr>
             <t xml:space="preserve">SK191R \ Фриз с подсветкой рекламный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK191R</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6451.00</t>
+            <t xml:space="preserve">6507.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C107" s="4"/>
       <c r="D107" s="5" t="inlineStr">
         <is>
@@ -38009,51 +38009,51 @@
             <t xml:space="preserve">
 Артикул: SK192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2217.00</t>
+            <t xml:space="preserve">2223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="4"/>
       <c r="B108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -38071,51 +38071,51 @@
             <t xml:space="preserve">
 Артикул: SK193</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2443.00</t>
+            <t xml:space="preserve">2450.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C108" s="4"/>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -38131,51 +38131,51 @@
             <t xml:space="preserve">
 Артикул: SK194</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2698.00</t>
+            <t xml:space="preserve">2706.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="4"/>
       <c r="B109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -38193,51 +38193,51 @@
             <t xml:space="preserve">
 Артикул: SK195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3017.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C109" s="4"/>
       <c r="D109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -38249,51 +38249,51 @@
             </rPr>
             <t xml:space="preserve">SK196 \ Фриз внутреннего угла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK196</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2552.00</t>
+            <t xml:space="preserve">2555.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="4"/>
@@ -38311,51 +38311,51 @@
             </rPr>
             <t xml:space="preserve">SK197 \ Фриз наружного угла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SK197</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2697.00</t>
+            <t xml:space="preserve">2707.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C110" s="4"/>
       <c r="D110" s="5" t="inlineStr">
         <is>
@@ -38375,51 +38375,51 @@
             <t xml:space="preserve">
 Артикул: CKD100.01.00.000CB</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6999.00</t>
+            <t xml:space="preserve">7139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="4"/>
       <c r="B111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -38441,51 +38441,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">182.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C111" s="4"/>
       <c r="D111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -38501,51 +38501,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="4"/>
       <c r="B112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -38563,51 +38563,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">298.00</t>
+            <t xml:space="preserve">304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C112" s="4"/>
       <c r="D112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -38623,51 +38623,51 @@
             <t xml:space="preserve">
 Цвет: под хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="4"/>
       <c r="B113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -38685,51 +38685,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">272.00</t>
+            <t xml:space="preserve">277.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C113" s="4"/>
       <c r="D113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -38745,51 +38745,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="4"/>
       <c r="B114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -38807,51 +38807,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">178.00</t>
+            <t xml:space="preserve">182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C114" s="4"/>
       <c r="D114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -38867,51 +38867,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="4"/>
       <c r="B115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -38929,51 +38929,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">206.00</t>
+            <t xml:space="preserve">210.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C115" s="4"/>
       <c r="D115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -38997,51 +38997,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="4"/>
       <c r="B116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СМ080.00.00.002 \ Панель фриза (плинтус)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -39059,51 +39059,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">335.00</t>
+            <t xml:space="preserve">342.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C116" s="4"/>
       <c r="D116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СМ100.00.00.002 \ Панель фриза (плинтус)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CM100.00.00.002</t>
           </r>
@@ -39119,51 +39119,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">389.00</t>
+            <t xml:space="preserve">397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="4"/>
       <c r="B117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СМ125.00.00.002 \ Панель фриза (плинтус)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -39181,51 +39181,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление нестандартных цветов под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">462.00</t>
+            <t xml:space="preserve">471.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C117" s="4"/>
       <c r="D117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель фриза рекламная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CK065.09.01.000.WH</t>
           </r>
@@ -39237,51 +39237,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="4"/>
       <c r="B118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -39299,51 +39299,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2309.00</t>
+            <t xml:space="preserve">2355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C118" s="4"/>
       <c r="D118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель фриза рекламная</t>
           </r>
@@ -39359,51 +39359,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2390.00</t>
+            <t xml:space="preserve">2438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="4"/>
       <c r="B119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -39421,51 +39421,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2790.00</t>
+            <t xml:space="preserve">2846.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C119" s="4"/>
       <c r="D119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СКУ.00.00.003 \ Панель нижняя (плинтус)</t>
           </r>
@@ -39485,51 +39485,51 @@
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для горки: внутренней</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="4"/>
       <c r="B120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СКУН.00.00.003 \ Панель нижняя (плинтус)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -39547,51 +39547,51 @@
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для горки: наружной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">356.00</t>
+            <t xml:space="preserve">363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C120" s="4"/>
       <c r="D120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СКУ.06.00.001 \ Панель фриза</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: СКУ.06.00.001</t>
           </r>
@@ -39607,51 +39607,51 @@
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для горки: внутренней</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="4"/>
       <c r="B121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СКУН.06.00.001 \ Панель фриза</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -39669,51 +39669,51 @@
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для горки: наружной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">499.00</t>
+            <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C121" s="4"/>
       <c r="D121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СК100.05.00.005 \ Вставка фриза</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CK100.05.00.005</t>
           </r>
@@ -39721,197 +39721,197 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно изготовление в нестандартных цветах под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стандартные цвета: белый RAL 9016, синий RAL 5017, зелёный RAL 6016, красный RAL 3000, жёлтый RAL 1021</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="4"/>
       <c r="B122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 289-S \ Крючок одинарный на перфорацию</t>
-[...19 lines deleted...]
-Шаг перфорации, мм: 50</t>
+            <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.216.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 24 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.46</t>
+            <t xml:space="preserve">18.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C122" s="4"/>
       <c r="D122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 293 \ Крючок одинарный на перфорацию</t>
-[...19 lines deleted...]
-Шаг перфорации, мм: 25</t>
+            <t xml:space="preserve">S 289-S \ Крючок одинарный на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.256.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4.8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 24 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.00</t>
+            <t xml:space="preserve">23.46</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="4"/>
       <c r="B123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 290-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -39933,51 +39933,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C123" s="4"/>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.404.CH</t>
           </r>
@@ -39997,51 +39997,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="4"/>
       <c r="B124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40063,51 +40063,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C124" s="4"/>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293-S \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.405.CH</t>
           </r>
@@ -40127,51 +40127,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.66</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="4"/>
       <c r="B125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 289-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40257,51 +40257,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.54</t>
+            <t xml:space="preserve">28.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="4"/>
       <c r="B126" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40323,51 +40323,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C126" s="4"/>
       <c r="D126" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.253.CH</t>
           </r>
@@ -40387,51 +40387,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="4"/>
       <c r="B127" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 293-T \ Крючок одинарный на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40453,51 +40453,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">36.72</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C127" s="4"/>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 300 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
           </r>
@@ -40555,175 +40555,175 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="4"/>
       <c r="B128" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.424.DBN.CH</t>
+            <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.255.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 4</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 43 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.50</t>
+            <t xml:space="preserve">44.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C128" s="4"/>
       <c r="D128" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 294-T \ Крючок одинарный на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.255.CH</t>
+            <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.424.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Диаметр прутка, мм: 6</t>
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 24.04.2025 09:32:25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 43 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.86</t>
+            <t xml:space="preserve">34.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="4"/>
       <c r="B129" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 301 \ Крючок двойной на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -40975,51 +40975,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.10</t>
+            <t xml:space="preserve">57.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="4"/>
       <c r="B131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -41045,51 +41045,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C131" s="4"/>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.406.CH</t>
           </r>
@@ -41113,51 +41113,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="4"/>
       <c r="B132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -41203,177 +41203,177 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C132" s="4"/>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.346.6.DBN.CH</t>
+            <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.347.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 94,30  руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.80</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="4"/>
       <c r="B133" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.347.CH</t>
+            <t xml:space="preserve">S 346-T6 \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.6.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 94,30  руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">79.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C133" s="4"/>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 346-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.401.CH</t>
           </r>
@@ -41397,51 +41397,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="4"/>
       <c r="B134" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S-346-TU \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -41467,51 +41467,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C134" s="4"/>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.442T.DBN.ZN</t>
           </r>
@@ -41561,541 +41561,541 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="4"/>
       <c r="B135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">95.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C135" s="4"/>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="4"/>
       <c r="B136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C136" s="4"/>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+            <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.443T.DBN.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Тип упаковки: гофрокороб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Объем, м3: 0,019</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес брутто упаковки, кг: 5,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес брутто 1шт., кг: 0,011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес нетто 1 шт., кг: 0,01</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">55.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="4"/>
       <c r="B137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 250</t>
+            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.345.DBN.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
-[...19 lines deleted...]
-Вес нетто 1 шт., кг: 0,01</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">59.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C137" s="4"/>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">79.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="4"/>
       <c r="B138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C138" s="4"/>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
           </r>
@@ -42115,51 +42115,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="4"/>
       <c r="B139" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -42177,51 +42177,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">276.00</t>
+            <t xml:space="preserve">282.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C139" s="4"/>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
           </r>
@@ -42237,51 +42237,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="4"/>
       <c r="B140" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -42307,51 +42307,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C140" s="4"/>
       <c r="D140" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 196 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VIT.018.ZN</t>
           </r>
@@ -42383,51 +42383,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">535.00</t>
+            <t xml:space="preserve">546.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="4"/>
       <c r="B141" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -42461,51 +42461,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C141" s="4"/>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.076.ZN</t>
           </r>
@@ -42537,51 +42537,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="4"/>
       <c r="B142" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Корзина навесная для стеллажа</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -42595,51 +42595,51 @@
             <t xml:space="preserve">
 Ширина, мм: 994</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 211</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 30 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1862.00</t>
+            <t xml:space="preserve">1899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C142" s="4"/>
       <c r="D142" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
@@ -42655,51 +42655,51 @@
             <t xml:space="preserve">
 Размер: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210.00</t>
+            <t xml:space="preserve">214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="4"/>
       <c r="B143" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -42717,51 +42717,51 @@
             <t xml:space="preserve">
 Размер: А5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">182.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C143" s="4"/>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
@@ -42777,101 +42777,101 @@
             <t xml:space="preserve">
 Размер: А6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">171.00</t>
+            <t xml:space="preserve">174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="4"/>
       <c r="B144" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C144" s="4"/>
       <c r="D144" s="5" t="inlineStr">
         <is>
@@ -42899,51 +42899,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 128</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплекте хлебные кронштейны СК100.11.02.КП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2690.00</t>
+            <t xml:space="preserve">2744.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="4"/>
       <c r="B145" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -42961,51 +42961,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплекте хлебные кронштейны СК100.11.02.КП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3650.00</t>
+            <t xml:space="preserve">3723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C145" s="4"/>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">СК100.11.02.КП \ Комплект хлебных кронштейнов</t>
           </r>
@@ -43013,51 +43013,51 @@
             <t xml:space="preserve">
 Артикул: СК100.11.02.КП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">580.00</t>
+            <t xml:space="preserve">592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="4"/>
       <c r="B146" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -43079,51 +43079,51 @@
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5490.00</t>
+            <t xml:space="preserve">5600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C146" s="4"/>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -43147,51 +43147,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">86.00</t>
+            <t xml:space="preserve">87.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="4"/>
       <c r="B147" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -43209,51 +43209,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.00</t>
+            <t xml:space="preserve">94.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C147" s="4"/>
       <c r="D147" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.139.WH</t>
           </r>
@@ -43269,51 +43269,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">58.00</t>
+            <t xml:space="preserve">59.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="4"/>
       <c r="B148" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -43331,51 +43331,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.00</t>
+            <t xml:space="preserve">97.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C148" s="4"/>
       <c r="D148" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.518.WH</t>
           </r>
@@ -43457,51 +43457,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>