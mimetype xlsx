--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -13870,59 +13870,51 @@
       <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 24.04.2025 09:31:42</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Собственное производство: Да</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 41,30 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
@@ -14008,59 +14000,51 @@
       <t xml:space="preserve">
 Артикул: SEV.424.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 24.04.2025 09:32:25</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Собственное производство: Да</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 43 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">34.50</t>
     </r>
@@ -14085,59 +14069,51 @@
       <t xml:space="preserve">
 Артикул: SEV.424.DBN.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 24.04.2025 09:33:06</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Собственное производство: Да</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 38,90 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
@@ -14288,278 +14264,270 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 24.04.2025 09:34:10</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Собственное производство: Нет</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">57.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.407.CH</t>
+      <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.406.CH</t>
+      <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.407.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.06</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.348.CH</t>
+      <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.406.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.347.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -14629,54 +14597,50 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 94,30  руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">79.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -14869,517 +14833,517 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.88</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+      <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.68</t>
+      <t xml:space="preserve">95.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 250</t>
+      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.345.DBN.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
-[...19 lines deleted...]
-Вес нетто 1 шт., кг: 0,01</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">59.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+      <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.443T.DBN.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Тип упаковки: гофрокороб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Объем, м3: 0,019</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес брутто упаковки, кг: 5,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес брутто 1шт., кг: 0,011</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Вес нетто 1 шт., кг: 0,01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">55.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+      <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">79.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -15555,55 +15519,51 @@
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 2,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -16757,51 +16717,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300243.JPG"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301245.JPG"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301246.JPG"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de54988_fc62_11e8_8add_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bff5d3_3038_11e9_aacc_0025902b3cc1_SK051P3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c0f812_fc61_11e8_8add_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB944.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d78031_fc61_11e8_8add_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05126513_fc61_11e8_8add_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C166.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c658aa0_fc60_11e8_8add_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C377.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816853d5_c7de_11e4_afdc_0025902b3cc1_2E342F74_7A1B_4DA2_B58A_0040EC29E9F88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b5173_cbb8_11e4_afdc_0025902b3cc1_14FCA56C_F805_4BBF_AE71_2CDA79A0CF049.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bca1cd_cbb8_11e4_afdc_0025902b3cc1_8A943426_761E_4032_9EA9_F85564F0A5CE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3c77a_cbb8_11e4_afdc_0025902b3cc1_09DA32D3_27E2_41AA_8C76_096A1270FAB611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3a580b_cbb9_11e4_afdc_0025902b3cc1_056D7B35_0547_486E_B7BA_F674248A991E12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b649c_cbb9_11e4_afdc_0025902b3cc1_47C96BBA_6D55_4B97_9EF4_D763FC123E4D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3780a979_cbb9_11e4_afdc_0025902b3cc1_F4B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952208e_cbb9_11e4_afdc_0025902b3cc1_DCDB67B5_75B5_4B51_9B0D_E40053DF8BEE15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710cdf86_cbb9_11e4_afdc_0025902b3cc1_2E7ED0D5_29C3_4CC5_817B_25A8D047CAC516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f0d33_cbb9_11e4_afdc_0025902b3cc1_0A770748_01F5_430D_881B_C8AF9A43AAF317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4744b37_cbb9_11e4_afdc_0025902b3cc1_7E5E2726_864B_4B58_9D43_E93B6B6A1F9518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e4620d_cbb9_11e4_afdc_0025902b3cc1_4172A435_1A86_43B1_8201_2189FC8F822D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09cbfa4_cbb9_11e4_afdc_0025902b3cc1_77D0E3F5_83C2_4782_A378_1284E438E51720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac1b54_cbb9_11e4_afdc_0025902b3cc1_B51A2C3C_243B_4F20_BC47_BCCE507A2CBD21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dff6a15_cbba_11e4_afdc_0025902b3cc1_76E48ACB_FD93_4976_BFCD_1E30372E6AEC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac9bc47_cbba_11e4_afdc_0025902b3cc1_3634961523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ea1cd4_cbbe_11e4_afdc_0025902b3cc1_72E66A23_54AF_4F8A_A702_F0F3DFAF040624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf02a89_cbbe_11e4_afdc_0025902b3cc1_F9BD17FB_DACF_44A5_B11E_AA3EAB91A13325.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539bc3d_cbbe_11e4_afdc_0025902b3cc1_E3A86D02_A33A_4DF3_88CF_5538B58A339D26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e271b00_cbbf_11e4_afdc_0025902b3cc1_94B6555E_416D_4C4B_817A_2BC2F42C1EEF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0f0c1f_cbc5_11e4_afdc_0025902b3cc1_9F3C951E_D6AA_4155_A622_4BC9AB43461228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7104311a_cbc6_11e4_afdc_0025902b3cc1_9E05BDCD_26E0_4EB8_839C_4B21405E032E29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee92249_cbc6_11e4_afdc_0025902b3cc1_B822D3E5_1790_4D74_B1AF_2824AFC0130C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b554b1_cbc7_11e4_afdc_0025902b3cc1_E4ED0A00_D9B4_4116_8F60_D2EA63318F0A31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69270f_cbc7_11e4_afdc_0025902b3cc1_1AD415D6_402E_47DF_B15A_54764929BA1D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3830_cbc7_11e4_afdc_0025902b3cc1_716E59B2_987A_4650_9819_2507C7C4A53F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037f370f_cbc8_11e4_afdc_0025902b3cc1_8B37AFC9_27FD_49B3_8FED_49D5749EEB9434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16857c4d_cbc8_11e4_afdc_0025902b3cc1_16A0915C_5FA7_4ABF_AB29_233F175E59E835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b950f86_cbc8_11e4_afdc_0025902b3cc1_D4669953_E549_4550_A8EE_DB12749E0B1736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f680b5a_cbc8_11e4_afdc_0025902b3cc1_02CD717B_5A54_40BC_A62E_5BA43EF4D48C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bec4a9_cbc8_11e4_afdc_0025902b3cc1_5A35286D_7EC1_4DC8_AA1B_07BD7137FAC238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899326e9_cbc8_11e4_afdc_0025902b3cc1_DAA2EE51_6113_4F2F_AC10_EE05023F773F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a0369_cbc8_11e4_afdc_0025902b3cc1_7629A8F5_5696_44B8_8670_906FAD88511E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33de919_cbc8_11e4_afdc_0025902b3cc1_89F9DBE7_0C89_4C39_8656_5451DFDAC69D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6038d09_cbc8_11e4_afdc_0025902b3cc1_67BDCA11_3697_4AE4_B777_AE6C5734D48342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da92a4f9_cbc8_11e4_afdc_0025902b3cc1_79191BC7_414A_49A7_8056_C249DF1E044543.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed36edc9_cbc8_11e4_afdc_0025902b3cc1_AA80EAD4_AC9D_43E9_B5E2_2AC86D8B67F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3829d859_cbc9_11e4_afdc_0025902b3cc1_22D502C4_5577_4D39_88E6_B9AC253B086745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff21600_cbc9_11e4_afdc_0025902b3cc1_78DAF042_F95D_4F79_9AC7_042BCDFA2BC546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbc321_cbc9_11e4_afdc_0025902b3cc1_760928F7_FC8A_4E18_A1A5_4F52ED1F1C3A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96336b31_cbc9_11e4_afdc_0025902b3cc1_CB4F980A_4B1B_448C_AA5A_66A8692EB1A348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d60e9d_cbc9_11e4_afdc_0025902b3cc1_991B9C5A_6545_4D2E_A169_425FBA90CFE449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0404b5_cbc9_11e4_afdc_0025902b3cc1_8D42C533_17CB_4205_B6E1_153BD742370050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4e6e9_cbc9_11e4_afdc_0025902b3cc1_41FEB2DF_936D_4BD3_8F40_8F5DC6BAEE5F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5a9b31_cbc9_11e4_afdc_0025902b3cc1_BAC76537_9FBD_48D5_B68F_F500F135924E52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff236aed_cbc9_11e4_afdc_0025902b3cc1_88E2E4BD_17DE_4015_88CE_1B14E12A852653.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1290a681_cbca_11e4_afdc_0025902b3cc1_0F75D7E6_BEC8_4D26_82E6_E8E4BDC898E754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943e195_cbca_11e4_afdc_0025902b3cc1_94BA1EEF_5586_4174_B609_02D2175A7EF455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe6727d_cbca_11e4_afdc_0025902b3cc1_5DA9AF58_13E3_45AF_8FF5_25DEECD5E3CC56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53267276_cbca_11e4_afdc_0025902b3cc1_BBA8C829_5596_4F72_8E5B_3DB49829DE1E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a24dcd_cbca_11e4_afdc_0025902b3cc1_DFB57998_D4BF_4F38_A93F_8C57EF82D0F558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee143b_cbca_11e4_afdc_0025902b3cc1_6D54FBCF_1507_4EF0_B8D6_98AF0C5B683459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a512d9f_cbca_11e4_afdc_0025902b3cc1_7552C51E_3065_43E2_8AC4_6DD70FF344DA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac77deff_cbca_11e4_afdc_0025902b3cc1_A3D792A6_0835_4876_8B1D_AF9CA687084F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be86c259_cbca_11e4_afdc_0025902b3cc1_7F4799FA_07AC_4857_8D2F_B9D061C8806162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113d006_cbca_11e4_afdc_0025902b3cc1_56C2B567_E902_4843_A5CD_8A66EB5FA4A163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41f0806_cbca_11e4_afdc_0025902b3cc1_43EFA718_50F1_423A_9403_9CBD13FC7A3664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7101099_cbca_11e4_afdc_0025902b3cc1_337E4FA0_2CE4_493A_9C5B_3DC0673DBFF165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092d3c5d_cbcb_11e4_afdc_0025902b3cc1_1BFEEB84_85AD_431F_A25A_C3581C65193566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a9e8_cbcb_11e4_afdc_0025902b3cc1_19DFE917_6D41_4174_B0AC_2610804BDF3667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb38e46_cbcb_11e4_afdc_0025902b3cc1_46C8C257_61BD_4BD0_A98B_761252B8BF1368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261da9e_cbcb_11e4_afdc_0025902b3cc1_93274E64_61DB_4FBC_A444_3258C944910469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548613ba_cbcb_11e4_afdc_0025902b3cc1_52A60A93_8A6B_40C7_AE63_C607831F06F370.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678089fe_cbcb_11e4_afdc_0025902b3cc1_78073F8E_AB57_4FDA_8AF0_F1FC17E9561171.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d073d4a_cbcb_11e4_afdc_0025902b3cc1_D0B799CD_6A7D_436B_B1EF_57F11364372C72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ad4ee_cbcb_11e4_afdc_0025902b3cc1_1A7F7DE6_9618_4E58_9E9F_502C1117928E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4424856_cbcb_11e4_afdc_0025902b3cc1_74F7BE83_ABEB_4308_95C7_4F93C7E2071374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80bd796_cbcb_11e4_afdc_0025902b3cc1_E71A3DA4_A30E_4371_B500_C169307CDEE475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd86a3ee_cbcb_11e4_afdc_0025902b3cc1_83B8F227_14E9_43A9_ABED_D4D54DB1FEC876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0fb8e_cbcb_11e4_afdc_0025902b3cc1_CB55EEB6_6CDB_4FFB_8ACD_D52B91F266A077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b224d6a_cbcd_11e4_afdc_0025902b3cc1_0DB99064_B360_4FE9_8BED_1802F5A7BDC678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e001b37_cbcd_11e4_afdc_0025902b3cc1_0217D397_06A0_414A_A79A_C17FEDA86CA979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d46380_cbcd_11e4_afdc_0025902b3cc1_CD58DB9D_46F5_465A_803A_102873984D6E80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23eff_cbcd_11e4_afdc_0025902b3cc1_9207B7EB_1B6A_4646_A0D5_DF306ACAA8CD81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cec057_cbcd_11e4_afdc_0025902b3cc1_965417A4_C900_4961_8756_BBC96ABB944E82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed878d00_cbcd_11e4_afdc_0025902b3cc1_07B5E8C6_5B3E_4E07_A2DC_A0DB705A64E383.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0243cff6_cbce_11e4_afdc_0025902b3cc1_344E814C_9A4A_4C93_87DB_42CC2192505684.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18867510_cbce_11e4_afdc_0025902b3cc1_873220F0_25A7_43FA_94AE_75E5AE17A02785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e0b06b_cbce_11e4_afdc_0025902b3cc1_578D186.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b12e1e5_cbce_11e4_afdc_0025902b3cc1_B30F5F57_E836_44FB_81C6_83F57092C8D787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0e552a_cbce_11e4_afdc_0025902b3cc1_FBA93F0C_3961_4258_86B6_CB04493931DE88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e613c0_cbce_11e4_afdc_0025902b3cc1_3A1949DF_815E_48C3_BB3C_EFD06D77625489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98501b5f_cbce_11e4_afdc_0025902b3cc1_7D0FC8DE_CECC_436F_8975_8A592BCB766590.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b054a516_cbce_11e4_afdc_0025902b3cc1_67EABD35_0116_46A9_8448_7705928D843491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c030b3_cbce_11e4_afdc_0025902b3cc1_CD0A2418_A6BF_4A60_87EB_17C44A7D4AFB92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64e248c_cbce_11e4_afdc_0025902b3cc1_27119B7A_71BA_44A4_B2D9_37938D5A870F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e7ff46_cbce_11e4_afdc_0025902b3cc1_2C92EF1C_B72A_4201_BD76_ABF37A003C3794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7cdfb7_cbce_11e4_afdc_0025902b3cc1_E67F942F_E7D5_43E7_A263_5612787E89A095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12218c6c_cbcf_11e4_afdc_0025902b3cc1_27C9059D_F2C4_433B_BE78_2834BF240D3896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2403080f_cbcf_11e4_afdc_0025902b3cc1_398191FF_11B2_4F78_868E_024008D9AC5397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372f635d_cbcf_11e4_afdc_0025902b3cc1_94B71F52_D438_4BB5_BDAB_EFE8CE5AFB3598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a48b3a3_cbcf_11e4_afdc_0025902b3cc1_4245293C_EB32_4C30_BDB1_5D4C02747C9A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97aeb4_cbcf_11e4_afdc_0025902b3cc1_C7D23833_E448_4527_BBAA_C71A5C4BE4E8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726cd460_cbcf_11e4_afdc_0025902b3cc1_90C86E60_04FE_4F84_A603_518899C0C5B2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a777f4_cbcf_11e4_afdc_0025902b3cc1_43CFECD8_59C2_4287_B4E5_87EF8C922CBF102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae027b7_cbcf_11e4_afdc_0025902b3cc1_6F97F4EC_732C_450B_A5AA_F046B07D0C16103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf08d52f_cbcf_11e4_afdc_0025902b3cc1_5AB05E1C_948F_4209_B664_1EA07AF3F62E104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c434ba_cbd0_11e4_afdc_0025902b3cc1_1F998791_FBA7_4348_B26E_0256C6691EC9105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaad925_cbd0_11e4_afdc_0025902b3cc1_BA87A291_FC8D_4E3F_9287_A5B8510A841F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7054a87_cbd0_11e4_afdc_0025902b3cc1_41FF3534_E536_4D63_A0E3_E24E04CBC8DD107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272c5fa6_cbd2_11e4_afdc_0025902b3cc1_3D9D6FFB_FF2C_429F_9C43_9C2546C14D01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3e1cb7_cbd2_11e4_afdc_0025902b3cc1_E7BC0FFE_D5BA_4257_BD6B_BE5E4D3FE23E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661872b5_cbd2_11e4_afdc_0025902b3cc1_6F4388FA_32C6_4804_B58A_B8DC230D6695110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf10eae_cbd2_11e4_afdc_0025902b3cc1_5F0CCEFA_2248_49A0_973B_1A88A0CAEC8F111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f106e2b_cbd2_11e4_afdc_0025902b3cc1_EBEECE55_522E_4EE3_96D0_9BFA1A8C31E9112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0c363_cbd2_11e4_afdc_0025902b3cc1_53E65B55_E5C8_4BEE_8472_F1DA3A10CC9F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dc7be3_cbd2_11e4_afdc_0025902b3cc1_D99AD391_C0EA_487F_A2B3_95E9EE336EAD114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9969501_cbd2_11e4_afdc_0025902b3cc1_A7263F01_A006_4EA8_BEDD_660CAC5A43F0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47429c3_cbd2_11e4_afdc_0025902b3cc1_E2BA5F5A_EFC8_4FEC_BCF7_54F4942DB1FA116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279d0c81_cbd3_11e4_afdc_0025902b3cc1_F602E3B8_0C1C_4BC1_BED6_061CEF5600A1117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ee68f3_cbd3_11e4_afdc_0025902b3cc1_B950E4C4_CED2_492E_AE95_266B8C7AC1A2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3754cd_cbd3_11e4_afdc_0025902b3cc1_C77EA755_CD4E_4E66_B79E_AF5E65D03ADF119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eaf065_cbd3_11e4_afdc_0025902b3cc1_8740E706_0331_4193_A696_4C5A6199FB3A120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5181b8_cbd3_11e4_afdc_0025902b3cc1_CCBD956A_DB79_42D2_9C61_8A2077D53D55121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043a708_cbd3_11e4_afdc_0025902b3cc1_ABFE7E3F_1E70_4F1B_AFAC_072D08E8FF0A122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4dd0db_cbd3_11e4_afdc_0025902b3cc1_DC7F75BD_10DE_4AAB_AF5C_2D03AC27D257123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae96bcb5_cbd3_11e4_afdc_0025902b3cc1_D3BB0EDF_7F65_4D10_B6E9_4A191F7614BF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03591bc_cbd3_11e4_afdc_0025902b3cc1_C9425F43_0C8A_45FC_80BE_B15AF340ED87125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2502e77_cbd3_11e4_afdc_0025902b3cc1_5C1F1BB5_14AE_4FE1_9577_172645C2F0E9126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be1b75_cbd3_11e4_afdc_0025902b3cc1_DAD2E3F8_E381_4D51_B8EA_956E56AAB5CB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f548bc_cbd3_11e4_afdc_0025902b3cc1_724CE3EF_B817_4E21_AEA3_3B839C2A04A9128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d499c6_cbd4_11e4_afdc_0025902b3cc1_1013CD45_2795_432C_9194_9191B6A93E83129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a53439_cbd4_11e4_afdc_0025902b3cc1_70F5D67C_E9E7_4115_8B99_B01C18755B6A130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40763cfd_cbd4_11e4_afdc_0025902b3cc1_2AD0EA11_E89E_4AC0_84A6_F4D23E1AF08D131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52edaf7f_cbd4_11e4_afdc_0025902b3cc1_BC8E8243_0192_4EC8_85F0_44C680ED597A132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1935c_cbd4_11e4_afdc_0025902b3cc1_701FE47B_B91B_4D6B_A051_FE9F8098FD98133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915ba485_cbe0_11e4_afdc_0025902b3cc1_42392A12_72DF_4F10_BCCD_B47EB27423A8134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8be471_cbe0_11e4_afdc_0025902b3cc1_21385E13_5DA7_47D1_A368_B20F526415D3135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100c6820_cbe1_11e4_afdc_0025902b3cc1_2F1A41F9_A91C_433A_9F0B_07E05F449C12136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef1bd10_cbe1_11e4_afdc_0025902b3cc1_E3B4A421_7933_415F_BE41_B87C6F79A410137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e430ebdd_cbe1_11e4_afdc_0025902b3cc1_996B07B1_4353_4361_A785_1DC88BCA6239138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cf51d2_cbe1_11e4_afdc_0025902b3cc1_4B48860E_DE21_4BFC_9716_7A22D27652E6139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a8cbf2_cbe2_11e4_afdc_0025902b3cc1_BA051E35_A364_4D58_84F2_8127E224CB16140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4191c3_cbe2_11e4_afdc_0025902b3cc1_4AD0C4FC_6788_4DF8_99B9_8C979103BC2B141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aea099_cbe2_11e4_afdc_0025902b3cc1_7C156B23_F78C_4AE5_9457_4948D744CA88142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3c92ee_cbe2_11e4_afdc_0025902b3cc1_DABDA2BE_AAF1_45B4_9CD9_BA094C0F3407143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7f4c1_cbe2_11e4_afdc_0025902b3cc1_E0EF33AE_2936_4C57_8746_BCFD09742E92144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9121ba24_cbe2_11e4_afdc_0025902b3cc1_E475C6F4_FE84_47A3_98DD_6573EE04749B145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc43c40_cbe2_11e4_afdc_0025902b3cc1_F41BE922_9676_4E8D_8010_CDCA2FBF8E24146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ab5808_cbe2_11e4_afdc_0025902b3cc1_B73BD7B8_46BB_4995_9145_1FE03B0B7661147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d669fc5f_cbe2_11e4_afdc_0025902b3cc1_18EF59BF_771C_4B13_9A31_A944BF2CA42B148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee83f27f_cbe2_11e4_afdc_0025902b3cc1_BC943651_3279_4246_A20F_C3F70E62045F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f5eeb_cbe3_11e4_afdc_0025902b3cc1_8D523DD7_3276_4565_B4BE_9C352F49D20A150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163cf52f_cbe3_11e4_afdc_0025902b3cc1_E3D03460_B3BE_4D5E_A034_BF40E00B4D50151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ae587a_cbe3_11e4_afdc_0025902b3cc1_B284B4A9_2B01_4300_AF66_1DFA635367F9152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dcb1f0d_cbe3_11e4_afdc_0025902b3cc1_AEAE357D_B440_4D68_844A_51E4FED61DE4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffb2a9_cbe3_11e4_afdc_0025902b3cc1_6A0274F5_C43B_4909_B67A_1B0F3C52BE79154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71070cd3_cbe3_11e4_afdc_0025902b3cc1_2EC3EB83_F611_4C27_83C5_F0B2AF90EEA6155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d1cf98_cbe3_11e4_afdc_0025902b3cc1_174DE2E8_FF61_4EBE_9645_CCEFE43A9794156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0a801c_cbe3_11e4_afdc_0025902b3cc1_2F29C805_76EB_417D_89E3_80E85C0796D1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38eb6e6_cbe3_11e4_afdc_0025902b3cc1_5E1ADEF9_1225_4790_AA61_27B783B5148A158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95cb86f_cbe3_11e4_afdc_0025902b3cc1_A29EA2CC_FC5D_4E30_85CE_809FA0A86E1D159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29a50c_cbe3_11e4_afdc_0025902b3cc1_2FF5DCE7_7C4C_431F_B532_5198DDB97C23160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01968f5_cbe3_11e4_afdc_0025902b3cc1_2C676C7C_AAF4_4ED8_9330_DFC533E0F2CE161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386097e_cbe4_11e4_afdc_0025902b3cc1_F28D1815_99A3_4627_B4F7_F0525546C8B5162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4137e689_cbe4_11e4_afdc_0025902b3cc1_EAB4A28E_6C7B_42CD_8D87_A0E661344B6E163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de920bf_cbe4_11e4_afdc_0025902b3cc1_9F0912F9_1010_40BB_A4E1_34A60BE359FE164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f959d1_cbe4_11e4_afdc_0025902b3cc1_708D0915_603F_45EE_848F_EBE23AF1CC61165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0b85f4_cbe4_11e4_afdc_0025902b3cc1_5EA171E6_9D2C_400D_8A9F_5EF0B435E394166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90270012_cbe4_11e4_afdc_0025902b3cc1_4B24CD0A_9A0A_4F9D_BE58_9843B7DDDFFB167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d5324b_cbe4_11e4_afdc_0025902b3cc1_B5514BE6_0A82_4047_AFB8_3366DAB931FC168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd5df_cbe4_11e4_afdc_0025902b3cc1_5A62C682_C9C2_4907_94E5_D9AA12474A34169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd654a_cbe4_11e4_afdc_0025902b3cc1_A69FE668_C0F9_48D9_9AC1_CAAA34F31C15170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df85fa6a_cbe4_11e4_afdc_0025902b3cc1_3171.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4958da3_cbe4_11e4_afdc_0025902b3cc1_3172.JPG"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c6742a_cbe5_11e4_afdc_0025902b3cc1_3173.JPG"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21056b6e_cbe5_11e4_afdc_0025902b3cc1_3174.JPG"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352e18e6_cbe5_11e4_afdc_0025902b3cc1_3175.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d3da87_cbe5_11e4_afdc_0025902b3cc1_3176.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce4ba35_cbe5_11e4_afdc_0025902b3cc1_3177.JPG"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7103e229_cbe5_11e4_afdc_0025902b3cc1_3178.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939aebb1_cbe5_11e4_afdc_0025902b3cc1_3179.JPG"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020d2657_cbe6_11e4_afdc_0025902b3cc1_3180.JPG"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162c4e4b_cbe6_11e4_afdc_0025902b3cc1_3181.JPG"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d9f0_cbe6_11e4_afdc_0025902b3cc1_3182.JPG"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a89b4_cbe6_11e4_afdc_0025902b3cc1_3183.JPG"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348347b_cbe6_11e4_afdc_0025902b3cc1_3184.JPG"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c20868_cbe6_11e4_afdc_0025902b3cc1_3185.JPG"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853e0555_cbe6_11e4_afdc_0025902b3cc1_3186.JPG"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdb02c_cbe6_11e4_afdc_0025902b3cc1_6187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69b7dfb_cbe6_11e4_afdc_0025902b3cc1_6188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92f8111_cbe6_11e4_afdc_0025902b3cc1_6189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2671c9f_cbe6_11e4_afdc_0025902b3cc1_6190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4dc2dc8_cbe6_11e4_afdc_0025902b3cc1_4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e984f_cbe7_11e4_afdc_0025902b3cc1_4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b3bd2_cbe7_11e4_afdc_0025902b3cc1_4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33702dc2_cbe7_11e4_afdc_0025902b3cc1_4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46069231_cbe7_11e4_afdc_0025902b3cc1_10195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a496ed4_cbe7_11e4_afdc_0025902b3cc1_10196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7ff5_cbe7_11e4_afdc_0025902b3cc1_10197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeb235_cbe7_11e4_afdc_0025902b3cc1_10198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980bf58c_cbe7_11e4_afdc_0025902b3cc1_10199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6ea179_cbe7_11e4_afdc_0025902b3cc1_10200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f68619_cbe7_11e4_afdc_0025902b3cc1_10201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad18373_cbe7_11e4_afdc_0025902b3cc1_10202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1cd0ae_cbe7_11e4_afdc_0025902b3cc1_7203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e29928_cbe8_11e4_afdc_0025902b3cc1_7204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc1651_cbe8_11e4_afdc_0025902b3cc1_7205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357323a6_cbe8_11e4_afdc_0025902b3cc1_7206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0bb1ed_cbe8_11e4_afdc_0025902b3cc1_5207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00010f_cbe8_11e4_afdc_0025902b3cc1_9208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f181e_ba67_11e3_a2c8_0025902b3cc1_55D46226_BDCF_4B33_834C_A9AE17135FF3209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8f5043_ff92_11e0_833e_003048f27c5f_401B9D5C_D191_406C_83A3_8743B28173B3210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e036ecb9_a7eb_11e6_9f4a_0025902b3cc0_7EEB9D61_6E76_4F19_863F_87BFB92895D9211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0cd15_ad90_11e6_9f4a_0025902b3cc0_123212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813b0d9f_9569_11ed_b629_ac1f6b40b531_CK100230000002698MGV13213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f89_a2c5_11e0_afc8_003048f27c5f_4FBE0604_38A9_4172_AE65_A8E38DECEEB5214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7801bf_aeb0_11e0_a476_003048f27c5f_8BB8A500_5B18_4CD2_95EA_17204B511A20215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3fd_5f30_11e0_afc8_003048f27c5f_882A19FA_827B_4E52_99B4_7DC28A92BEDD216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a76f84_a2c5_11e0_afc8_003048f27c5f_AB12FF12_737D_45A3_83F5_8281C111C349217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb7c8b8_f9fe_11e0_833e_003048f27c5f_B5219297_1298_4136_B905_E47D8A5902B6218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a05b92_a845_11e0_a476_003048f27c5f_592F4402_D451_43E7_9271_7EA0A66740DA219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063abc7_828d_11e0_afc8_003048f27c5f_AD7F374D_9281_4701_9A8C_10B804CC9267220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3db_5f30_11e0_afc8_003048f27c5f_9D724596_745C_4B79_B432_FBD09E41C955221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7bf213_828d_11e0_afc8_003048f27c5f_945D9E32_E2F2_4DD7_B017_66253C3F2B8C222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a6f_ff98_11e0_833e_003048f27c5f_EF3649CE_D7A1_481D_89A7_5705F015FD5F223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc97a9e_ff98_11e0_833e_003048f27c5f_AAB75AAC_9B64_497F_AD9C_03EC3C0727F2224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535ac_ff98_11e0_833e_003048f27c5f_1201AB18_A01C_46A9_A582_E7BC3226F606225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38535c5_ff98_11e0_833e_003048f27c5f_544F6C0B_803C_4F51_AFB0_83E7FDE30994226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21966216_e010_11e0_a476_003048f27c5f_440D1E2C_DD2B_405A_A637_0344E36F82B9227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9d3b4b_e010_11e0_a476_003048f27c5f_38F85F03_FB65_48E1_8803_18D1EA9C2626228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503725d_c233_11e0_a476_003048f27c5f_57DE8140_FA60_4647_BBB3_2CF37F931AF1229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40cdef3_ff16_11e0_833e_003048f27c5f_0EC3A414_03B7_4DBD_81A3_B7C3F7A577DD230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91d3ca1_ff1a_11e0_833e_003048f27c5f_B298974C_2D9D_4776_93C8_0618D1D152E3231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdae_0100_11e0_b16f_003048d0c7fe_377EC64E_061F_40AF_8403_732AA06A1868232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff469a52_e723_11e7_b78c_0025902b3cc1_289-S233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734d9934_2beb_11e3_baa0_0025902b3cc1_S-290-S234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bdb7b2_2beb_11e3_baa0_0025902b3cc1_S-291-S235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10614c0_dcc2_11e2_b453_0025902b3cc1_S-292-S236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6618d4c8_8c94_11e3_baa0_0025902b3cc1_S-293-S237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3bf_01cb_11e0_b16f_003048d0c7fe_9C90A452_3752_4433_9FCD_41F00DA60AE9238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3c2_01cb_11e0_b16f_003048d0c7fe_7F91EE0B_615B_4750_B334_88972BE81A88239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116c8_0100_11e0_b16f_003048d0c7fe_E467E4DC_4346_46C9_8BC5_803E8495BA5C240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb1_0100_11e0_b16f_003048d0c7fe_AB3650F0_29F5_4CD0_810C_AF8B7D62A987241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb4_0100_11e0_b16f_003048d0c7fe_7E2A19F3_499E_41C7_A336_5B2AF0BB01B4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9467c5de_1e3a_11e9_aacc_0025902b3cc1_S300243.JPG"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1f7_fdef_11df_b16f_003048d0c7fe_7495BB9B_07BD_410A_B634_DC6AD5F83E7E244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3c521_1e3a_11e9_aacc_0025902b3cc1_S301245.JPG"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907def4_6a1b_11e8_ade2_0025902b3cc1_S_301246.JPG"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6af9bc_1d4d_11e0_99a4_003048f27c5f_48FC6500_004B_4A41_ADEB_52C4117E9815247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f76d49_5c4f_11e5_a10e_0025902b3cc1_B210C785_1EA8_4343_8C4F_7B43D20C2440248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d357c866_ff19_11e0_833e_003048f27c5f_342_T249.JPG"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbf_0100_11e0_b16f_003048d0c7fe_342250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf469ab_1d43_11ec_80bc_0025902b3cc1_342251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a137862_1d43_11ec_80bc_0025902b3cc1_342252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdbc_0100_11e0_b16f_003048d0c7fe_343253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64f95c1_9d02_11eb_80bc_0025902b3cc1_343254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cdf50_2b62_11e3_baa0_0025902b3cc1_343255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9786ac3e_2b62_11e3_baa0_0025902b3cc1_343256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad61e80_ac02_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058b0a6_1d43_11ec_80bc_0025902b3cc1_408.resize2258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf0d68b_1d43_11ec_80bc_0025902b3cc1_419.resize2259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3a3b1_01cb_11e0_b16f_003048d0c7fe_41BC8412_30CA_4FAC_96FD_97C276BFCFCA260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221128f_abea_11e6_9f4a_0025902b3cc0_41BC8412_30CA_4FAC_96FD_97C276BFCFCA261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32747ef1_5f75_11ea_80b7_0025902b3cc1_41BC8412_30CA_4FAC_96FD_97C276BFCFCA262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdb9_0100_11e0_b16f_003048d0c7fe_442263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef01f1_2690_11e7_9cf4_0025902b3cc1_442264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d8_f9fe_11e0_833e_003048f27c5f_CFB1090D_FBB6_462F_A2F4_636B927B4083265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E5267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F556268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1f3fe5_6c8c_11e0_afc8_003048f27c5f_31DA5BA0_7702_442E_AAD9_EFEF6A046C55269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3583363_2dcb_11e0_99a4_003048f27c5f_D74400F3_D2E2_4734_B8BE_4032DFF0D14C270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04179_fdef_11df_b16f_003048d0c7fe_DD4F1CFA_51C2_43E6_9D85_7F0FADD94D4A271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6daf2_477a_11e3_baa0_0025902b3cc1_1272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965befd9_2b48_11e7_9cf4_0025902b3cc1_C6682B91_1DE8_4605_8128_9529DEEA1814273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5214b781_2b49_11e7_9cf4_0025902b3cc1_1DFAA495_C058_455C_ABA4_B317808C317E274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ed855_2b49_11e7_9cf4_0025902b3cc1_AF9790A3_AC52_47AF_9D2F_FE1A7F336D80275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda55aa_2b47_11e7_9cf4_0025902b3cc1_70B4DFA9_542B_4911_8606_89155F5FF0C5276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70445_ff92_11e0_833e_003048f27c5f_DCA389F7_768A_445C_B631_3B9D10A39EC9277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e2a3d9_5f30_11e0_afc8_003048f27c5f_BAAF3B71_F36C_465D_84AF_4DD03C8C3678278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a70440_ff92_11e0_833e_003048f27c5f_BA42D90A_FD1E_4D01_8CA9_9539A8D2AB89279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24a327f_ff92_11e0_833e_003048f27c5f_AF1BC430_A90D_478F_BEA0_2A4EEEB3AAB5280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH281.JPG"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH282.JPG"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD7283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_12334284.JPG"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF421285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF286.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -40501,59 +40461,51 @@
             <t xml:space="preserve">
 Артикул: SEV.423.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 24.04.2025 09:31:42</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 41,30 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
@@ -40647,59 +40599,51 @@
             <t xml:space="preserve">
 Артикул: SEV.424.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 24.04.2025 09:32:25</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 43 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34.50</t>
           </r>
@@ -40729,59 +40673,51 @@
             <t xml:space="preserve">
 Артикул: SEV.424.DBN.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 24.04.2025 09:33:06</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 38,90 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
@@ -40943,291 +40879,283 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 24.04.2025 09:34:10</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Нет</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 65.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">57.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="4"/>
       <c r="B131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.407.CH</t>
+            <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.348.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C131" s="4"/>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.406.CH</t>
+            <t xml:space="preserve">S 343-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.407.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.06</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="4"/>
       <c r="B132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 342-T \ Крючок с ценникодержателем на перфорацию</t>
-[...3 lines deleted...]
-Артикул: SEV.348.CH</t>
+            <t xml:space="preserve">S 341-T \ Крючок с ценникодержателем на перфорацию</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.406.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C132" s="4"/>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 344-T \ Крючок с ценникодержателем на перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.347.CH</t>
           </r>
@@ -41305,54 +41233,50 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 94,30  руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">79.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -41561,541 +41485,541 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="4"/>
       <c r="B135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.419.CH</t>
+            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.408.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.88</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C135" s="4"/>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.345.CH</t>
+            <t xml:space="preserve">S 443-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.419.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.68</t>
+            <t xml:space="preserve">95.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="4"/>
       <c r="B136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 441-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.408.CH</t>
+            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.345.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C136" s="4"/>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 250</t>
+            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.345.DBN.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
-[...19 lines deleted...]
-Вес нетто 1 шт., кг: 0,01</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">59.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="4"/>
       <c r="B137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 442-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+            <t xml:space="preserve">S 443-T \ Крючок двойной с ценникодерж. на перфорацию (L-250, d-4/4мм, шаг 50мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.443T.DBN.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
+Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR DRA339-TR-0070 </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Тип упаковки: гофрокороб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Объем, м3: 0,019</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес брутто упаковки, кг: 5,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес брутто 1шт., кг: 0,011</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Вес нетто 1 шт., кг: 0,01</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">55.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C137" s="4"/>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
-[...3 lines deleted...]
-Артикул: SEV.346.DBN.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="4"/>
       <c r="B138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 444-T \ Крючок двойной с ценникодержателем</t>
-[...3 lines deleted...]
-Артикул: SEV.346.CH</t>
+            <t xml:space="preserve">S 444-T \ Крючок с ценникодержателем на перфорацию двойной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.346.DBN.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Примечание: Пластиковый ценник покупается отдельно. Рекомендуется использовать с ценником MRT.521.TR  DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">79.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C138" s="4"/>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
           </r>
@@ -42287,55 +42211,51 @@
             <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 2,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C140" s="4"/>
       <c r="D140" s="5" t="inlineStr">
         <is>