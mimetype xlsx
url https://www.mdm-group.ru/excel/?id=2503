--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.04.2025</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Ценникодержатели и держатели информации</t>
   </si>
   <si>
     <t>Ценникодержатели (на крючки, полочные, настольные) и держатели ценников – торговое оборудование, произведенное из прозрачного акрила, оргстекла или пластика, служащее для демонстрации информации и цен посетителям магазинов.
 Ценникодержатели бывают разных видов:
 Ценникодержатели полочные – имеют специальную конструкцию встроенных креплений, позволяющих легко устанавливать их на край полки. Полочные ценникодержатели имеют различные формы зацепов, форма зависит от типа полок, к которым они должны крепиться. Как правило, у каждого производителя металлических стеллажей свои конфигурации полок.
 Ценникодержатели на крючки – предназначены для крепления на торговые крючки. Торговые крючки могут размещаться на экономпанелях, решетках или перфорированных панелях. Ценникодержатели на крючки могут крепиться на двойные (евро крючки) или одинарные со специальным верхним прутком.
 Ценникодержатели настольные – устанавливаются на столы, полки стеллажей и другие горизонтальные поверхности. Имеют различные формы, самые популярные шалаш и L-образная, бывают двусторонние и односторонние в зависимости от места размещения.
 Вы можете купить ценникодержатели оптом и в розницу от производителя. На крупные объемы действуют специальные дилерские скидки.
 Меловые ценники – удобные и современные таблички для нанесения цен или любой другой информации о ваших товарах специальными меловыми маркерами.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -164,51 +164,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.00</t>
+      <t xml:space="preserve">14.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.40x50.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -347,51 +347,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.00</t>
+      <t xml:space="preserve">27.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.60x40.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -408,51 +408,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.00</t>
+      <t xml:space="preserve">19.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.60x80.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -469,51 +469,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.80x60.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -530,51 +530,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.A5V.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -591,51 +591,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">185.00</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.A4V.2.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -652,51 +652,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">419.00</t>
+      <t xml:space="preserve">427.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CDN.A4G.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -713,51 +713,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.003.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1189,51 +1189,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">86.00</t>
+      <t xml:space="preserve">87.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.510.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1246,51 +1246,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.00</t>
+      <t xml:space="preserve">94.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.541.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1303,51 +1303,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.005.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1360,51 +1360,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.006.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1417,51 +1417,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87.00</t>
+      <t xml:space="preserve">88.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.007.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1474,51 +1474,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">131.00</t>
+      <t xml:space="preserve">134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.008.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1531,51 +1531,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.009.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1588,51 +1588,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.00</t>
+      <t xml:space="preserve">94.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1645,51 +1645,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">58.00</t>
+      <t xml:space="preserve">59.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.139.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1702,51 +1702,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.516.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1759,51 +1759,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">73.00</t>
+      <t xml:space="preserve">74.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.133.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1816,51 +1816,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.524.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1873,51 +1873,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153.00</t>
+      <t xml:space="preserve">156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.124.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1930,51 +1930,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.00</t>
+      <t xml:space="preserve">97.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.518.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2044,51 +2044,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.004.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2158,51 +2158,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 2000 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.534.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2256,120 +2256,120 @@
       </rPr>
       <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.535.YE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина полки, мм: 990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75.00</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.001.1000.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.525.OR</t>
@@ -2496,100 +2496,100 @@
       <t xml:space="preserve">
 Длина полки, мм: 1240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">100.00</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST15–А4RD \ Рамка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2602,51 +2602,51 @@
       <t xml:space="preserve">
 Артикул: DT.010.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2659,51 +2659,51 @@
       <t xml:space="preserve">
 Артикул: DT.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2834,51 +2834,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.40</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-500 \ Трубка</t>
@@ -2891,51 +2891,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.50</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-800 \ Трубка</t>
@@ -2948,51 +2948,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-1200 \ Трубка</t>
@@ -3005,51 +3005,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">137.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-1500 \ Трубка</t>
@@ -3062,51 +3062,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161.00</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Трубка для Т-держателя</t>
@@ -3237,51 +3237,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 200х160 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для трубки d-10/12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">503.00</t>
+      <t xml:space="preserve">513.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.013.00</t>
@@ -3294,51 +3294,51 @@
       <t xml:space="preserve">
 Ширина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.016.00</t>
@@ -3347,51 +3347,51 @@
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
@@ -3416,51 +3416,51 @@
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина «евроотверстия», мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.00</t>
+      <t xml:space="preserve">12.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.521.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -3469,51 +3469,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.60</t>
+      <t xml:space="preserve">7.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.VH39.50.TR</t>
@@ -3526,51 +3526,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.50</t>
+      <t xml:space="preserve">5.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.024.TR</t>
@@ -3587,51 +3587,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.80</t>
+      <t xml:space="preserve">5.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А4 /Меловые ценники-таблички для нанесения надписей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.044.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4129,74 +4129,74 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LOV акриловый карман навесной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LOV.07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: размер бокса 200х160х180 мм, размер информационного поля 600х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 1120 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">575.00</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -6765,51 +6765,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.04.2025</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6913,51 +6913,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.00</t>
+            <t xml:space="preserve">14.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7109,51 +7109,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.00</t>
+            <t xml:space="preserve">27.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CDN.60x40.1.5.TR</t>
           </r>
@@ -7173,51 +7173,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.00</t>
+            <t xml:space="preserve">19.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7239,51 +7239,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CDN.80x60.1.5.TR</t>
           </r>
@@ -7303,51 +7303,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7369,51 +7369,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">185.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CDN.A4V.2.TR</t>
           </r>
@@ -7433,51 +7433,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">419.00</t>
+            <t xml:space="preserve">427.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7499,51 +7499,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CND.003.TR</t>
           </r>
@@ -8007,51 +8007,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">86.00</t>
+            <t xml:space="preserve">87.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.510.WH</t>
           </r>
@@ -8067,51 +8067,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.00</t>
+            <t xml:space="preserve">94.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8129,51 +8129,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.005.TR</t>
           </r>
@@ -8189,51 +8189,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8251,51 +8251,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87.00</t>
+            <t xml:space="preserve">88.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.007.TR</t>
           </r>
@@ -8311,51 +8311,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">131.00</t>
+            <t xml:space="preserve">134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8373,51 +8373,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.009.TR</t>
           </r>
@@ -8433,51 +8433,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.00</t>
+            <t xml:space="preserve">94.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8495,51 +8495,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">58.00</t>
+            <t xml:space="preserve">59.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.139.TR</t>
           </r>
@@ -8555,51 +8555,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8617,51 +8617,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73.00</t>
+            <t xml:space="preserve">74.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.133.TR</t>
           </r>
@@ -8677,51 +8677,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8739,51 +8739,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.124.WH</t>
           </r>
@@ -8799,51 +8799,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.00</t>
+            <t xml:space="preserve">97.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8921,51 +8921,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9043,51 +9043,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 2000 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9149,70 +9149,70 @@
             </rPr>
             <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.535.YE</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина полки, мм: 990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75.00</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRT.001.1000.WH</t>
           </r>
           <r>
@@ -9223,51 +9223,51 @@
             <t xml:space="preserve">
 Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
           </r>
@@ -9405,51 +9405,51 @@
             <t xml:space="preserve">
 Длина полки, мм: 1240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100.00</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9459,51 +9459,51 @@
             <t xml:space="preserve">
 Артикул: DT.009.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9519,51 +9519,51 @@
             <t xml:space="preserve">
 Артикул: DT.010.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -9581,51 +9581,51 @@
             <t xml:space="preserve">
 Артикул: DT.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9767,51 +9767,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.40</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9829,51 +9829,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.50</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9889,51 +9889,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9951,51 +9951,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">137.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10011,51 +10011,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10199,51 +10199,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 200х160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для трубки d-10/12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">503.00</t>
+            <t xml:space="preserve">513.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
           </r>
@@ -10259,51 +10259,51 @@
             <t xml:space="preserve">
 Ширина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10317,51 +10317,51 @@
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10389,51 +10389,51 @@
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина «евроотверстия», мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.00</t>
+            <t xml:space="preserve">12.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10447,51 +10447,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.60</t>
+            <t xml:space="preserve">7.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
           </r>
@@ -10507,51 +10507,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.50</t>
+            <t xml:space="preserve">5.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10573,51 +10573,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.80</t>
+            <t xml:space="preserve">5.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А4 /Меловые ценники-таблички для нанесения надписей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.044.BL</t>
           </r>
@@ -11155,74 +11155,74 @@
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LOV акриловый карман навесной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: LOV.07</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: размер бокса 200х160х180 мм, размер информационного поля 600х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 1120 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">575.00</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">