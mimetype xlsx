--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,4188 +15,3610 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Ценникодержатели и держатели информации</t>
   </si>
   <si>
     <t>Ценникодержатели (на крючки, полочные, настольные) и держатели ценников – торговое оборудование, произведенное из прозрачного акрила, оргстекла или пластика, служащее для демонстрации информации и цен посетителям магазинов.
 Ценникодержатели бывают разных видов:
 Ценникодержатели полочные – имеют специальную конструкцию встроенных креплений, позволяющих легко устанавливать их на край полки. Полочные ценникодержатели имеют различные формы зацепов, форма зависит от типа полок, к которым они должны крепиться. Как правило, у каждого производителя металлических стеллажей свои конфигурации полок.
 Ценникодержатели на крючки – предназначены для крепления на торговые крючки. Торговые крючки могут размещаться на экономпанелях, решетках или перфорированных панелях. Ценникодержатели на крючки могут крепиться на двойные (евро крючки) или одинарные со специальным верхним прутком.
 Ценникодержатели настольные – устанавливаются на столы, полки стеллажей и другие горизонтальные поверхности. Имеют различные формы, самые популярные шалаш и L-образная, бывают двусторонние и односторонние в зависимости от места размещения.
 Вы можете купить ценникодержатели оптом и в розницу от производителя. На крупные объемы действуют специальные дилерские скидки.
 Меловые ценники – удобные и современные таблички для нанесения цен или любой другой информации о ваших товарах специальными меловыми маркерами.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-34 \ Ценникодержатель настольный (ш30, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.30x40.1.5.TR</t>
+      <t xml:space="preserve">CDN-43 \ Ценникодержатель настольный (ш40, в30, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.40x30.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 30</t>
+Ширина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8.00</t>
+      <t xml:space="preserve">14.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-43 \ Ценникодержатель настольный (ш40, в30, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.40x30.1.5.TR</t>
+      <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.40x50.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 30</t>
+Высота инф.поля, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.30</t>
+      <t xml:space="preserve">13.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.40x50.1.5.TR</t>
+      <t xml:space="preserve">CDN-54 \ Ценникодержатель настольный (ш50, в40, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.50x40.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 40</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 50</t>
+Ширина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-54 \ Ценникодержатель настольный (ш50, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.50x40.1.5.TR</t>
+      <t xml:space="preserve">CDN-57 \ Ценникодержатель настольный (ш50, в70, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.50x70.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.00</t>
+      <t xml:space="preserve">27.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-57 \ Ценникодержатель настольный (ш50, в70, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.50x70.1.5.TR</t>
+      <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.60x40.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 50</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 70</t>
+Ширина, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.60</t>
+      <t xml:space="preserve">19.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.60x40.1.5.TR</t>
+      <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.60x80.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.40</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.60x80.1.5.TR</t>
+      <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.80x60.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 60</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 80</t>
+Ширина, мм: 80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.80x60.1.5.TR</t>
+      <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.A5V.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 80</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 60</t>
+Ширина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A5V.1.5.TR</t>
+      <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.A4V.2.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 150</t>
-[...7 lines deleted...]
-Толщина, мм: 1,5</t>
+Ширина, мм: 210</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">427.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A4V.2.TR</t>
+      <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CDN.A4G.1.5.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 210</t>
-[...7 lines deleted...]
-Толщина, мм: 2</t>
+Ширина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 210</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">427.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A4G.1.5.TR</t>
+      <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.003.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 300</t>
-[...15 lines deleted...]
-Производитель: Россия</t>
+Ширина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: прозрачный акрил</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 20 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">347.00</t>
+      <t xml:space="preserve">10.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
-[...3 lines deleted...]
-Артикул: CND.003.TR</t>
+      <t xml:space="preserve">Ценникодержатель L образный 7х10 (Тип А, № 5)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.006.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
-[...3 lines deleted...]
-Старая цена: 20 руб.</t>
+Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.00</t>
+      <t xml:space="preserve">28.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценникодержатель L образный 7х10 (Тип А, № 5)</t>
-[...3 lines deleted...]
-Артикул: CND.006.TR</t>
+      <t xml:space="preserve">Ценникодержатель L образный 8х10 (Тип А, № 7)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.008.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 70</t>
+Высота инф.поля, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 52 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.00</t>
+      <t xml:space="preserve">26.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценникодержатель L образный 8х10 (Тип А, № 7)</t>
-[...3 lines deleted...]
-Артикул: CND.008.TR</t>
+      <t xml:space="preserve">Ценникодержатель L образный 9х12 (Тип А, № 8)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.009.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 100</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 80</t>
+Ширина, мм: 120</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 52 руб.</t>
+Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">28.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценникодержатель L образный 9х12 (Тип А, № 8)</t>
-[...3 lines deleted...]
-Артикул: CND.009.TR</t>
+      <t xml:space="preserve">Ценникодержатель L образный  10х6 (Тип А, № 9)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.010.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 120</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 90</t>
+Ширина, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 56 руб.</t>
+Старая цена: 68 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.00</t>
+      <t xml:space="preserve">34.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценникодержатель L образный  10х6 (Тип А, № 9)</t>
-[...27 lines deleted...]
-Старая цена: 68 руб.</t>
+      <t xml:space="preserve">LST 39-990 \ Ценникодержатель для стеллажей Русь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.544.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ПВХ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.00</t>
+      <t xml:space="preserve">87.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценник меловой 80х60 мм</t>
-[...15 lines deleted...]
-Глубина, мм: 30</t>
+      <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.510.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.75</t>
+      <t xml:space="preserve">94.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ценник меловой горизонтальный А6</t>
-[...15 lines deleted...]
-Глубина, мм: 50</t>
+      <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.541.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1235</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: Поставляются под заказ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">129.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LST 39-990 \ Ценникодержатель для стеллажей Русь</t>
-[...11 lines deleted...]
-Длина полки, мм: 1000</t>
+      <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.005.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87.70</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
-[...11 lines deleted...]
-Длина полки, мм: 1250</t>
+      <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.006.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.90</t>
+      <t xml:space="preserve">88.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 39</t>
+      <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.007.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 990</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
-[...3 lines deleted...]
-Артикул: MRT.005.TR</t>
+      <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.008.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина полки, мм: 985</t>
+Длина полки, мм: 990</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
-[...3 lines deleted...]
-Артикул: MRT.006.TR</t>
+      <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.009.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина полки, мм: 990</t>
+Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.70</t>
+      <t xml:space="preserve">94.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 60</t>
+      <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.139.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">134.00</t>
+      <t xml:space="preserve">59.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
-[...3 lines deleted...]
-Артикул: MRT.008.TR</t>
+      <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.139.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина полки, мм: 990</t>
+Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.60</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
-[...3 lines deleted...]
-Артикул: MRT.009.TR</t>
+      <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.516.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина полки, мм: 1000</t>
+Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.90</t>
+      <t xml:space="preserve">74.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+      <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.133.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.20</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
-[...3 lines deleted...]
-Артикул: MRT.139.TR</t>
+      <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.524.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1000</t>
+Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60.20</t>
+      <t xml:space="preserve">156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
-[...11 lines deleted...]
-Длина, мм: 1250</t>
+      <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.124.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.50</t>
+      <t xml:space="preserve">97.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+      <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.518.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125.00</t>
+      <t xml:space="preserve">92.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
-[...3 lines deleted...]
-Артикул: MRT.524.TR</t>
+      <t xml:space="preserve">DBH 39-TR-1000 \ Ценникодержатель на сетчатые полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.003.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1250</t>
+Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
+Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">156.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 39</t>
+      <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.004.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">97.90</t>
+      <t xml:space="preserve">173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
-[...11 lines deleted...]
-Длина, мм: 1000</t>
+      <t xml:space="preserve">NS 39-TR-1000- \ Ценникодержатель на сетчатые полки и делители (на пруток диаметром до 5мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.011.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются под заказ от 2000 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBH 39-TR-1000 \ Ценникодержатель на сетчатые полки</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+      <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.534.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 39</t>
-[...7 lines deleted...]
-Примечание: Поставляются под заказ</t>
+Высота инф. поля, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">55.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
-[...23 lines deleted...]
-Примечание: Поставляются под заказ</t>
+      <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.535.YE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: желтый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 990</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф. поля, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">173.00</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NS 39-TR-1000- \ Ценникодержатель на сетчатые полки и делители (на пруток диаметром до 5мм)</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+      <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.001.1000.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина полки, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота инф.поля, мм: 39</t>
-[...7 lines deleted...]
-Примечание: Поставляются под заказ от 2000 штук.</t>
+Высота инф. поля, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
-[...15 lines deleted...]
-Высота инф. поля, мм: 60</t>
+      <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.525.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 990</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф. поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">45.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
-[...15 lines deleted...]
-Высота инф. поля, мм: 60</t>
+      <t xml:space="preserve">LSM 39-WH-0967 \ Ценникодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.526.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 967</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф. поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">45.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: MRT.001.1000.WH</t>
-[...7 lines deleted...]
-Длина полки, мм: 1000</t>
+Артикул: MRT.508.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина полки, мм: 1240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал:  ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
-[...19 lines deleted...]
-Материал:  ПВХ</t>
+      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.009.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LSM 39-WH-0967 \ Ценникодержатель</t>
-[...19 lines deleted...]
-Материал:  ПВХ</t>
+      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.010.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
-[...3 lines deleted...]
-Артикул: MRT.508.TR</t>
+      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина полки, мм: 1240</t>
-[...7 lines deleted...]
-Материал:  ПВХ</t>
+Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...3 lines deleted...]
-Артикул: DT.009.00</t>
+      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Размер информационного поля: А4</t>
+Примечание: для трубки д-10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">28.49</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...3 lines deleted...]
-Артикул: DT.010.00</t>
+      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Размер информационного поля: А4</t>
+Примечание: для трубки д-10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">22.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...11 lines deleted...]
-Размер информационного поля: A4</t>
+      <t xml:space="preserve">IT-300 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.50</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">IT-500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.49</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">IT-800 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-300 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.300</t>
+      <t xml:space="preserve">IT-1200 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 300</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.70</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.500</t>
+      <t xml:space="preserve">IT-1500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 500</t>
+Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82.10</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-800 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">Трубка для Т-держателя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HCAA006000100008AD00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: алюминий анодированный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10|8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">12.65</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1200</t>
+      <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.014.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 350-550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1200</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1500</t>
+      <t xml:space="preserve">Подставка для трубки D-10/12 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.015.GR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1500</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Размер: 200х160 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для трубки d-10/12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">164.00</t>
+      <t xml:space="preserve">513.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Трубка для Т-держателя</t>
-[...19 lines deleted...]
-Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
+      <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.013.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 20-32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.65</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
-[...19 lines deleted...]
-Примечание: Т держатель входит в комплект</t>
+      <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.016.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 20-32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">186.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Подставка для трубки D-10/12 мм</t>
-[...19 lines deleted...]
-Примечание: для трубки d-10/12 мм</t>
+      <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.538.70.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 70</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ПВХ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина «евроотверстия», мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">513.00</t>
+      <t xml:space="preserve">12.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
-[...3 lines deleted...]
-Артикул: DT.013.00</t>
+      <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: MRT.521.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 80</t>
-[...7 lines deleted...]
-Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
+Ширина, мм: 70</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">7.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
-[...11 lines deleted...]
-Диаметр, мм: 20-32</t>
+      <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.VH39.50.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
+Ширина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">5.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
-[...3 lines deleted...]
-Артикул: MRT.538.70.TR</t>
+      <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: CND.024.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 70</t>
-[...7 lines deleted...]
-Материал: ПВХ</t>
+Ширина, мм: 27</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина «евроотверстия», мм: 30</t>
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.30</t>
+      <t xml:space="preserve">5.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
-[...19 lines deleted...]
-Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+      <t xml:space="preserve">Комплект ДЕЛИ с ножкой высотой 90мм для крепления на край посуды</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: KDT.001.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Комплект поставляется в разобранном виде, в счете указываются комплектующие, состав см. описание. Карман для ценника и черная табличка для надписей в комплект не входят!</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.80</t>
+      <t xml:space="preserve">27.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
-[...19 lines deleted...]
-Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+      <t xml:space="preserve">Ценникодержатель на круглой подставке BASA CLIP ножка 0мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PDT.053.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 27</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 34</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Ценникодержатель на прозрачной пластиковой подставке. Шарнирное соединение позволяет регулировать угол наклона.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">26.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+      <t xml:space="preserve">LOV акриловый карман навесной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: LOV.07</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: размер бокса 200х160х180 мм, размер информационного поля 600х400 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1120 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
-  </si>
-[...328 lines deleted...]
-    </r>
     <r>
       <t xml:space="preserve">
 </t>
-    </r>
-[...226 lines deleted...]
-      <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -4261,51 +3683,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626f86de_edbc_11ee_a821_0050569cf81d_CDN30x4015TR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b382bda_edbc_11ee_a821_0050569cf81d_CDN40x3015TR3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a2c89e_edbc_11ee_a821_0050569cf81d_CDN40x5015TR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc44e37e_edbc_11ee_a821_0050569cf81d_CDN50x4015TR5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b274712_edbd_11ee_a821_0050569cf81d_CDN50x7015TR6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b863cfc_edbd_11ee_a821_0050569cf81d_CDN60x4015TR7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d4e799_edbd_11ee_a821_0050569cf81d_CDN60x8015TR8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867fe605_edbd_11ee_a821_0050569cf81d_CDN80x6015TR9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a527810f_edbd_11ee_a821_0050569cf81d_CDNA5V15TR10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9aa27a2_edbd_11ee_a821_0050569cf81d_CDNA4V2TR11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb0f240_edbd_11ee_a821_0050569cf81d_CDNA4G15TR12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d24912_0426_11e0_99a4_003048f27c5f_4DC62FD1_4F31_407F_B30C_700C4019032513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ba9a1b_0d9f_11e0_99a4_003048f27c5f_CBC81222_18DD_45B6_AB54_8FF0060DB49B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e15_09a4_11e0_99a4_003048f27c5f_BF771C98_7AF6_4849_9166_DC3D22FCFB1C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ba9a1d_0d9f_11e0_99a4_003048f27c5f_7D3030E9_A3D6_4344_847D_20B093E2498316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3ba0_02ae_11e0_b16f_003048d0c7fe_930b8355_2ff5_47be_9519_662b955cb19717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4066744_2189_11ea_80b7_0025902b3cc1_A518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ef5436_218a_11ea_80b7_0025902b3cc1_A619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH20.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH21.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8105edde_f739_11e6_9cf3_0025902b3cc1_070F2DF6_4201_479C_B3D0_2C02651582DC22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f248b6ed_73f8_11e6_9c74_0025902b3cc0_2FA7E898_CEB8_4676_BC31_F46FF4DF242C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109b5a7e_73f9_11e6_9c74_0025902b3cc0_4E2FD553_B1C8_4C52_9966_E96A761741A324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d65290_73f9_11e6_9c74_0025902b3cc0_E52A4F74_A4E7_40F7_A9CF_CB727D475FDD25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb10df7_73f9_11e6_9c74_0025902b3cc0_B8616A5F_9EA6_4143_B896_2A8CA4C213DC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75545c14_73f9_11e6_9c74_0025902b3cc0_EBBE4F52_2294_4C19_A68C_CB9BD3C510FF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd33_0100_11e0_b16f_003048d0c7fe_229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1118_0c08_11e0_99a4_003048f27c5f_230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f722441_081d_11e0_99a4_003048f27c5f_331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49486c99_ff17_11e0_833e_003048f27c5f_332.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_1233433.JPG"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF42134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13fdd93_73f8_11e6_9c74_0025902b3cc0_BD8872E4_89E0_43E4_A554_AF77F90FA5ED35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70e03c4_73f8_11e6_9c74_0025902b3cc0_E030A918_8CF9_4C23_8FE2_E682A7415DD636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903178e0_73f9_11e6_9c74_0025902b3cc0_DB91791C_6ECD_4C78_B699_8892521C2B6237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d88f2a4_e18a_11e3_a2c8_0025902b3cc1_MRT534WH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ecc26b6_978e_11e6_9f4a_0025902b3cc0_MRT535YE39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c939dc_be5f_11e4_afdc_0025902b3cc1_MRT0011000WH40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca5497a_b279_11e7_93ca_0025902b3cc1_MRT525OR41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50deae3_246f_11e0_99a4_003048f27c5f_LSM_wh42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5dc7b39_7258_11e5_81c1_0025902b3cc1_MRT508TR43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8947.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d57a4e_8021_11e8_ade2_0025902b3cc1_156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111158.JPG"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14b14500_5d39_11e5_a10e_0025902b3cc1_E9BCC535_8875_4CD3_9C1D_D75544F15CE159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_162.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521e43ed_11aa_11ea_80b7_0025902b3cc1_463.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0918388_11aa_11ea_80b7_0025902b3cc1_464.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2970932f_11ab_11ea_80b7_0025902b3cc1_465.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e800e50_11ab_11ea_80b7_0025902b3cc1_466.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c3128f0_11ab_11ea_80b7_0025902b3cc1_467.JPG"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a94d06_11ab_11ea_80b7_0025902b3cc1_568.JPG"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3a801b_2591_11ea_80b7_0025902b3cc1_3_169.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/016ccabc_14dc_11ea_80b7_0025902b3cc1_170.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1a309b_14dc_11ea_80b7_0025902b3cc1_271.JPG"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ee8bf4_7edd_11e1_8376_0025902b3cc1_7DB05C1F_914C_49E1_905F_6046FA3F152E72.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b382bda_edbc_11ee_a821_0050569cf81d_CDN40x3015TR2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a2c89e_edbc_11ee_a821_0050569cf81d_CDN40x5015TR3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc44e37e_edbc_11ee_a821_0050569cf81d_CDN50x4015TR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b274712_edbd_11ee_a821_0050569cf81d_CDN50x7015TR5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b863cfc_edbd_11ee_a821_0050569cf81d_CDN60x4015TR6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d4e799_edbd_11ee_a821_0050569cf81d_CDN60x8015TR7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867fe605_edbd_11ee_a821_0050569cf81d_CDN80x6015TR8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a527810f_edbd_11ee_a821_0050569cf81d_CDNA5V15TR9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9aa27a2_edbd_11ee_a821_0050569cf81d_CDNA4V2TR10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb0f240_edbd_11ee_a821_0050569cf81d_CDNA4G15TR11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d24912_0426_11e0_99a4_003048f27c5f_4DC62FD1_4F31_407F_B30C_700C4019032512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ba9a1b_0d9f_11e0_99a4_003048f27c5f_CBC81222_18DD_45B6_AB54_8FF0060DB49B13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e15_09a4_11e0_99a4_003048f27c5f_BF771C98_7AF6_4849_9166_DC3D22FCFB1C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ba9a1d_0d9f_11e0_99a4_003048f27c5f_7D3030E9_A3D6_4344_847D_20B093E2498315.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3ba0_02ae_11e0_b16f_003048d0c7fe_930b8355_2ff5_47be_9519_662b955cb19716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569feb5_b0ee_11e8_a710_0025902b3cc1_MRT_544_WH17.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1b7d4f_af42_11e8_a710_0025902b3cc1_MRT_544_WH18.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8105edde_f739_11e6_9cf3_0025902b3cc1_070F2DF6_4201_479C_B3D0_2C02651582DC19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f248b6ed_73f8_11e6_9c74_0025902b3cc0_2FA7E898_CEB8_4676_BC31_F46FF4DF242C20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109b5a7e_73f9_11e6_9c74_0025902b3cc0_4E2FD553_B1C8_4C52_9966_E96A761741A321.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d65290_73f9_11e6_9c74_0025902b3cc0_E52A4F74_A4E7_40F7_A9CF_CB727D475FDD22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb10df7_73f9_11e6_9c74_0025902b3cc0_B8616A5F_9EA6_4143_B896_2A8CA4C213DC23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75545c14_73f9_11e6_9c74_0025902b3cc0_EBBE4F52_2294_4C19_A68C_CB9BD3C510FF24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f8266_0104_11e0_b16f_003048d0c7fe_ADF2CAA2_FCB7_452B_A7DD_5245A266FCD725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd33_0100_11e0_b16f_003048d0c7fe_226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1118_0c08_11e0_99a4_003048f27c5f_227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f722441_081d_11e0_99a4_003048f27c5f_328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49486c99_ff17_11e0_833e_003048f27c5f_329.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75adf0e5_6a31_11e0_afc8_003048f27c5f_1233430.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08a4f52_ff1c_11e0_833e_003048f27c5f_9ED2EE08_EDE3_46B4_A222_CE8B880FF42131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13fdd93_73f8_11e6_9c74_0025902b3cc0_BD8872E4_89E0_43E4_A554_AF77F90FA5ED32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70e03c4_73f8_11e6_9c74_0025902b3cc0_E030A918_8CF9_4C23_8FE2_E682A7415DD633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903178e0_73f9_11e6_9c74_0025902b3cc0_DB91791C_6ECD_4C78_B699_8892521C2B6234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d88f2a4_e18a_11e3_a2c8_0025902b3cc1_MRT534WH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ecc26b6_978e_11e6_9f4a_0025902b3cc0_MRT535YE36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c939dc_be5f_11e4_afdc_0025902b3cc1_MRT0011000WH37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca5497a_b279_11e7_93ca_0025902b3cc1_MRT525OR38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50deae3_246f_11e0_99a4_003048f27c5f_LSM_wh39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5dc7b39_7258_11e5_81c1_0025902b3cc1_MRT508TR40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d57a4e_8021_11e8_ade2_0025902b3cc1_153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111155.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14b14500_5d39_11e5_a10e_0025902b3cc1_E9BCC535_8875_4CD3_9C1D_D75544F15CE156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589d7a2b_6bd6_11e8_ade2_0025902b3cc1_159.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3a801b_2591_11ea_80b7_0025902b3cc1_3_160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/016ccabc_14dc_11ea_80b7_0025902b3cc1_161.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ee8bf4_7edd_11e1_8376_0025902b3cc1_7DB05C1F_914C_49E1_905F_6046FA3F152E62.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6126,350 +5548,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...298 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6723,54 +5845,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z42"/>
+  <dimension ref="A1:Z37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B42" sqref="B42"/>
+      <selection activeCell="B37" sqref="B37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -6805,4424 +5927,3806 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-34 \ Ценникодержатель настольный (ш30, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.30x40.1.5.TR</t>
+            <t xml:space="preserve">CDN-43 \ Ценникодержатель настольный (ш40, в30, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.40x30.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 30</t>
+Ширина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8.00</t>
+            <t xml:space="preserve">14.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-43 \ Ценникодержатель настольный (ш40, в30, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.40x30.1.5.TR</t>
+            <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.40x50.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 30</t>
+Высота инф.поля, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.30</t>
+            <t xml:space="preserve">13.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-45 \ Ценникодержатель настольный (ш40, в50, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.40x50.1.5.TR</t>
+            <t xml:space="preserve">CDN-54 \ Ценникодержатель настольный (ш50, в40, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.50x40.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 40</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 50</t>
+Ширина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-54 \ Ценникодержатель настольный (ш50, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.50x40.1.5.TR</t>
+            <t xml:space="preserve">CDN-57 \ Ценникодержатель настольный (ш50, в70, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.50x70.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.00</t>
+            <t xml:space="preserve">27.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-57 \ Ценникодержатель настольный (ш50, в70, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.50x70.1.5.TR</t>
+            <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.60x40.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 50</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 70</t>
+Ширина, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.60</t>
+            <t xml:space="preserve">19.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-64 \ Ценникодержатель настольный (ш60, в40, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.60x40.1.5.TR</t>
+            <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.60x80.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.40</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-68 \ Ценникодержатель настольный (ш60, в80, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.60x80.1.5.TR</t>
+            <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.80x60.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 60</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 80</t>
+Ширина, мм: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-86 \ Ценникодержатель настольный (ш80, в60, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.80x60.1.5.TR</t>
+            <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.A5V.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 80</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 60</t>
+Ширина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-A5 \ Ценникодержатель настольный A5 вертик. (ш150, в210, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A5V.1.5.TR</t>
+            <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.A4V.2.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 150</t>
-[...7 lines deleted...]
-Толщина, мм: 1,5</t>
+Ширина, мм: 210</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">427.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-A4V \ Ценникодержатель настольный A4 вертик. (ш210, в300, t-2мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A4V.2.TR</t>
+            <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CDN.A4G.1.5.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 210</t>
-[...7 lines deleted...]
-Толщина, мм: 2</t>
+Ширина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 210</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">427.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CDN-A4G \ Ценникодержатель настольный A4 гориз. (ш300, в210, t-1,5мм)</t>
-[...3 lines deleted...]
-Артикул: CDN.A4G.1.5.TR</t>
+            <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.003.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 300</t>
-[...15 lines deleted...]
-Производитель: Россия</t>
+Ширина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: прозрачный акрил</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 20 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">347.00</t>
+            <t xml:space="preserve">10.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценникодержатель L образный 4х10 (Тип А, № 2)</t>
-[...3 lines deleted...]
-Артикул: CND.003.TR</t>
+            <t xml:space="preserve">Ценникодержатель L образный 7х10 (Тип А, № 5)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.006.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 40</t>
+Высота инф.поля, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
-[...3 lines deleted...]
-Старая цена: 20 руб.</t>
+Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.00</t>
+            <t xml:space="preserve">28.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценникодержатель L образный 7х10 (Тип А, № 5)</t>
-[...3 lines deleted...]
-Артикул: CND.006.TR</t>
+            <t xml:space="preserve">Ценникодержатель L образный 8х10 (Тип А, № 7)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.008.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 70</t>
+Высота инф.поля, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 52 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.00</t>
+            <t xml:space="preserve">26.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценникодержатель L образный 8х10 (Тип А, № 7)</t>
-[...3 lines deleted...]
-Артикул: CND.008.TR</t>
+            <t xml:space="preserve">Ценникодержатель L образный 9х12 (Тип А, № 8)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.009.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 100</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 80</t>
+Ширина, мм: 120</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 52 руб.</t>
+Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">28.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценникодержатель L образный 9х12 (Тип А, № 8)</t>
-[...3 lines deleted...]
-Артикул: CND.009.TR</t>
+            <t xml:space="preserve">Ценникодержатель L образный  10х6 (Тип А, № 9)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.010.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 120</t>
-[...3 lines deleted...]
-Высота инф.поля, мм: 90</t>
+Ширина, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада. Спец. цена действует пока товар есть на складе.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 56 руб.</t>
+Старая цена: 68 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.00</t>
+            <t xml:space="preserve">34.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценникодержатель L образный  10х6 (Тип А, № 9)</t>
-[...27 lines deleted...]
-Старая цена: 68 руб.</t>
+            <t xml:space="preserve">LST 39-990 \ Ценникодержатель для стеллажей Русь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.544.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ПВХ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.00</t>
+            <t xml:space="preserve">87.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценник меловой 80х60 мм</t>
-[...15 lines deleted...]
-Глубина, мм: 30</t>
+            <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.510.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.75</t>
+            <t xml:space="preserve">94.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ценник меловой горизонтальный А6</t>
-[...15 lines deleted...]
-Глубина, мм: 50</t>
+            <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.541.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1235</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: Поставляются под заказ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">129.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LST 39-990 \ Ценникодержатель для стеллажей Русь</t>
-[...11 lines deleted...]
-Длина полки, мм: 1000</t>
+            <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.005.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87.70</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LSТ 39-1238 \ Ценникодержатель для стеллажей Русь</t>
-[...11 lines deleted...]
-Длина полки, мм: 1250</t>
+            <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.006.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.90</t>
+            <t xml:space="preserve">88.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">UT 39-WH-1235 \ Ценникодержатель для стеллажей Микрон, Arneg, Ucge</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 39</t>
+            <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.007.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 990</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IP 39-TR-985 \ Ценникодержатель для стеллажей Микрон, Arneg.</t>
-[...3 lines deleted...]
-Артикул: MRT.005.TR</t>
+            <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.008.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина полки, мм: 985</t>
+Длина полки, мм: 990</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HSA 39-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
-[...3 lines deleted...]
-Артикул: MRT.006.TR</t>
+            <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.009.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина полки, мм: 990</t>
+Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.70</t>
+            <t xml:space="preserve">94.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HSA 60-TR-990 \ Ценникодержатель для стеллажей Микрон, Hermes, Alser, La Fortezza, Kifato</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 60</t>
+            <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.139.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">134.00</t>
+            <t xml:space="preserve">59.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TE 39-TR-990 \ Ценникодержатель для стеллажей Русь, Mago, Tegometal</t>
-[...3 lines deleted...]
-Артикул: MRT.008.TR</t>
+            <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.139.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина полки, мм: 990</t>
+Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.60</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LP 39-TR-1000 \ Ценникодержатель для стеллажей Modern Expo</t>
-[...3 lines deleted...]
-Артикул: MRT.009.TR</t>
+            <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.516.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина полки, мм: 1000</t>
+Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.90</t>
+            <t xml:space="preserve">74.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 339-WH-1000 \ Ценникодержатель универсальный самоклеящийся</t>
-[...7 lines deleted...]
-Цвет: белый</t>
+            <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.133.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.20</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 339-TR-1000 \ Ценникодержатель универсальный самоклеящийся</t>
-[...3 lines deleted...]
-Артикул: MRT.139.TR</t>
+            <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.524.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1000</t>
+Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60.20</t>
+            <t xml:space="preserve">156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 339-TR-1250 \ Ценникодержатель универсальный самоклеящийся</t>
-[...11 lines deleted...]
-Длина, мм: 1250</t>
+            <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.124.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.50</t>
+            <t xml:space="preserve">97.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS 339-1000 \ Ценникодержатель для стеклянных полок</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+            <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.518.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">125.00</t>
+            <t xml:space="preserve">92.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS 339-1250 \ Ценникодержатель для стеклянных полок</t>
-[...3 lines deleted...]
-Артикул: MRT.524.TR</t>
+            <t xml:space="preserve">DBH 39-TR-1000 \ Ценникодержатель на сетчатые полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.003.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1250</t>
+Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ, кратно упаковке – 50 шт.</t>
+Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">156.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KE 339-W-1000 \ Ценникодержатель для сетчатых корзин</t>
-[...15 lines deleted...]
-Высота инф.поля, мм: 39</t>
+            <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.004.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются со склада</t>
+Примечание: Поставляются под заказ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.90</t>
+            <t xml:space="preserve">173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NO 339-WH-1000 \ Ценникодержатель полочный самоклеящийся</t>
-[...11 lines deleted...]
-Длина, мм: 1000</t>
+            <t xml:space="preserve">NS 39-TR-1000- \ Ценникодержатель на сетчатые полки и делители (на пруток диаметром до 5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.011.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляются под заказ</t>
+Примечание: Поставляются под заказ от 2000 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBH 39-TR-1000 \ Ценникодержатель на сетчатые полки</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+            <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.534.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 39</t>
-[...7 lines deleted...]
-Примечание: Поставляются под заказ</t>
+Высота инф. поля, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">55.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBH 60-TR-1000 \ Ценникодержатель на сетчатые полки</t>
-[...23 lines deleted...]
-Примечание: Поставляются под заказ</t>
+            <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.535.YE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: желтый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 990</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф. поля, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">173.00</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NS 39-TR-1000- \ Ценникодержатель на сетчатые полки и делители (на пруток диаметром до 5мм)</t>
-[...7 lines deleted...]
-Цвет: прозрачный</t>
+            <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.001.1000.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина полки, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота инф.поля, мм: 39</t>
-[...7 lines deleted...]
-Примечание: Поставляются под заказ от 2000 штук.</t>
+Высота инф. поля, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">151.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
-[...15 lines deleted...]
-Высота инф. поля, мм: 60</t>
+            <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.525.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 990</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф. поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">45.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 360-WH-1000 \  Ценникодержатель</t>
-[...15 lines deleted...]
-Высота инф. поля, мм: 60</t>
+            <t xml:space="preserve">LSM 39-WH-0967 \ Ценникодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.526.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 967</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф. поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">45.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MRT.001.1000.WH</t>
-[...7 lines deleted...]
-Длина полки, мм: 1000</t>
+Артикул: MRT.508.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина полки, мм: 1240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф. поля, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал:  ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 360-WH-1000 \Ценникодержатель</t>
-[...19 lines deleted...]
-Материал:  ПВХ</t>
+            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.009.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LSM 39-WH-0967 \ Ценникодержатель</t>
-[...19 lines deleted...]
-Материал:  ПВХ</t>
+            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.010.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBR 360-WH-1000 \ Ценникодержатель</t>
-[...3 lines deleted...]
-Артикул: MRT.508.TR</t>
+            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина полки, мм: 1240</t>
-[...7 lines deleted...]
-Материал:  ПВХ</t>
+Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...3 lines deleted...]
-Артикул: DT.009.00</t>
+            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер информационного поля: А4</t>
+Примечание: для трубки д-10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">28.49</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...3 lines deleted...]
-Артикул: DT.010.00</t>
+            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер информационного поля: А4</t>
+Примечание: для трубки д-10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">22.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...11 lines deleted...]
-Размер информационного поля: A4</t>
+            <t xml:space="preserve">IT-300 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.50</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">IT-500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.49</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">IT-800 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-300 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.300</t>
+            <t xml:space="preserve">IT-1200 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 300</t>
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.70</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.500</t>
+            <t xml:space="preserve">IT-1500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 500</t>
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82.10</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-800 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">Трубка для Т-держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HCAA006000100008AD00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий анодированный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">12.65</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1200</t>
+            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.014.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 350-550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1500</t>
+            <t xml:space="preserve">Подставка для трубки D-10/12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.015.GR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1500</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Размер: 200х160 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для трубки d-10/12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">164.00</t>
+            <t xml:space="preserve">513.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Трубка для Т-держателя</t>
-[...19 lines deleted...]
-Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
+            <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.013.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 20-32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.65</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
-[...19 lines deleted...]
-Примечание: Т держатель входит в комплект</t>
+            <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.016.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 20-32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Подставка для трубки D-10/12 мм</t>
-[...19 lines deleted...]
-Примечание: для трубки d-10/12 мм</t>
+            <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.538.70.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 70</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ПВХ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Поставляются со склада</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина «евроотверстия», мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">513.00</t>
+            <t xml:space="preserve">12.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
-[...3 lines deleted...]
-Артикул: DT.013.00</t>
+            <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MRT.521.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 80</t>
-[...7 lines deleted...]
-Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
+Ширина, мм: 70</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">7.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
-[...11 lines deleted...]
-Диаметр, мм: 20-32</t>
+            <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.VH39.50.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
+Ширина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 39</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">5.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
-[...3 lines deleted...]
-Артикул: MRT.538.70.TR</t>
+            <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: CND.024.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 70</t>
-[...7 lines deleted...]
-Материал: ПВХ</t>
+Ширина, мм: 27</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина «евроотверстия», мм: 30</t>
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.30</t>
+            <t xml:space="preserve">5.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
-[...19 lines deleted...]
-Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+            <t xml:space="preserve">Комплект ДЕЛИ с ножкой высотой 90мм для крепления на край посуды</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: KDT.001.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Комплект поставляется в разобранном виде, в счете указываются комплектующие, состав см. описание. Карман для ценника и черная табличка для надписей в комплект не входят!</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.80</t>
+            <t xml:space="preserve">27.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
-[...19 lines deleted...]
-Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
+            <t xml:space="preserve">Ценникодержатель на круглой подставке BASA CLIP ножка 0мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PDT.053.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 27</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 34</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Ценникодержатель на прозрачной пластиковой подставке. Шарнирное соединение позволяет регулировать угол наклона.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">26.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">LOV акриловый карман навесной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LOV.07</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: размер бокса 200х160х180 мм, размер информационного поля 600х400 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1120 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
-        </is>
-[...352 lines deleted...]
-          </r>
           <r>
             <t xml:space="preserve">
 </t>
-          </r>
-[...242 lines deleted...]
-            <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">