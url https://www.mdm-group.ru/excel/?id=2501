--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.04.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Этикет-пистолеты и игольчатые пистолеты Motex (Южная Корея), ленты и ролики</t>
   </si>
   <si>
     <t xml:space="preserve">Этикет пистолет Motex – качественный ручной инструмент для маркировки этикеток от Южно-Корейского производителя. С помощью маркировочного пистолета Motex и этикет ленты, вы можете нанести необходимую информацию в виде цифр и символов на нужный товар. Это может быть дата производства, срок годности, артикул, цена или любая другая информация.
 Для маркировки товара также необходима лента для этикет пистолета. Как правило она бывает двух форм:
 • Этикет лента прямая • Этикет лента волна
 По цвету обычно этикет лента белая или цветная, а размеры бывают 22х12, 26х16 и 21х12 мм. Купить этикет ленту вы можете у нас в магазине, её цена будет зависеть от размера, цвета и количества этикеток в рулоне (750, 800, 900 и 1000).
 Если вы хотите купить этикет пистолет для ценников Motex, то они представлены в двух видах: однострочные и двухстрочные. Двухстрочные необходимы в том случае, если на этикетку нужно наносить большой объем информации, а для печати ценников можно использовать однострочный этикет пистолет для ценников. Из однострочных самым недорогим и популярным является Этикет пистолет MX 5500. Все маркировочные пистолеты Motex имеют ролик красящий для этикет пистолета в комплекте. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MX 5500NEW \   Этикет-пистолет MOTEX</t>
     </r>
@@ -118,234 +118,230 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1887.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Loop 6 \ Крепление для этикетки (петля)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 5000</t>
+      <t xml:space="preserve">Этикет лента 21х12 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PSLR.011.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1122.00</t>
+      <t xml:space="preserve">20.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.011.OR</t>
-[...7 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 750</t>
+Артикул: PSLR.010.WH.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.010.WH.</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: PSLR.010.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">29.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.010.RD</t>
-[...3 lines deleted...]
-Цвет: красный</t>
+Артикул: PSLR.010.YE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29.00</t>
     </r>
@@ -354,79 +350,79 @@
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.010.YE</t>
-[...3 lines deleted...]
-Цвет: желтый</t>
+Артикул: PSLR.010.OR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
@@ -468,112 +464,112 @@
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.010.OR</t>
-[...7 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 800</t>
+Артикул: PSLR.003.GN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: зеленый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">25.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.003.GN</t>
-[...3 lines deleted...]
-Цвет: зеленый</t>
+Артикул: PSLR.003.YE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.00</t>
     </r>
@@ -582,250 +578,193 @@
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 21х12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: PSLR.003.YE</t>
-[...3 lines deleted...]
-Цвет: желтый</t>
+Артикул: PSLR.003.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Этикет лента 21х12 мм</t>
-[...15 lines deleted...]
-Для этикет-пистолета: MX-5500 NEW</t>
+      <t xml:space="preserve">Этикет лента 26х16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PSLR.004.YE</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: желтый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Для этикет-пистолета: MX-2616 ACE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.00</t>
+      <t xml:space="preserve">29.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Этикет лента 26х16 мм</t>
-[...11 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 750</t>
+      <t xml:space="preserve">Этикет лента 26х16 прямая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PSLR.006.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для этикет-пистолета: MX-2616 ACE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.50</t>
-[...56 lines deleted...]
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Этикет лента 26х16 прямая</t>
@@ -1007,51 +946,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22d0_fdef_11df_b16f_003048d0c7fe_09E4C4508BF72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de81f61_2399_11e0_99a4_003048f27c5f_4F95A623_811D_4C39_8273_966AC1F8CCA93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76754154_24a1_11e5_a10e_0025902b3cc1_83150DBB_2752_4C4E_AA5D_310A032FDC5B4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c3d4255_a35a_11e7_93ca_0025902b3cc1_PSLR010WH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5e0a63_43b3_11e8_ade2_0025902b3cc1_PSLR010WH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458655d0_ff9b_11e0_833e_003048f27c5f_PSLR010YE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a71f05_a35b_11e7_93ca_0025902b3cc1_PSLR010WH8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec26919_a359_11e7_93ca_0025902b3cc1_PSLR010WH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a8e461_4e7d_11e6_bd09_0025902b3cc0_3FA725F4_7B29_489C_9C3E_7AE64E5AE26A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94076fa9_4e7d_11e6_bd09_0025902b3cc0_F3484DA4_1F7F_4FEB_BA57_D1A6D65006C011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1c7001_4e7d_11e6_bd09_0025902b3cc0_E20AC8CE_D175_438B_9137_D2F8897DA15F12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc411da_4e7e_11e6_bd09_0025902b3cc0_51CF64CD_0414_443D_BB71_EEB292602AF813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28247804_a35d_11e7_93ca_0025902b3cc1_PSLR006WH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5563393_43b4_11e8_ade2_0025902b3cc1_PSLR006WH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53124d42_24a2_11e5_a10e_0025902b3cc1_D1569D91_AF25_4218_87D1_DAF520D19BD616.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22d0_fdef_11df_b16f_003048d0c7fe_09E4C4508BF72.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76754154_24a1_11e5_a10e_0025902b3cc1_83150DBB_2752_4C4E_AA5D_310A032FDC5B3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c3d4255_a35a_11e7_93ca_0025902b3cc1_PSLR010WH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5e0a63_43b3_11e8_ade2_0025902b3cc1_PSLR010WH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458655d0_ff9b_11e0_833e_003048f27c5f_PSLR010YE6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec26919_a359_11e7_93ca_0025902b3cc1_PSLR010WH7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a71f05_a35b_11e7_93ca_0025902b3cc1_PSLR010WH8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a8e461_4e7d_11e6_bd09_0025902b3cc0_3FA725F4_7B29_489C_9C3E_7AE64E5AE26A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94076fa9_4e7d_11e6_bd09_0025902b3cc0_F3484DA4_1F7F_4FEB_BA57_D1A6D65006C010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1c7001_4e7d_11e6_bd09_0025902b3cc0_E20AC8CE_D175_438B_9137_D2F8897DA15F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc411da_4e7e_11e6_bd09_0025902b3cc0_51CF64CD_0414_443D_BB71_EEB292602AF812.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28247804_a35d_11e7_93ca_0025902b3cc1_PSLR006WH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5563393_43b4_11e8_ade2_0025902b3cc1_PSLR006WH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53124d42_24a2_11e5_a10e_0025902b3cc1_D1569D91_AF25_4218_87D1_DAF520D19BD615.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1462,80 +1401,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1789,93 +1698,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B14" sqref="B14"/>
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.04.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1935,247 +1844,243 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Loop 6 \ Крепление для этикетки (петля)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 5000</t>
+            <t xml:space="preserve">Этикет лента 21х12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PSLR.011.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1122.00</t>
+            <t xml:space="preserve">20.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.011.OR</t>
-[...7 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 750</t>
+Артикул: PSLR.010.WH.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.010.WH.</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: PSLR.010.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">29.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.010.RD</t>
-[...3 lines deleted...]
-Цвет: красный</t>
+Артикул: PSLR.010.YE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29.00</t>
           </r>
@@ -2187,79 +2092,79 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.010.YE</t>
-[...3 lines deleted...]
-Цвет: желтый</t>
+Артикул: PSLR.010.OR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2309,117 +2214,117 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.010.OR</t>
-[...7 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 800</t>
+Артикул: PSLR.003.GN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: зеленый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">25.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.003.GN</t>
-[...3 lines deleted...]
-Цвет: зеленый</t>
+Артикул: PSLR.003.YE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.00</t>
           </r>
@@ -2431,55 +2336,55 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 21х12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.003.YE</t>
-[...3 lines deleted...]
-Цвет: желтый</t>
+Артикул: PSLR.003.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-5500 NEW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25.00</t>
           </r>
@@ -2489,283 +2394,221 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Этикет лента 21х12 мм</t>
-[...15 lines deleted...]
-Для этикет-пистолета: MX-5500 NEW</t>
+            <t xml:space="preserve">Этикет лента 26х16 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PSLR.004.YE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: желтый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для этикет-пистолета: MX-2616 ACE</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.00</t>
+            <t xml:space="preserve">29.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Этикет лента 26х16 мм</t>
-[...11 lines deleted...]
-Кол-во этикеток в рулоне, шт.: 750</t>
+            <t xml:space="preserve">Этикет лента 26х16 прямая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PSLR.006.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-2616 ACE</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.50</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 26х16 прямая</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PSLR.006.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: PSLR.006.GN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для этикет-пистолета: MX-2616 ACE</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">41.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
-        <is>
-[...60 lines deleted...]
-      <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Этикет лента 26х16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PSLR.012.OR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во этикеток в рулоне, шт.: 950</t>
           </r>