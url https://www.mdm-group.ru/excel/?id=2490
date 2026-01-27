--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2023</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговая мебель для аптек Farma</t>
   </si>
   <si>
     <t>Серия торговой мебели Farma. Элементы этой серии тщательно проработаны и отвечают современным требованиям оснащения аптек и магазинов медицинских товаров.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.000 \  Стеллаж базовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.000</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Глубина, мм: 353</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4933.00</t>
+      <t xml:space="preserve">5032.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.103.000 \ Стеллаж базовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.103.000</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 368</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10668.00</t>
+      <t xml:space="preserve">10881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.003 \  Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.003</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 882</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">624.00</t>
+      <t xml:space="preserve">636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.006</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Глубина, мм: 349</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2466.00</t>
+      <t xml:space="preserve">2515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.007 \ Накопитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.007</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 508</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2645.00</t>
+      <t xml:space="preserve">2698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.008</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 992</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3387.00</t>
+      <t xml:space="preserve">3455.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.102.003 \  Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.102.003</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">304.00</t>
+      <t xml:space="preserve">310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.301.000</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5468.00</t>
+      <t xml:space="preserve">5577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.309.000 \ Прилавок кассовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.309.000</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5667.00</t>
+      <t xml:space="preserve">5780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.000 \ Надставка</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1219</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4518.00</t>
+      <t xml:space="preserve">4608.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.003 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.401.003</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 882</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">594.00</t>
+      <t xml:space="preserve">606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.401.006</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Глубина, мм: 326</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2793.00</t>
+      <t xml:space="preserve">2849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.501.000 \ Модуль для сопутствующих товаров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.501.000</t>
@@ -773,100 +773,100 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 516</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4191.00</t>
+      <t xml:space="preserve">4275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -1732,51 +1732,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2023</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1808,51 +1808,51 @@
             <t xml:space="preserve">
 Глубина, мм: 353</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4933.00</t>
+            <t xml:space="preserve">5032.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.103.000 \ Стеллаж базовый</t>
           </r>
@@ -1868,51 +1868,51 @@
             <t xml:space="preserve">
 Глубина, мм: 368</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10668.00</t>
+            <t xml:space="preserve">10881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1930,51 +1930,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 882</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">624.00</t>
+            <t xml:space="preserve">636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
           </r>
@@ -1990,51 +1990,51 @@
             <t xml:space="preserve">
 Глубина, мм: 349</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2466.00</t>
+            <t xml:space="preserve">2515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2052,51 +2052,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2645.00</t>
+            <t xml:space="preserve">2698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
           </r>
@@ -2112,51 +2112,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 992</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3387.00</t>
+            <t xml:space="preserve">3455.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2174,51 +2174,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">304.00</t>
+            <t xml:space="preserve">310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
           </r>
@@ -2234,51 +2234,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5468.00</t>
+            <t xml:space="preserve">5577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2292,51 +2292,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5667.00</t>
+            <t xml:space="preserve">5780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2356,51 +2356,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1219</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4518.00</t>
+            <t xml:space="preserve">4608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2418,51 +2418,51 @@
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 882</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">594.00</t>
+            <t xml:space="preserve">606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
           </r>
@@ -2478,51 +2478,51 @@
             <t xml:space="preserve">
 Глубина, мм: 326</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2793.00</t>
+            <t xml:space="preserve">2849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2540,51 +2540,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 516</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4191.00</t>
+            <t xml:space="preserve">4275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
           </r>
@@ -2592,51 +2592,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>