--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -938,492 +938,522 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6dfd_ff18_11e0_833e_003048f27c5f_E9E6689D_C3EB_49D9_B351_FEF51D5A80552.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6df0_ff18_11e0_833e_003048f27c5f_D61205F0_CDC9_44EC_89B1_C478CBAED1CA3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f30c7993_ff21_11e0_833e_003048f27c5f_FE4C64BD_62B3_4B59_B8AC_1ACBCF5B55484.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6de6_ff18_11e0_833e_003048f27c5f_9CC62421_34C0_4A33_8AEE_03E4DF04A0395.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6deb_ff18_11e0_833e_003048f27c5f_A5CC7866_8E13_4818_A30D_9DD4F307A3C96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f69_ff22_11e0_833e_003048f27c5f_467C08B4_278A_4DC2_81AF_8DED27DB92DE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3858b5_ff9a_11e0_833e_003048f27c5f_3C3DF0A6_E336_4F2D_AFD4_4B065450F99D8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f73_ff22_11e0_833e_003048f27c5f_17855480_BADB_4458_BDE5_DB1D12503F1C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761150b0_ff21_11e0_833e_003048f27c5f_99E9F56D_D73E_4622_8E51_59E05794D27610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f78_ff22_11e0_833e_003048f27c5f_D51F8F2C_F540_4B8F_8914_1D66572BA9CD11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f7d_ff22_11e0_833e_003048f27c5f_8C07C3D5_A780_4EC4_9FAE_D632CD6F0AED12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f82_ff22_11e0_833e_003048f27c5f_4FBC7B7C_E84D_47ED_A823_4BF53ABE6FD113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f87_ff22_11e0_833e_003048f27c5f_D23E05DC_33D8_4A08_A056_7E7CB65A52BB14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A15.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e775438_e214_11e6_9cf3_0025902b3cc1_535CEA6A_0766_495E_BE26_EC4893A73D0D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6dfd_ff18_11e0_833e_003048f27c5f_E9E6689D_C3EB_49D9_B351_FEF51D5A80553.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6df0_ff18_11e0_833e_003048f27c5f_D61205F0_CDC9_44EC_89B1_C478CBAED1CA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f30c7993_ff21_11e0_833e_003048f27c5f_FE4C64BD_62B3_4B59_B8AC_1ACBCF5B55485.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6de6_ff18_11e0_833e_003048f27c5f_9CC62421_34C0_4A33_8AEE_03E4DF04A0396.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648c6deb_ff18_11e0_833e_003048f27c5f_A5CC7866_8E13_4818_A30D_9DD4F307A3C97.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f69_ff22_11e0_833e_003048f27c5f_467C08B4_278A_4DC2_81AF_8DED27DB92DE8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3858b5_ff9a_11e0_833e_003048f27c5f_3C3DF0A6_E336_4F2D_AFD4_4B065450F99D9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f73_ff22_11e0_833e_003048f27c5f_17855480_BADB_4458_BDE5_DB1D12503F1C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761150b0_ff21_11e0_833e_003048f27c5f_99E9F56D_D73E_4622_8E51_59E05794D27611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f78_ff22_11e0_833e_003048f27c5f_D51F8F2C_F540_4B8F_8914_1D66572BA9CD12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f7d_ff22_11e0_833e_003048f27c5f_8C07C3D5_A780_4EC4_9FAE_D632CD6F0AED13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f82_ff22_11e0_833e_003048f27c5f_4FBC7B7C_E84D_47ED_A823_4BF53ABE6FD114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26158f87_ff22_11e0_833e_003048f27c5f_D23E05DC_33D8_4A08_A056_7E7CB65A52BB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A16.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="438150" cy="952500"/>
+    <xdr:ext cx="6000750" cy="2562225"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="419100" cy="952500"/>
+    <xdr:ext cx="438150" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="419100" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="885825"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="695325" cy="952500"/>
+    <xdr:ext cx="857250" cy="885825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="695325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="676275"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="685800"/>
+    <xdr:ext cx="857250" cy="676275"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="714375"/>
+    <xdr:ext cx="857250" cy="685800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="400050"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="657225" cy="952500"/>
+    <xdr:ext cx="857250" cy="400050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="219075"/>
+    <xdr:ext cx="657225" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="219075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1690,54 +1720,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z13"/>
+  <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -1758,845 +1788,851 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="294.75">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.101.003 \  Полка</t>
-[...19 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">FRM.101.000 \  Стеллаж базовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.101.000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: ДСП белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 353</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 916</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">636.00</t>
+            <t xml:space="preserve">5032.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
-[...3 lines deleted...]
-Артикул: FRM.101.006</t>
+            <t xml:space="preserve">FRM.103.000 \ Стеллаж базовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.103.000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: ДСП белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 349</t>
-[...7 lines deleted...]
-Высота, мм: 200</t>
+Глубина, мм: 368</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 916</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2515.00</t>
+            <t xml:space="preserve">10881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.101.007 \ Накопитель</t>
-[...19 lines deleted...]
-Высота, мм: 508</t>
+            <t xml:space="preserve">FRM.101.003 \  Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.101.003</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 882</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2698.00</t>
+            <t xml:space="preserve">636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
-[...3 lines deleted...]
-Артикул: FRM.101.008</t>
+            <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.101.006</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: ДСП белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 349</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 992</t>
+Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3455.00</t>
+            <t xml:space="preserve">2515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.102.003 \  Полка</t>
-[...19 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">FRM.101.007 \ Накопитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.101.007</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: ДСП белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 884</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">310.00</t>
+            <t xml:space="preserve">2698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
-[...3 lines deleted...]
-Артикул: FRM.301.000</t>
+            <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.101.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: ДСП белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 500</t>
-[...7 lines deleted...]
-Высота, мм: 900</t>
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 884</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 992</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5577.00</t>
+            <t xml:space="preserve">3455.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.309.000 \ Прилавок кассовый</t>
-[...15 lines deleted...]
-Высота, мм: 1200</t>
+            <t xml:space="preserve">FRM.102.003 \  Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.102.003</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 440</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5780.00</t>
+            <t xml:space="preserve">310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.401.000 \ Надставка</t>
-[...3 lines deleted...]
-Артикул: FRM.401.000</t>
+            <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.301.000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: ДСП белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 330</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1219</t>
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4608.00</t>
+            <t xml:space="preserve">5577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.401.003 \ Полка</t>
-[...19 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">FRM.309.000 \ Прилавок кассовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.309.000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 916</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">606.00</t>
+            <t xml:space="preserve">5780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
-[...3 lines deleted...]
-Артикул: FRM.401.006</t>
+            <t xml:space="preserve">FRM.401.000 \ Надставка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.401.000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: ДСП белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 326</t>
-[...7 lines deleted...]
-Высота, мм: 200</t>
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 916</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1219</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2849.00</t>
+            <t xml:space="preserve">4608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRM.501.000 \ Модуль для сопутствующих товаров</t>
-[...19 lines deleted...]
-Высота, мм: 800</t>
+            <t xml:space="preserve">FRM.401.003 \ Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.401.003</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 290</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 882</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4275.00</t>
+            <t xml:space="preserve">606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.401.006</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: ДСП белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 326</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 884</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2849.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="4"/>
+      <c r="B14" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRM.501.000 \ Модуль для сопутствующих товаров</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRM.501.000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: ДСП белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 516</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4275.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
@@ -2620,50 +2656,51 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>